--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e3b6376" w14:textId="e3b6376">
+    <w:p w14:paraId="7155d5b" w14:textId="7155d5b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2261,1770 +2261,2490 @@
         <w:t>
       17) аккредитация объединений субъектов частного предпринимательства и иных некоммерческих организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z85" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) разработка и утверждение состава экспертного совета по вопросам частного предпринимательства в соответствии с Предпринимательским кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z86" w:id="86"/>
+    <w:bookmarkStart w:name="z778" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1) обеспечение соблюдения единых требований в области информационно-коммуникационных технологий и обеспечения информационной безопасности, требований по управлению данными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z779" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-2) обеспечение реализации архитектуры "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z780" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-3) создание и развитие объектов информатизации "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z781" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-4) разработка и размещение платформенных программных продуктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z782" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-5) осуществление наполнения, обеспечение достоверности и актуальности электронных информационных ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z783" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-6) участие в развитии "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z784" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-7) обеспечение доступа местных исполнительных органов в пределах их компетенции к информационным системам государственных органов, находящимся в ведении государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z785" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-8) размещение открытых данных на казахском и русском языках на интернет-портале открытых данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z786" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-9) осуществление учета и актуализации сведений об объектах информатизации "электронного правительства" и технической документации объектов информатизации "электронного правительства" на архитектурном портале "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z787" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-10) обеспечение хранения оригиналов технической документации на бумажных носителях и представление их сервисному интегратору "электронного правительства" по его запросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z788" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-11) осуществление использования стандартных решений при создании и развитии объектов информатизации "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z789" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-12) размещение общедоступной информации о планах и результатах создания и развития объектов информатизации государственных органов на своих интернет-ресурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z790" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-13) размещение интернет-ресурсов на единой платформе интернет-ресурсов государственных органов, а также обеспечение их достоверности и актуализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z791" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-14) приобретение информационно-коммуникационных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z792" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-15) установление требований к уровню цифровой грамотности специалистов соответствующих сфер деятельности при разработке и утверждении профессиональных стандартов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z793" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-16) предоставление оператору электронных информационных ресурсов, необходимых для информационного наполнения веб-портала "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z794" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-17) определение объектов, относящихся к критически важным объектам информационно-коммуникационной инфраструктуры, в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z795" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-18) обеспечение рабочими местами с доступом к объектам информатизации работников Национального координационного центра информационной безопасности, за исключением уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций и специальных государственных органов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z796" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-19) предоставление доступа оператору к электронным информационным ресурсам для осуществления аналитики данных в соответствии с требованиями по управлению данными, за исключением Службы государственной охраны Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z797" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-20) передача данных на информационно-коммуникационную платформу "электронного правительства" в соответствии с требованиями по управлению данными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z798" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-21) обеспечение реализации архитектуры "электронного правительства", доступа к ней, а также участие в развитии "единого окна" национальной инновационной системы в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z86" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) образование Общественного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z87" w:id="87"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z87" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) рассмотрение рекомендаций Общественного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z88" w:id="88"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z88" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) согласование участия членов Общественного совета в работе иных рабочих органов Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z89" w:id="89"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z89" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) определение персонального состава представительства от Министерства в составе рабочей группы по формированию Общественного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z90" w:id="90"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z90" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) разработка и утверждение состава рабочей группы по формированию Общественного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z91" w:id="91"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z91" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) разработка и утверждение состава Общественного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z92" w:id="92"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z92" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) осуществление организационного обеспечения деятельности Общественного совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z93" w:id="93"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z93" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) направление проекта нормативного правового акта, касающегося прав, свобод и обязанностей граждан, в Общественный совет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z94" w:id="94"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z94" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) согласование сроков проведения общественных слушаний Общественным советом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z95" w:id="95"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z95" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) представление отчета Общественному совету о результатах работы Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z96" w:id="96"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z96" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) рассмотрение обращений физических и юридических лиц в пределах своей компетенции в порядке и сроки, установленные законодательством Республики Казахстан, а также проведение анализа и выявление системных проблем, поднимаемых заявителями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z725" w:id="97"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z725" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29-1) рассмотрение петиций граждан в порядке и сроки, установленные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z97" w:id="98"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z97" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) разработка и утверждение подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z98" w:id="99"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z799" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-1) обеспечение повышения качества, доступности оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z800" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-2) обеспечение доступности подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z801" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-3) обеспечение информированности услугополучателей в доступной форме о порядке оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z802" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-4) рассмотрение обращений услугополучателей по вопросам оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z803" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-5) принятие мер, направленных на восстановление нарушенных прав, свобод и законных интересов услугополучателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z804" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-6) обеспечение повышения квалификации работников в сфере оказания государственных услуг, общения с лицами с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z805" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-7) осуществление реинжиниринга оказания государственных услуг в соответствии с правилами цифровой трансформации государственного управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z806" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-8) после внесения в реестр государственных услуг новой государственной услуги принятие мер по переводу ее оказания в электронный формат в соответствии с законодательством Республики Казахстан по согласованию с уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z807" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-9) обеспечение представления информации в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг для проведения оценки качества оказания государственных услуг, а также информации по результатам внутреннего контроля за качеством оказания государственных услуг в порядке и сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z808" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-10) обеспечение представления информации о принимаемых мерах по автоматизации процесса оказания государственных услуг в уполномоченный орган в сфере информатизации для проведения оценки процесса автоматизации оказания государственных услуг в порядке и сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z809" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-11) предоставление доступа Государственной корпорации к информационным системам, содержащим необходимые для оказания государственных услуг сведения, если иное не предусмотрено законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z810" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-12) представление в Государственную корпорацию в течение трех рабочих дней информации о порядке оказания государственных услуг и внесенных изменениях и (или) дополнениях в подзаконные нормативные правовые акты, определяющие порядок оказания государственной услуги, с даты их утверждения или изменения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z811" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-13) координация деятельности своих территориальных подразделений, а также местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов по соблюдению законодательства Республики Казахстан, регулирующего порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z812" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-14) проведение внутреннего контроля за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z813" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30-15) обеспечение соблюдения услугодателями подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z98" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) взаимодействие с международными финансовыми и экономическими организациями, а также интеграционными объединениями по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z99" w:id="100"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z99" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) заключение международных договоров Республики Казахстан с иностранными государствами и (или) международными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z100" w:id="101"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z100" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) определение потребности в кадрах в регулируемых сферах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z101" w:id="102"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z101" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) осуществление по решению Правительства Республики Казахстан права владения и пользования государственным пакетом акций (долями участия в уставном капитале), а также функций уполномоченного органа по руководству соответствующей отраслью (сферой) государственного управления в отношении республиканских государственных предприятий и государственных учреждений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z726" w:id="103"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z726" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-1) разработка и утверждение правил определения стоимости исследований, консалтинговых услуг по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z727" w:id="104"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z727" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-2) разработка и утверждение правил выплаты бюджетных субсидий по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z728" w:id="105"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z728" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-3) разработка и утверждение правил определения стоимости и предмета капитальных расходов, осуществляемых в рамках договора лизинга по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z729" w:id="106"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z729" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-4) разработка и утверждение правил определения стоимости государственного задания по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z730" w:id="107"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z730" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-5) разработка и утверждение каждые три года на пятилетний период плана развития государственного органа по согласованию с центральным уполномоченным органом по государственному планированию в соответствии с Системой государственного планирования Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z731" w:id="108"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z731" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-6) согласование проектов плана развития области, города республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z732" w:id="109"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z732" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-7) согласование проектов плана мероприятий или плана развития субъектов квазигосударственного сектора, которым планируются расходы из средств республиканского бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z733" w:id="110"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z733" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-8) осуществление управления результатами на этапах планирования и исполнения бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z734" w:id="111"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z734" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-9) проведение обзора расходов в зависимости от их цели и темы согласно бюджетному законодательству;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z735" w:id="112"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z735" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-10) осуществление мониторинга согласно бюджетному законодательству;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z736" w:id="113"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z736" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-11) осуществление методологического обеспечения расчетов показателей прогноза социально-экономического развития в соответствии с порядком разработки прогноза социально-экономического развития;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z737" w:id="114"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z737" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-12) разработка и утверждение натуральных норм по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z738" w:id="115"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z738" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-13) разработка и утверждение минимальных стандартов транспортной инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z739" w:id="116"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z739" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-14) разработка и утверждение методики финансирования капитальных затрат и затрат на развитие местных бюджетов по согласованию с местными исполнительными органами, центральным уполномоченным органом по бюджетной политике и центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z740" w:id="117"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z740" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-15) представление заявок на привлечение связанных грантов в центральный уполномоченный орган по бюджетной политике с учетом заявок местных представительных и исполнительных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z741" w:id="118"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z741" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-16) утверждение бюджетных программ администраторов республиканских бюджетных программ, разрабатывающих планы развития государственных органов, по согласованию с центральными уполномоченными органами по государственному планированию и бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z742" w:id="119"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z742" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-17) реализация в пределах своей компетенции государственной политики в области государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z743" w:id="120"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z743" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-18) разработка и утверждение правил определения частного партнера и заключения договора государственно-частного партнерства в рамках концепций развития отраслей (сферы), национальных проектов, включая типовые конкурсные документации и типовые договоры государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z744" w:id="121"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z744" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-19) осуществление организации конкурса (аукциона) и прямых переговоров по определению частного партнера в отношении республиканских проектов государственно-частного партнерства, в том числе привлечение квалифицированных юридических лиц для разработки конкурсной документации при необходимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z745" w:id="122"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z745" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-20) формирование и утверждение перечня социально-экономических задач для формирования предложений по реализации проектов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z746" w:id="123"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z746" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-21) заключение договора государственно-частного партнерства по республиканскому проекту государственно-частного партнерства в соответствующей отрасли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z747" w:id="124"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z747" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-22) осуществление мониторинга реализации республиканских проектов государственно-частного партнерства и направление результатов мониторинга в центральный уполномоченный орган по государственному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z748" w:id="125"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z748" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-23) предоставление информации уполномоченному государственному органу по управлению государственным имуществом по заключенным договорам государственно-частного партнерства в рамках республиканских проектов государственно-частного партнерства и размещение данной информации на своем официальном интернет-ресурсе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z749" w:id="126"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z749" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-24) осуществление организации передачи созданных на основе договоров государственно-частного партнерства объектов государственно-частного партнерства в республиканскую собственность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z750" w:id="127"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z750" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-25) осуществление организации привлечения новых частных партнеров в случае досрочного прекращения ранее заключенного договора государственно-частного партнерства по объектам государственно-частного партнерства, относящимся к республиканской собственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z751" w:id="128"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z751" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-26) согласование с уполномоченным органом, осуществляющим руководство в сферах естественных монополий, бизнес-плана к проекту государственно-частного партнерства, технико-экономического обоснования проекта государственно-частного партнерства, конкурсной (аукционной) документации проекта государственно-частного партнерства, проектов договоров государственно-частного партнерства, в том числе при внесении в них изменений и (или) дополнений в части порядка формирования и утверждения тарифов (цены, ставки сборов) на товары, работы и услуги, относящиеся к сфере естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z752" w:id="129"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z752" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-27) в порядке, установленном законодательством Республики Казахстан, согласование с антимонопольным органом бизнес-плана к республиканскому проекту государственно-частного партнерства, конкурсной (аукционной) документации республиканского проекта государственно-частного партнерства, в том числе при внесении в них изменений и (или) дополнений в части, относящейся к области защиты конкуренции и ограничения монополистической деятельности, по проектам, предусматривающим обеспечение частными партнерами реализации государственных функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z753" w:id="130"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z753" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-28) осуществление подготовки отраслевого заключения на конкурсную (аукционную) документацию республиканского проекта государственно-частного партнерства, бизнес-плана к проекту государственно-частного партнерства при прямых переговорах по определению частного партнера в соответствии с правилами, утверждаемыми центральным уполномоченным органом по бюджетной политике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z754" w:id="131"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z754" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-29) разработка и утверждение правил определения частного партнера по проектам государственно-частного партнерства по согласованию с центральным уполномоченным органом по бюджетной политике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z102" w:id="132"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z102" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) принятие решений по строительству новых магистральных путей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z103" w:id="133"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z103" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) разработка и утверждение правил пользования магистральной железнодорожной сетью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z104" w:id="134"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z104" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) разработка и утверждение правил перевозок пассажиров, багажа, грузобагажа и почтовых отправлений железнодорожным транспортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z105" w:id="135"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z105" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) разработка и утверждение правил долгосрочного субсидирования расходов перевозчика, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z106" w:id="136"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z106" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) разработка и утверждение типового договора на субсидирование ставки вознаграждения при кредитовании и финансовом лизинге на приобретение вагонов и локомотивов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z107" w:id="137"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z107" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) разработка и утверждение типового договора на долгосрочное субсидирование расходов перевозчика, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z108" w:id="138"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z108" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) определение нового перевозчика, осуществляющего перевозки пассажиров по социально значимым сообщениям и обеспечивающего исполнение обязательств по возврату кредитных средств и выплате финансового лизинга на приобретение пассажирских вагонов в случае расторжения в соответствии с законодательством договора на долгосрочное субсидирование расходов перевозчика, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z109" w:id="139"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z109" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) заключение договора по долгосрочному субсидированию расходов перевозчика, связанных с осуществлением перевозок пассажиров по социально значимым сообщениям, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z110" w:id="140"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z110" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) установление предельных уровней цен (тарифов) на услуги по перевозке пассажиров по социально значимым межобластным сообщениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z111" w:id="141"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z111" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) разработка и утверждение правил субсидирования ставок вознаграждения при кредитовании и финансовом лизинге на приобретение вагонов и локомотивов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z112" w:id="142"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z112" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) субсидирование ставок вознаграждения при кредитовании и финансовом лизинге на приобретение вагонов и локомотивов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z113" w:id="143"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z113" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) установление порядка и условий перевозки пассажиров, багажа, грузов, грузобагажа и почтовых отправлений железнодорожным транспортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z114" w:id="144"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z114" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) установление порядка прекращения железнодорожного сообщения по железнодорожным путям, являющимся государственной собственностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z115" w:id="145"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z115" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) установление порядка обязательной государственной регистрации (перерегистрации) подвижного состава и залога подвижного состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z116" w:id="146"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z116" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию натуральных норм обеспечения работников государственного контроля на железнодорожном транспорте форменной одеждой (без погон);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z117" w:id="147"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z117" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) определение порядка обеспечения военизированной охраной грузов при перевозке железнодорожным транспортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z118" w:id="148"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z118" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) определение порядка осуществления специальных перевозок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z119" w:id="149"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z119" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) разработка и утверждение перечня магистральных путей, входящих в магистральную железнодорожную сеть;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z120" w:id="150"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z120" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) разработка и утверждение правил передачи в состав магистральной железнодорожной сети объектов, построенных за счет средств физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z121" w:id="151"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z121" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) разработка и утверждение правил организации перевозок пассажиров в межобластном и международном сообщениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z122" w:id="152"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z122" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55) разработка и утверждение правил безопасности на железнодорожном транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z123" w:id="153"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z123" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) разработка и утверждение правил доступа к автоматизированной системе управления пассажирскими перевозками и технологического взаимодействия при организации продажи проездных документов (билетов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z124" w:id="154"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z124" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57) разработка и утверждение правил нахождения пассажиров, граждан и размещения объектов в зонах повышенной опасности железнодорожного транспорта, проведения в них работ, проезда и перехода через железнодорожные пути;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z125" w:id="155"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z125" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58) разработка и утверждение правил проведения конкурса на основе открытого тендера по определению перевозчиков, осуществляющих перевозки пассажиров по социально значимым сообщениям, расходы которых подлежат долгосрочному субсидированию за счет бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z126" w:id="156"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z126" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) разработка и утверждение правил организации деятельности железнодорожных вокзалов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z127" w:id="157"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z127" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60) разработка и утверждение методики определения класса железнодорожных вокзалов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z128" w:id="158"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z128" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61) разработка и утверждение методики определения предельных уровней цен (тарифов) на услуги по перевозке пассажиров по социально значимым сообщениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z129" w:id="159"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z129" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62) разработка и утверждение методики определения объемов субсидирования расходов перевозчиков, осуществляющих перевозки пассажиров по социально значимым сообщениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z130" w:id="160"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z130" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63) разработка и утверждение правил субсидирования ставок вознаграждения при кредитовании и финансовом лизинге на модернизацию железнодорожных путей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z131" w:id="161"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z131" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64) разработка и утверждение типового договора на субсидирование ставки вознаграждения при кредитовании и финансовом лизинге на модернизацию железнодорожных путей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z132" w:id="162"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z132" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65) определение порядка взаимодействия национальной железнодорожной компании и перевозчиков с государственными органами при осуществлении перевозок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z133" w:id="163"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z133" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66) разработка и утверждение правил технической эксплуатации железнодорожного транспорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z134" w:id="164"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z134" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67) определение перечня социально значимых пассажирских межобластных сообщений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z135" w:id="165"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z135" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68) установление условий и порядка передачи магистральной железнодорожной сети национальному управляющему холдингу, Национальной железнодорожной компании и с последующей передачей Национальному оператору инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z136" w:id="166"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z136" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69) установление условий и порядка передачи магистральных, станционных путей и иных объектов магистральной железнодорожной сети, находящихся в государственной собственности, национальному управляющему холдингу, Национальной железнодорожной компании и с последующей передачей Национальному оператору инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z137" w:id="167"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z137" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70) согласование правил расчета и выплаты временной балансирующей платы, предусмотренной законодательством Республики Казахстан о железнодорожном транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z138" w:id="168"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z138" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71) принятие решений об ограничении перевозок, запретах на ввоз, вывоз, транзит багажа, груза и грузобагажа на территорию (с территории) Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z139" w:id="169"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z139" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72) определение оператора единой информационной системы обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z141" w:id="171"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z140" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73) согласование правил перевозок пассажиров и багажа автомобильным транспортом в городах республиканского значения, столице;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z141" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74) разработка и утверждение правил организации и проведения обязательного технического осмотра механических транспортных средств и прицепов к ним, периодичности прохождения обязательного технического осмотра механических транспортных средств и прицепов к ним, за исключением механических транспортных средств и прицепов к ним Вооруженных Сил, других войск и воинских формирований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4053,890 +4773,890 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 05.04.2025);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="172"/>
+    <w:bookmarkStart w:name="z143" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76) разработка и утверждение методики определения стоимости услуг по проведению обязательного технического осмотра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z144" w:id="173"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z144" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77) определение юридического лица, осуществляющего функции оператора системы экстренного вызова при авариях и катастрофах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z145" w:id="174"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z145" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78) разработка и утверждение правил организации и эксплуатации системы экстренного вызова при авариях и катастрофах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z147" w:id="176"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z146" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79) разработка и утверждение правил перевозок пассажиров и багажа автомобильным транспортом, за исключением городов республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z147" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80) разработка и утверждение правил организации труда и отдыха водителей, а также применения тахографов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z755" w:id="178"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z148" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81) разработка и утверждение правил субсидирования за счет бюджетных средств убытков перевозчиков, связанных с осуществлением социально значимых перевозок пассажиров, за исключением городов республиканского значения, столицы и их агломераций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z755" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81-1) разработка и утверждение типового договора субсидирования за счет бюджетных средств убытков перевозчиков, связанных с осуществлением социально значимых перевозок пассажиров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z149" w:id="179"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z149" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82) разработка и утверждение правил перевозок грузов автомобильным транспортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z150" w:id="180"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z150" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83) разработка и утверждение правил перевозки опасных грузов автомобильным транспортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z151" w:id="181"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z151" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84) разработка и утверждение правил технической эксплуатации автотранспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z152" w:id="182"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z152" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85) разработка и утверждение правил применения разрешительной системы автомобильных перевозок в Республике Казахстан в международном сообщении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z722" w:id="183"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z722" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85-1) разработка, согласование с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации и утверждение нормативного правового акта об утверждении разрешительных требований и перечня документов, подтверждающих соответствие им, форм заявлений для получения разрешения второй категории, форм разрешений второй категории, правил осуществления разрешительных процедур и правил осуществления деятельности операторов технического осмотра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z153" w:id="184"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z153" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию натуральных норм обеспечения должностных лиц уполномоченного органа, осуществляющих государственный контроль в сфере автомобильного транспорта, форменной одеждой (без погон);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z154" w:id="185"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z154" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87) разработка и утверждение порядка организации и осуществления перевозок крупногабаритных и тяжеловесных грузов на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z155" w:id="186"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z155" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88) разработка и утверждение правил организации работы автоматизированных станций измерения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z156" w:id="187"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z156" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89) разработка и утверждение правил организации работы станций взвешивания автомобильных транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z157" w:id="188"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z157" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90) ведение реестра автоматизированных станций измерения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z158" w:id="189"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z158" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91) разработка и утверждение правил безопасности на городском рельсовом транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z159" w:id="190"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z159" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92) определение порядка привлечения перевозчиков к ликвидации чрезвычайных ситуаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z160" w:id="191"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z160" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93) разработка и утверждение типового договора организации регулярных автомобильных перевозок пассажиров и багажа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z161" w:id="192"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z161" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94) разработка и утверждение допустимых параметров автотранспортных средств, предназначенных для передвижения по автомобильным дорогам Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z162" w:id="193"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z162" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95) определение порядка въезда на территорию Республики Казахстан и выезда за ее пределы, а также транзитного проезда по ней автотранспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z756" w:id="194"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z756" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95-1) согласование определения схемы и порядка движения транзитного автомобильного транспорта через территорию города Туркестана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z163" w:id="195"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z163" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96) разработка и утверждение правил допуска автомобильных перевозчиков к осуществлению международных автомобильных перевозок грузов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z164" w:id="196"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z164" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97) разработка и утверждение перечня опасных грузов, допускаемых к перевозке автотранспортными средствами на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z165" w:id="197"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z165" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98) разработка и утверждение правил государственной регистрации судов и прав на них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z166" w:id="198"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z166" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99) разработка и утверждение правил перевозок пассажиров, багажа и грузов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z167" w:id="199"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z167" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100) разработка и утверждение правил аттестации судоводителей на право управления маломерным судном;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z168" w:id="200"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z168" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101) разработка и утверждение перечня опасных грузов, предназначенных для перевозки судами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z169" w:id="201"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z169" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102) определение перечня обязательных услуг морского порта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z170" w:id="202"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z170" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103) разработка и утверждение правил плавания по внутренним водным путям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z171" w:id="203"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z171" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104) разработка и утверждение образцов профессионального диплома, подтверждения профессионального диплома, правил дипломирования моряков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z172" w:id="204"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z172" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105) определение уполномоченной организации по предоставлению услуг в области навигации и связи в сфере морского судоходства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z173" w:id="205"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z173" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106) разработка и утверждение образца мореходной книжки, порядка ее оформления и выдачи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z174" w:id="206"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z174" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107) разработка и утверждение правил выдачи разрешения на эксплуатацию судна, плавающего под флагом иностранного государства, в казахстанском секторе Каспийского моря;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z175" w:id="207"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z175" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108) определение уполномоченной организации по освидетельствованию организаций образования, осуществляющих подготовку (переподготовку) и повышение квалификации специалистов морского транспорта, морских учебно-тренажерных центров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z176" w:id="208"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z176" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109) разработка и утверждение порядка ведения реестров удостоверений личности моряка Республики Казахстан, профессиональных дипломов, подтверждений профессиональных дипломов, льготных разрешений, мореходных книжек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z177" w:id="209"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z177" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110) разработка и утверждение правил медицинского осмотра членов экипажа судна, требований к состоянию их здоровья и физической пригодности, а также формы медицинского заключения по согласованию с уполномоченным органом в области здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z178" w:id="210"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z178" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111) разработка и утверждение правил освидетельствования организаций образования, осуществляющих подготовку (переподготовку) и повышение квалификации специалистов морского транспорта, морских учебно-тренажерных центров, и требований к ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z179" w:id="211"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z179" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112) разработка и утверждение правил определения уполномоченной организации по освидетельствованию организаций образования, осуществляющих подготовку (переподготовку) и повышение квалификации специалистов морского транспорта, морских учебно-тренажерных центров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z180" w:id="212"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z180" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113) разработка и утверждение по согласованию с уполномоченным органом в области образования типовых учебных программ по специальностям в области водного транспорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z181" w:id="213"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z181" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114) разработка и утверждение тарифов (цен) за пользование услугами навигационного центра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5073,2610 +5793,2610 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z185" w:id="214"/>
+    <w:bookmarkStart w:name="z185" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118) разработка и утверждение правил по оборудованию морских судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z186" w:id="215"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z186" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119) разработка и утверждение правил плавания и стоянки судов в морских портах Республики Казахстан и на подходах к ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z187" w:id="216"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z187" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120) разработка и утверждение правил расследования аварийных случаев с судами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z188" w:id="217"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z188" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121) расследование и классификация аварийных случаев с судами в соответствии с правилами расследования аварийных случаев с судами, утвержденными приказом Министра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z189" w:id="218"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z189" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122) проведение расследований, классификации и учета транспортных происшествий с судами, в том числе маломерными судами, в соответствии с Правилами проведения расследования, классификации и учета транспортных происшествий с судами, в том числе маломерными судами, на внутренних водных путях, утвержденными приказом Министра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z190" w:id="219"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z190" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123) расследование транспортных происшествий с судами, подлежащими государственной регистрации в судовой книге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z191" w:id="220"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z191" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124) разработка и утверждение перечня судовых документов, правил ведения судовых документов и требований к судовым документам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z192" w:id="221"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z192" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125) разработка и утверждение правил эксплуатации морских портов, в том числе морских портов, имеющих статус международного значения, портовых сооружений и акватории морского порта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z193" w:id="222"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z193" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       126) установление требований минимального состава экипажа судна в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О торговом мореплавании";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z718" w:id="223"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z718" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126-1) определение условий, на которых иностранцы и лица без гражданства могут входить в состав экипажа судна, плавающего под Государственным флагом Республики Казахстан, по согласованию с уполномоченным органом по вопросам миграции населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z194" w:id="224"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z194" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127) разработка и утверждение правил расследования транспортных происшествий с судами, подлежащими государственной регистрации в судовой книге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z195" w:id="225"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z195" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128) разработка и утверждение правил пользования маломерными судами и базами (сооружениями) для их стоянок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z196" w:id="226"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z196" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129) разработка и утверждение формы и порядка ведения журнала непрерывной регистрации истории судна;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z197" w:id="227"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z197" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130) разработка и утверждение устава службы на судах морского транспорта Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z198" w:id="228"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z198" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131) разработка и утверждение перечня и форм свидетельств подготовки специалистов морского транспорта в соответствии с требованиями международных договоров Республики Казахстан в области торгового мореплавания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z199" w:id="229"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z199" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132) определение порядка размещения морских портов для их строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z200" w:id="230"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z200" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию натуральных норм обеспечения работников государственного контроля на морском транспорте форменной одеждой (без погон);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z201" w:id="231"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z201" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134) разработка и утверждение правил выдачи свидетельства о страховании или ином финансовом обеспечении гражданской ответственности за ущерб от загрязнения нефтью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z202" w:id="232"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z202" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135) разработка и утверждение правил по техническому надзору за палубными маломерными судами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z203" w:id="233"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z203" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136) разработка и утверждение правил эксплуатации внутренних водных путей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z204" w:id="234"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z204" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137) разработка и утверждение правил государственной регистрации судна, в том числе маломерного судна, и прав на него;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z205" w:id="235"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z205" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138) определение порядка пользования береговой полосой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z206" w:id="236"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z206" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139) определение порядка осуществления лоцманской проводки судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z207" w:id="237"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z207" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140) разработка и утверждение правил дипломирования и аттестации лиц командного состава судов, подлежащих государственной регистрации в государственном судовом реестре Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z208" w:id="238"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z208" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141) разработка и утверждение правил перевозки опасных грузов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z209" w:id="239"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z209" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       142) установление требований к минимальному составу экипажей судов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О внутреннем водном транспорте";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z210" w:id="240"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z210" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143) разработка и утверждение правил захода судов в порт и выхода их из порта, плавания судов в пределах акватории порта и стоянки в порту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z211" w:id="241"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z211" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144) определение порядка устройства временных приспособлений и наплавных сооружений для причаливания, швартовки и стоянки судов, плотов и иных плавучих объектов, посадки на суда и высадки с судов пассажиров, погрузки, выгрузки и хранения грузов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z212" w:id="242"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z212" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145) разработка и утверждение правил перевозок пассажиров, багажа и грузов на внутреннем водном транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z213" w:id="243"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z213" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146) разработка и утверждение правил проведения расследований, классификации и учета транспортных происшествий с судами, в том числе маломерными судами, на внутренних водных путях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z214" w:id="244"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z214" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147) разработка и утверждение правил технической эксплуатации судов внутреннего водного плавания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z215" w:id="245"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z215" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148) разработка и утверждение устава службы на судах в соответствии с Законом Республики Казахстан "О внутреннем водном транспорте";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z216" w:id="246"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z216" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149) разработка и утверждение правил буксировки судов, плотов и иных плавучих объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z217" w:id="247"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z217" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) разработка и утверждение правил технической эксплуатации, обследования и ремонта судоходных гидротехнических сооружений (шлюзов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z218" w:id="248"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z218" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) разработка и утверждение по согласованию с центральным уполномоченным органом по бюджетному планированию натуральных норм обеспечения работников государственного надзора, имеющих право ношения форменной одежды (без погон);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z219" w:id="249"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z219" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152) разработка и утверждение правил осуществления технического надзора за палубными маломерными судами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z220" w:id="250"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z220" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153) разработка и утверждение правил и требований по охране судов и портовых средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z221" w:id="251"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z221" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154) разработка и утверждение перечня водных бассейнов в зависимости от разряда районов плавания маломерных судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z222" w:id="252"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z222" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155) принятие решений о запрете транзитного пассажирского сообщения по территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z223" w:id="253"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z223" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156) принятие решений о запретах на ввоз, вывоз, транзит багажа и груза на территории (с территории) Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z224" w:id="254"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z224" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157) утверждение типовых учебных программ по специальностям в области водного транспорта по согласованию с уполномоченным органом в области образования и (или) уполномоченным органом в области науки и высшего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z225" w:id="255"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z225" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) содействие государственным органам (организациям), национальный контингент которых планируется направить для участия в миротворческой операции, в обеспечении доступными видами связи и транспортировке национального контингента и грузов в зону (район) проведения миротворческой операции и обратно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z226" w:id="256"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z226" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159) разработка и утверждение правил смешанных перевозок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z227" w:id="257"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z227" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) принятие решения по приостановлению договорных отношений транспортных предприятий при возникновении чрезвычайных ситуаций социального, природного и техногенного характера, введении чрезвычайного положения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z228" w:id="258"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z228" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) разработка и утверждение перечня должностных лиц уполномоченного органа, осуществляющих государственный контроль в сфере автомобильного транспорта, имеющих право ношения форменной одежды (без погон), образцов форменной одежды (без погон), номерных нагрудных знаков, служебного удостоверения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z229" w:id="259"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z229" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) разработка и утверждение в соответствии с установленным порядком методики расчета тарифов на оказание услуг по перевозке пассажиров и багажа по регулярным маршрутам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z230" w:id="260"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z230" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) разработка и утверждение правил применения на территории Республики Казахстан международного сертификата взвешивания грузовых транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z231" w:id="261"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z231" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) разработка и утверждение порядка организации работы постов транспортного контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z233" w:id="263"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z232" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165) разработка и утверждение правил оказания услуг по перевозке лиц с инвалидностью автомобильным транспортом (инватакси);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z233" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) разработка и утверждение правил использования специальных автоматизированных измерительных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z234" w:id="264"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z234" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167) разработка и утверждение порядка содержания, технического обслуживания и ремонта городского рельсового транспорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z757" w:id="265"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z757" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167-1) разработка и утверждение правил субсидирования затрат транспортного предприятия на погашение и обслуживание данного займа при развитии городского рельсового транспорта в городе республиканского значения, столице за счет займов, привлеченных под государственную гарантию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z235" w:id="266"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z235" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) разработка и утверждение правил организации и эксплуатации единой системы управления транспортными документами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z236" w:id="267"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z236" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) разработка и утверждение перечня документов, подлежащих регистрации, учету, обработке и хранению в единой системе управления транспортными документами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z237" w:id="268"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z237" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170) разработка и утверждение правил ведения электронных паспортов транспортных средств (паспортов шасси транспортных средств) и электронных паспортов самоходных машин и других видов техники;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z238" w:id="269"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z238" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) подготовка научно-обоснованных нормативов финансирования затрат на работы по ремонту и содержанию автомобильных дорог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z239" w:id="270"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z239" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) координация деятельности по созданию и развитию сети автомобильных дорог областного и районного значения общего пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z240" w:id="271"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z240" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) проведение научных исследований в области дорожной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z241" w:id="272"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z241" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) установление порядка проведения ведомственной экспертизы технической документации для среднего ремонта существующих автомобильных дорог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z242" w:id="273"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z242" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) государственное планирование развития автомобильных дорог общего пользования в соответствии с задачами укрепления экономики и обороноспособности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z243" w:id="274"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z243" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) разработка и утверждение классификации видов работ, выполняемых при содержании, текущем, среднем и капитальном ремонте автомобильных дорог и управлении дорожными активами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z244" w:id="275"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z244" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177) разработка и утверждение правил проведения ведомственной экспертизы технической документации на средний ремонт автомобильных дорог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z245" w:id="276"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z245" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178) разработка и утверждение правил мониторинга безопасности дорожной инфраструктуры автомобильных дорог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z246" w:id="277"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z246" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179) разработка и утверждение методики определения стоимости работ и услуг по производству экспертизы качества работ и материалов, а также управления дорожными активами автомобильных дорог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z247" w:id="278"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z247" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180) разработка и утверждение правил формирования и ведения дорожной базы данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z758" w:id="279"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z758" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180-1) организация производства экспертизы качества работ и материалов при строительстве, реконструкции, ремонте и содержании автомобильных дорог общего пользования Национальным центром качества дорожных активов, направленной на развитие транспортной инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z759" w:id="280"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z759" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180-2) разработка предложений по передаче участков автомобильных дорог (мостовые переходы) для реализации проекта государственно-частного партнерства, порядка и условий их эксплуатации, размера ставок за проезд по ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z760" w:id="281"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z760" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180-3) организация работ по разработке технико-экономических обоснований, диагностике и паспортизации автомобильных дорог международного и республиканского значения, а также совершенствованию нормативно-технической базы автодорожной отрасли в соответствии с законодательством Республики Казахстан о государственных закупках и в области государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z248" w:id="282"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z248" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) разработка и утверждение перечня станционных путей, объектов электроснабжения, сигнализации, связи, устройств, оборудования, зданий, строений, сооружений и иных объектов, технологически необходимых для функционирования магистральной железнодорожной сети, по согласованию с государственным органом, осуществляющим руководство в сферах естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z249" w:id="283"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z249" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182) определение порядка и мер обеспечения обязательств по договорам на организацию перевозок и (или) выполнение услуг, связанных с перевозкой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z250" w:id="284"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z250" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183) разработка и утверждение перечня грузов, подлежащих сопровождению военизированной охраной при перевозке железнодорожным транспортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z251" w:id="285"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z251" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184) разработка и утверждение порядка награждения работников железнодорожного транспорта знаком профессионального отличия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z252" w:id="286"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z252" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185) определение порядка предоставления услуг экспедитора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z253" w:id="287"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z253" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) определение порядка предоставления услуг операторов вагонов (контейнеров);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z254" w:id="288"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z254" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) определение порядка предоставления услуг локомотивной тяги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z255" w:id="289"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z255" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) разработка и утверждение правил технологического взаимодействия участников перевозочного процесса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z256" w:id="290"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z256" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) разработка и утверждение перечня операций, входящих в услуги магистральной железнодорожной сети, по согласованию с государственным органом, осуществляющим руководство в сферах естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z257" w:id="291"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z257" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190) разработка и утверждение перечня операций, входящих в услуги подъездных путей, по согласованию с государственным органом, осуществляющим руководство в сферах естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z258" w:id="292"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z258" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) разработка и утверждение правил технической эксплуатации, обслуживания и ремонта железнодорожных путей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z259" w:id="293"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z259" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192) разработка и утверждение порядка согласования примыкания вновь строящихся путей к существующим подъездным путям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z260" w:id="294"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z260" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) разработка и утверждение правил по определению размера, режима пользования землями охранных зон и использования земель для нужд железнодорожного транспорта в полосе отвода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z261" w:id="295"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z261" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) разработка и утверждение порядка ведения и формы журнала учета актов о назначении проверок пассажирских поездов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z262" w:id="296"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z262" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195) определение требований к режиму работы, а также порядка открытия и закрытия железнодорожных станций, разъездов для выполнения всех или отдельных операций по согласованию с местными представительными и исполнительными органами областей, города республиканского значения, столицы, района (города областного значения) и иных населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z263" w:id="297"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z263" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) определение требований по профессиональной подготовке и здоровью к работникам железнодорожного транспорта, непосредственно связанным с движением поездов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z264" w:id="298"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z264" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) определение порядка и условий прицепки и курсирования подвижного состава в составе пассажирских поездов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z265" w:id="299"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z265" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198) установление перечня должностей (профессий), порядка определения уровня профессиональной подготовки в соответствии с квалификационными требованиями, предъявляемыми к должности (профессии), квалификационных требований, предъявляемых к должности (профессии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z266" w:id="300"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z266" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) определение перечня запаса материальных и технических средств, необходимых для устранения последствий чрезвычайных ситуаций социального, природного и техногенного характера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z267" w:id="301"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z267" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) разработка и утверждение перечня классификации подвижного состава, специального подвижного состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z268" w:id="302"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z268" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) разработка и утверждение инструкции по движению поездов и маневровой работе на железнодорожном транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z269" w:id="303"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z269" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) разработка и утверждение правил продления сроков службы подвижного состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z270" w:id="304"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z270" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) разработка и утверждение правил технической эксплуатации, обслуживания и ремонта железнодорожных переездов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z271" w:id="305"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z271" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) разработка и утверждение перечня должностей (профессий) работников государственного контроля на железнодорожном транспорте, имеющих право ношения форменной одежды (без погон), ее образцов, порядка ношения и знаков различия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z272" w:id="306"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z272" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) разработка и утверждение порядка ведения учета и представления отчетности о перевозках пассажиров, багажа, грузобагажа, грузов и использования подвижного состава при перевозках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z273" w:id="307"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z273" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) расследование событий, повлекших сход подвижного состава в пассажирском поезде, крушений, аварий на железнодорожном транспорте на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z274" w:id="308"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z274" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) разработка и утверждение терминов, связанных с движением поездов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z275" w:id="309"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z275" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) разработка и утверждение правил организации продажи проездных документов (билетов) на железнодорожном транспорте в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z276" w:id="310"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z276" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) разработка и утверждение технических и технологических типовых норм расходов сырья и материалов, запасных частей, оборудования, топлива, энергии, технических потерь субъектов естественной монополии на железнодорожном транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z277" w:id="311"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z277" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) разработка и утверждение перечня железнодорожных вокзалов согласно их классу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z278" w:id="312"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z278" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) разработка и утверждение правил субсидирования ставок купонного вознаграждения по облигациям перевозчика, выпущенным в целях развития магистральной железнодорожной сети и подвижного состава железнодорожного транспорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z279" w:id="313"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z279" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212) разработка и утверждение типового договора на субсидирование ставок купонного вознаграждения по облигациям перевозчика, выпущенным в целях развития магистральной железнодорожной сети и подвижного состава железнодорожного транспорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z280" w:id="314"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z280" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) разработка и утверждение правил включения и исключения магистральных, станционных путей и иных объектов магистральной железнодорожной сети из перечня магистральных, станционных путей и иных объектов, технологически необходимых для функционирования магистральной железнодорожной сети;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z281" w:id="315"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z281" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) разработка и утверждение правил долгосрочного субсидирования расходов оператора локомотивной тяги в пассажирском движении по социально значимым сообщениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z282" w:id="316"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z282" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215) разработка и утверждение методики определения объемов долгосрочного субсидирования расходов оператора локомотивной тяги в пассажирском движении по социально значимым сообщениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z283" w:id="317"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z283" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216) согласование открытия перевозчиками пассажиров новых железнодорожных сообщений, не относящихся к социально значимым пассажирским сообщениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z284" w:id="318"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z284" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) установление единого учетно-отчетного времени, применяемого на железнодорожном транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z285" w:id="319"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z285" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) назначение и освобождение от должности капитана морского порта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z286" w:id="320"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z286" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) разработка и утверждение перечня должностей (профессий) работников государственного контроля на морском транспорте, которым выдается форменная одежда (без погон), образцов формы и знаков различия, порядка ношения форменной одежды (без погон);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z287" w:id="321"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z287" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220) установление квалификационных требований для морских лоцманов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z288" w:id="322"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z288" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) установление срока действия временного прекращения или ограничения приема грузов для перевозок в сфере торгового мореплавания при чрезвычайных ситуациях социального, природного и техногенного характера по согласованию с соответствующими государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z289" w:id="323"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z289" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) разработка и утверждение правил форм актов, порядка их составления и порядка удостоверения обстоятельств, не требующих составления актов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z290" w:id="324"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z290" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) разработка и утверждение правил обеспечения питанием экипажей морских судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z291" w:id="325"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z291" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224) разработка и утверждение правил классификации и постройки морских судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z292" w:id="326"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z292" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) разработка и утверждение правил о грузовой марке морских судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z293" w:id="327"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z293" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226) разработка и утверждение правил освидетельствования грузоподъемных устройств морских судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z294" w:id="328"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z294" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) установление районов обязательной и необязательной лоцманской проводки судов и доведение информации о таких районах до всеобщего сведения в морских портах и лоциях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z295" w:id="329"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z295" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) разработка и утверждение положения о капитане морского порта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z296" w:id="330"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z296" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) установление особенностей регулирования рабочего времени и времени отдыха плавательного состава судов морского флота Республики Казахстан по согласованию с уполномоченным государственным органом по труду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z297" w:id="331"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z297" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230) установление особенностей регулирования труда моряков и оплаты их труда по согласованию с уполномоченным государственным органом по труду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z298" w:id="332"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z298" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231) выступление в качестве Морской администрации Республики Казахстан в пределах полномочий, определенных Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z299" w:id="333"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z299" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232) разработка и утверждение правил осуществления экспедиторской деятельности на морском транспорте Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z300" w:id="334"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z300" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233) разработка и утверждение форм государственного судового реестра, реестра арендованных иностранных судов и судовой книги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z301" w:id="335"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z301" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234) разработка и утверждение положения о лоцманской службе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z302" w:id="336"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z302" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235) разработка и утверждение перечня участков внутренних водных путей, типов и размеров судов, подлежащих обязательной лоцманской проводке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z303" w:id="337"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z303" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236) разработка и утверждение перечня должностей (профессий) работников государственного контроля и надзора и работников в сфере внутреннего водного транспорта, имеющих право ношения форменной одежды (без погон), образцов форменной одежды (без погон) и знаков различия, а также порядка ее ношения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z304" w:id="338"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z304" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237) определение порядка и сроков подъема затонувшего имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z305" w:id="339"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z305" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238) разработка и утверждение правил технического наблюдения за постройкой судов и изготовлением материалов и изделий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkEnd w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7705,4590 +8425,5856 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z307" w:id="340"/>
+    <w:bookmarkStart w:name="z307" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240) разработка и утверждение правил освидетельствования судов в эксплуатации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z308" w:id="341"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z308" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241) разработка и утверждение правил пропуска судов через судоходные шлюзы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z309" w:id="342"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z309" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       242) разработка и утверждение правил строительства судов внутреннего и смешанного "река-море" плавания с использованием элементов эксплуатировавшихся судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z310" w:id="343"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z310" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243) разработка и утверждение правил по обновлению судов внутреннего водного плавания и судов смешанного "река-море" плавания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z311" w:id="344"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z311" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       244) разработка и утверждение правил по обновлению судов технического флота;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z312" w:id="345"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z312" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       245) разработка и утверждение правил постройки судов внутреннего плавания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z313" w:id="346"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z313" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       246) разработка и утверждение формы диплома для лиц командного состава судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z314" w:id="347"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z314" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247) разработка и утверждение правил планирования и проведения путевых работ по обеспечению безопасности судоходства на внутренних водных путях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z315" w:id="348"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z315" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       248) разработка и утверждение форм и сроков, а также порядка составления отчетности о плавании судов по судоходным водным путям по согласованию с уполномоченным органом в области государственной статистики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z316" w:id="349"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z316" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       249) составление отчетности о плавании судов по судоходным водным путям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z317" w:id="350"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z317" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       250) разработка и утверждение правил в области безопасности и охраны труда на судах внутреннего водного транспорта по согласованию с уполномоченным государственным органом по труду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z318" w:id="351"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z318" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       251) разработка и утверждение правил освидетельствования морских судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z319" w:id="352"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z319" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       252) разработка и утверждение правил выдачи и формы свидетельства о страховании или ином финансовом обеспечении ответственности за удаление затонувших судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z320" w:id="353"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z320" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       253) разработка и утверждение правил удаления затонувшего имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z321" w:id="354"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z321" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       254) разработка и утверждение порядка сообщения морской администрации порта сведений о затонувшем имуществе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z322" w:id="355"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z322" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       255) разработка и утверждение методики определения объемов и стоимости работ и услуг, оказываемых предприятием уполномоченного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z323" w:id="356"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z323" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       256) определение порядка государственной регистрации транспортных средств городского рельсового транспорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z324" w:id="357"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z324" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       257) разработка и утверждение перечня грузов для охраны и сопровождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z325" w:id="358"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z325" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       258) разработка и утверждение правил перевозок грузов железнодорожным транспортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z326" w:id="359"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z326" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       259) разработка и утверждение правил расследования нарушений безопасности движения на железнодорожном транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z327" w:id="360"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z327" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       260) разработка и утверждение формы сертификата безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z328" w:id="361"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z328" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       261) разработка и утверждение правил разработки единых технологических процессов работы подъездных путей и станций примыкания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z329" w:id="362"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z329" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       262) разработка и утверждение типовых договоров между перевозчиком и экспедитором об организации перевозок грузов железнодорожным транспортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z330" w:id="363"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z330" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       263) разработка и утверждение правил технической эксплуатации, обслуживания и ремонта искусственных сооружений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z331" w:id="364"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z331" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264) разработка и утверждение правил технической эксплуатации, обслуживания и ремонта подвижного состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z332" w:id="365"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z332" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       265) разработка и утверждение формы информации о нарушениях безопасности движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z333" w:id="366"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z333" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266) разработка и утверждение правил по обмеру судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z334" w:id="367"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z334" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       267) разработка и утверждение по согласованию с уполномоченным органом в области охраны окружающей среды правил по предотвращению загрязнений с судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z335" w:id="368"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z335" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268) разработка и утверждение правил предоставления статуса морского порта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z719" w:id="369"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z719" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268-1) определение статуса морского порта международного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z336" w:id="370"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z336" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       269) разработка и утверждение правил применения цен (тарифов) за обязательные услуги морского порта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z337" w:id="371"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z337" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       270) разработка и утверждение правил плавания в территориальных водах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z338" w:id="372"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z338" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       271) разработка и утверждение норм расходов горюче-смазочных материалов (в натуральном выражении) судами государственного технического флота;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z339" w:id="373"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z339" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       272) разработка и утверждение методики определения стоимости подъема затонувшего имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z340" w:id="374"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z340" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273) разработка и утверждение правил использования технических средств для фиксации фактов совершения административных правонарушений и действий должностных лиц уполномоченного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z341" w:id="375"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z341" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274) разработка и утверждение порядка регистрации деятельности по перевозке грузов грузовыми и специализированными автотранспортными средствами, а также оказанию услуг специальными автомобилями в территориальном подразделении уполномоченного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z342" w:id="376"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z342" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275) разработка и утверждение требований к специализированным программным обеспечениям, осуществляющим информационное взаимодействие с единой информационной системой обязательного технического осмотра механических транспортных средств и прицепов к ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z343" w:id="377"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z343" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       276) разработка и утверждение правил и условий присвоения статуса Национального морского перевозчика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z344" w:id="378"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z344" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       277) разработка и утверждение правил проведения спасательных операций в казахстанском секторе Каспийского моря совместно с уполномоченным органом в сфере гражданской защиты, Министерством обороны и Комитетом национальной безопасности Республики Казахастан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z345" w:id="379"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z345" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       278) разработка и утверждение перечня неснижаемых запасов материалов и оборудований, порядка их использования и хранения для судоходных шлюзов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z346" w:id="380"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z346" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       279) установление порядка исключения из Государственного реестра подвижного состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z347" w:id="381"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z347" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       280) разработка и утверждение формы акта осмотра маломерного судна и предписания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z349" w:id="383"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z348" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      281) разработка и утверждение правил отнесения внутренних водных путей к категории судоходных и перечня судоходных водных путей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z349" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       282) разработка и утверждение правил и требований к проведению досмотра пассажиров и лиц, посещающих объекты транспортной инфраструктуры, вещей, находящихся при них, в том числе ручной клади и багажа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z350" w:id="384"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z350" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       283) разработка и утверждение перечня объектов транспортной инфраструктуры, на которых производится досмотр, лиц, в отношении которых не производится досмотр, а также веществ и предметов, запрещенных к вносу на объекты транспортной инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z351" w:id="385"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z351" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       284) разработка и утверждение требований к техническим средствам, применяемым при досмотре пассажиров и лиц, посещающих объекты транспортной инфраструктуры, вещей, находящихся при них, в том числе ручной клади и багажа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z352" w:id="386"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z352" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       285) разработка и утверждение нормативов финансирования на ремонт, содержание автомобильных дорог общего пользования международного и республиканского значения и управление дорожной деятельностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z353" w:id="387"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z353" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       286) согласование с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации, разработка и утверждение форм заявлений для получения разрешения второй категории, форм разрешений второй категории;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z354" w:id="388"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z354" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287) разработка и утверждение порядка и условий эксплуатации платных автомобильных дорог и мостовых переходов общего пользования международного и республиканского значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z355" w:id="389"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z355" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       288) принятие решения об использовании автомобильной дороги (участка) общего пользования международного и республиканского значения на платной основе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z356" w:id="390"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z814" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-1) согласование перечня автомобильных дорог областного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z815" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      288-2) принятие решения о приостановлении использования платной автомобильной дороги (участка) с момента возникновения обстоятельств, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5-3 Закона Республики Казахстан "Об автомобильных дорогах";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z816" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-3) согласование наименований и индексов автомобильных дорог общего пользования областного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z817" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-4) координация и методическое руководство местных исполнительных органов в сфере автомобильных дорог и дорожной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z818" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-5) ведение государственного учета автомобильных дорог общего пользования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z819" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-6) разработка предложений по определению источников и размеров финансирования дорожной отрасли в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z820" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-7) участие в заключении международных договоров Республики Казахстан в части развития и эксплуатации автомобильных дорог;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z821" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-8) рассмотрение проектов документов по стандартизации в пределах компетенции, а также подготовка предложений по разработке, внесению изменений, пересмотру и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации и рекомендаций по стандартизации для внесения в уполномоченный орган в сфере стандартизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z822" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-9) реализация инвестиционной и социальной политики в дорожной отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z823" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-10) финансирование Национального оператора по управлению автомобильными дорогами в рамках выполнения государственного задания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z824" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-11) финансирование работ и услуг Национального центра качества дорожных активов в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z825" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-12) обеспечение соблюдения норм и национальных стандартов, принятых в области проектирования, требуемого качества при строительстве, реконструкции, ремонте и содержании автомобильных дорог;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z826" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-13) управление дорожной деятельностью, осуществляемое с целью обеспечения развития, сохранности, ремонта и содержания автомобильных дорог;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z827" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-14) утверждение нормативно-технических документов в области автомобильных дорог;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z828" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-15) заключение договора аренды в качестве арендатора, договора услуг сервисного агента в качестве сервисного агента, а также иных договоров в отношении республиканских автомобильных дорог общего пользования или их участков в соответствии с условиями выпуска государственных исламских ценных бумаг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z829" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-16) координация развития объектов придорожного сервиса на автомобильных дорогах общего пользования республиканского значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z830" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-17) разработка и утверждение технических регламентов в сфере автомобильных дорог;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z831" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-18) организация работ по ремонту и содержанию автомобильных дорог общего пользования международного и республиканского значения и платных автомобильных дорог (участков) в соответствии с бюджетным законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z832" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-19) организация работ по мониторингу безопасности дорожной инфраструктуры автомобильных дорог общего пользования международного и республиканского значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z833" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-20) организация работ по ведомственной экспертизе технической документации на средний ремонт автомобильных дорог;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z834" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-21) согласование строительства волоконно-оптических линий связи с дальнейшей передачей их на содержание уполномоченного органа в области связи при планировании развития, реконструкции и ремонта автомобильных дорог общего пользования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z835" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-22) ограничение или закрытие движения транспортных средств совместно с уполномоченным органом по обеспечению безопасности дорожного движения и уполномоченным органом по чрезвычайным ситуациям в экстремальных условиях (неблагоприятные погодно-климатические условия, стихийные бедствия, пожар, потеря несущей способности автомобильных дорог), а также при проведении ремонтно-строительных работ с уведомлением об этом местных исполнительных органов и пользователей автомобильными дорогами, установлением соответствующих дорожных знаков и через средства массовой информации, контроль соблюдения правил пользования автомобильными дорогами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z836" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-23) разработка и утверждение правил по обязательному повышению квалификации работников дорожной отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z837" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      288-24) разработка и утверждение правил формирования и ведения единой базы дорожно-строительных материалов и новых технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z356" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       289) разработка и утверждение правил размещения объектов наружной (визуальной) рекламы в полосе отвода автомобильных дорог общего пользования международного, республиканского, областного и районного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z357" w:id="391"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z357" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290) разработка и утверждение типового договора безвозмездного временного пользования автомобильными дорогами общего пользования областного или районного значения или их участков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z358" w:id="392"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z358" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       291) определение порядка взимания платы и ставок за проезд по платной автомобильной дороге общего пользования республиканского значения (участку);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z359" w:id="393"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z359" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       292) разработка и утверждение порядка и условий классификации, перечня, наименования и индексов автомобильных дорог общего пользования международного и республиканского значения, в том числе перечня автомобильных дорог оборонного пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z360" w:id="394"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z360" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       293) разработка и утверждение правил пользования автомобильными дорогами, дорогами оборонного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z361" w:id="395"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z361" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       294) разработка и утверждение порядка уплаты и ставок сборов за проезд по территории Республики Казахстан автотранспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z362" w:id="396"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z362" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       295) разработка и утверждение правил организации производства экспертизы качества работ и материалов Национальным центром качества дорожных активов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z363" w:id="397"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z363" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       296) разработка и утверждение правил реализации и финансирования работ по строительству, реконструкции, ремонту, содержанию, диагностике, паспортизации и инструментальному обследованию автомобильных дорог общего пользования международного и республиканского значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z364" w:id="398"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z364" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       297) разработка и утверждение нормативов финансирования на ремонт и содержание улиц столицы, города республиканского значения, автомобильных дорог областного и районного значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z365" w:id="399"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z365" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       298) установление порядка государственного учета автомобильных дорог общего пользования, хозяйственных автомобильных дорог, улиц населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z366" w:id="400"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z366" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       299) разработка и утверждение норм летной годности гражданских воздушных судов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z367" w:id="401"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z367" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       300) разработка и утверждение правил профессиональной подготовки авиационного персонала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z368" w:id="402"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z368" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       301) установление порядка использования воздушного пространства над столицей и столичным аэропортом в соответствии с правилами использования воздушного пространства Республики Казахстан, утвержденными Правительством Республики Казахстан, по согласованию с уполномоченным органом в сфере государственной авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z369" w:id="403"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z369" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       302) разработка и утверждение формы информации о финансово-экономическом положении эксплуатантов и организаций гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z370" w:id="404"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z370" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       303) разработка и утверждение расписания регулярных полетов иностранных авиаперевозчиков, а также инструкции по утверждению расписания регулярных рейсов иностранных авиаперевозчиков на международных авиамаршрутах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z371" w:id="405"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z371" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       304) разработка и утверждение правил аэродромного обеспечения в гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z372" w:id="406"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z372" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       305) разработка и утверждение правил обеспечения авиационными горюче-смазочными материалами гражданских воздушных судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z373" w:id="407"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z373" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       306) разработка и утверждение правил организации обслуживания пассажиров в аэропортах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z374" w:id="408"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z374" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       307) разработка и утверждение единых требований, технологических процедур в международных аэропортах Республики Казахстан по перевозке и обработке багажа, почтовых отправлений и грузов воздушным транспортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z375" w:id="409"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z375" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       308) разработка и утверждение формы электронной грузовой авианакладной;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z376" w:id="410"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z376" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309) разработка и утверждение правил информационного взаимодействия при перевозке и обработке багажа, почтовых отправлений и грузов воздушным транспортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z377" w:id="411"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z377" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       310) выработка предложений по формированию государственной политики в сфере регулирования естественных монополий и внесение их на рассмотрение уполномоченному органу, осуществляющему руководство в сферах естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z378" w:id="412"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z378" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       311) выработка предложений по формированию государственной политики в отношении общественно значимых рынков и внесение их на рассмотрение уполномоченному органу, осуществляющему руководство в сферах естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z379" w:id="413"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z379" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       312) представление ежегодно в Правительство Республики Казахстан отчетов о состоянии сфер естественных монополий, исполнении утвержденных тарифных смет, исполнении утвержденных инвестиционных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z380" w:id="414"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z380" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313) разработка и утверждение правил формирования тарифов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z381" w:id="415"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z381" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       314) разработка и утверждение правил осуществления деятельности субъектами естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z382" w:id="416"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z382" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       315) разработка и утверждение типовых договоров предоставления регулируемых услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z383" w:id="417"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z383" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       316) разработка и утверждение перечня регулируемых услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z384" w:id="418"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z384" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       317) разработка и утверждение положения о совете по тарифной политике и его персонального состава;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z761" w:id="419"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z761" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       317-1) утверждение и внесение совместно с государственным органом, осуществляющим руководство в сферах естественных монополий, изменения в инвестиционную программу субъекта естественной монополии, включенного в республиканский раздел Государственного регистра субъектов естественных монополий, а также субъекта естественной монополии, включенного в местный раздел Государственного регистра субъектов естественных монополий, по регулируемым услугам подъездных путей при отсутствии конкурентного подъездного пути, за исключением услуг в сфере водоснабжения и (или) водоотведения по подаче воды по каналам и регулированию поверхностного стока при помощи подпорных гидротехнических сооружений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z762" w:id="420"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z762" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       317-2) направление в государственный орган, осуществляющий руководство в сферах естественных монополий, заключений о целесообразности или нецелесообразности принятия мероприятий инвестиционной программы субъекта естественной монополии не позднее тридцати рабочих дней со дня представления заявления на утверждение инвестиционной программы, за исключением услуг в сфере водоснабжения и (или) водоотведения по подаче воды по каналам и регулированию поверхностного стока при помощи подпорных гидротехнических сооружений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z763" w:id="421"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z763" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       317-3) по итогам рассмотрения отчета об исполнении утвержденной инвестиционной программы субъекта естественной монополии не позднее сорока пяти календарных дней со дня его поступления направление в установленном порядке в государственный орган, осуществляющий руководство в сферах естественных монополий, своего заключения о целесообразности или нецелесообразности принятия исполнения мероприятий утвержденной инвестиционной программы, за исключением услуг в сфере водоснабжения и (или) водоотведения по подаче воды по каналам и регулированию поверхностного стока при помощи подпорных гидротехнических сооружений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z764" w:id="422"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z764" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       317-4) участие в установлении показателей качества, надежности регулируемых услуг и эффективности деятельности субъектов естественных монополий в соответствии с порядком, определяемым государственным органом, осуществляющим руководство в сферах естественных монополий, за исключением услуг в сфере водоснабжения и (или) водоотведения по подаче воды по каналам и регулированию поверхностного стока при помощи подпорных гидротехнических сооружений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z385" w:id="423"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z385" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       318) разработка и утверждение правил пожарной безопасности в гражданской авиации Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z386" w:id="424"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z386" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       319) разработка и утверждение правил аварийно-спасательного обеспечения полетов в аэропортах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z387" w:id="425"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z387" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       320) разработка и утверждение правил предполетного и специального досмотров воздушных судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z388" w:id="426"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z388" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       321) разработка и утверждение правил допуска авиакомпаний к выполнению регулярных внутренних коммерческих воздушных перевозок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z389" w:id="427"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z389" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       322) разработка и утверждение правил перевозки пассажиров, багажа и грузов на воздушном транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z390" w:id="428"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z390" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       323) разработка и утверждение правил радиотехнического обеспечения полетов и авиационной электросвязи в гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z391" w:id="429"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z391" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       324) разработка и утверждение правил обеспечения аэронавигационной информацией в гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z392" w:id="430"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z392" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       325) разработка и утверждение правил сертификации и выдачи сертификата типа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z393" w:id="431"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z393" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       326) разработка и утверждение правил сертификации и выдачи сертификата летной годности гражданского воздушного судна Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z394" w:id="432"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z394" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       327) разработка и утверждение правил сертификации в сфере легкой и сверхлегкой авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z395" w:id="433"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z395" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       328) разработка и утверждение правил технической эксплуатации и ремонта гражданских воздушных судов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z396" w:id="434"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z396" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       329) разработка и утверждение правил сертификации и выдачи сертификата организации по техническому обслуживанию и ремонту авиационной техники гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z397" w:id="435"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z397" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       330) разработка и утверждение правил сертификации и выдачи сертификата авиационного учебного центра гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z398" w:id="436"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z398" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       331) разработка и утверждение правил сертификации и выдачи сертификата поставщика аэронавигационного обслуживания, а также сертификационных требований, предъявляемых к поставщикам аэронавигационного обслуживания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z399" w:id="437"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z399" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       332) разработка и утверждение правил организации рабочего времени и отдыха членов экипажей воздушных судов гражданской и экспериментальной авиации Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z400" w:id="438"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z400" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       333) разработка и утверждение правил сертификации и выдачи сертификата эксплуатанта гражданских воздушных судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z401" w:id="439"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z401" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       334) разработка и утверждение правил допуска эксплуатанта к авиационным работам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z402" w:id="440"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z402" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       335) разработка и утверждение правил допуска к полетам эксплуатантов авиации общего назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z403" w:id="441"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z403" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       336) разработка и утверждение типового положения об аэроклубах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z404" w:id="442"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z404" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       337) разработка и утверждение правил по организации летной работы в гражданской авиации Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z405" w:id="443"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z405" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       338) разработка и утверждение правил организации работ бортпроводников в гражданской авиации Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z406" w:id="444"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z406" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       339) разработка и утверждение правил сертификации и выдачи сертификата годности аэродрома (вертодрома);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z407" w:id="445"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z407" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       340) разработка и утверждение норм годности к эксплуатации аэродромов (вертодромов) гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z408" w:id="446"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z408" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       341) утверждение методики оценки соответствия нормам годности к эксплуатации аэродромов (вертодромов) гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z409" w:id="447"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z409" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       342) разработка и утверждение правил электросветотехнического обеспечения полетов гражданской авиации Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z410" w:id="448"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z410" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       343) разработка и утверждение правил по организации работы специального транспорта в аэропортах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z411" w:id="449"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z411" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       344) разработка и утверждение правил хранения, подготовки к выдаче на заправку и проведения контроля качества авиационных горюче-смазочных материалов и специальных жидкостей в организациях гражданской авиации Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z412" w:id="450"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z412" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       345) утверждение правил управления опасностями, создаваемыми птицами и иными животными для полетов гражданских воздушных судов в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z413" w:id="451"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z413" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       346) разработка и утверждение типового положения о службе организации авиаперевозок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z414" w:id="452"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z414" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       347) разработка и утверждение типового положения о службе авиационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z415" w:id="453"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z415" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       348) разработка и утверждение типового положения о производственно-диспетчерской службе организаций гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z416" w:id="454"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z416" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       349) утверждение правил сертификации и выдачи сертификата службы авиационной безопасности аэропорта (аэродрома), а также сертификационных требований к службе авиационной безопасности аэропорта (аэродрома);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z417" w:id="455"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z417" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       350) разработка и утверждение перечней должностей руководителей и специалистов служб авиационной безопасности организаций гражданской авиации Республики Казахстан, а также квалификационных требований к таким должностям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z418" w:id="456"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z418" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       351) разработка и утверждение сертификационных требований к эксплуатантам гражданских воздушных судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z419" w:id="457"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z419" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       352) разработка и утверждение типовых требований по обустройству и техническому оснащению транспортно-логистических центров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z420" w:id="458"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z420" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       353) разработка и утверждение сертификационных требований к авиационным учебным центрам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z421" w:id="459"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z421" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       354) разработка и утверждение сертификационных требований к организациям по техническому обслуживанию и ремонту авиационной техники;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z422" w:id="460"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z422" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       355) разработка и утверждение требований к организациям по обеспечению горюче-смазочными материалами гражданских воздушных судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z423" w:id="461"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z423" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       356) разработка и утверждение правил ношения формы одежды и знаков различия авиационного персонала гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z424" w:id="462"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z424" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       357) разработка в соответствии со стандартами Международной организации гражданской авиации (ИКАО) программы по безопасности полетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z425" w:id="463"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z425" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       358) разработка и утверждение правил производства полетов в гражданской авиации Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z426" w:id="464"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z426" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       359) распределение международных авиамаршрутов между авиакомпаниями Республики Казахстан, по которым установлены ограничения по количеству авиаперевозчиков или частоте выполнения рейсов согласно межправительственным соглашениям, а также субсидируемых (за исключением внутриобластных) авиамаршрутов для осуществления регулярных воздушных перевозок на конкурсной основе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z427" w:id="465"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z427" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       360) разработка и утверждение инструкции по организации и обслуживанию воздушного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z428" w:id="466"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z428" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       361) разработка и утверждение типовых инструкций по управлению безопасностью полетов эксплуатантов гражданских воздушных судов в аэропортах, при обслуживании воздушного движения, при техническом обслуживании воздушных судов; авиационных учебных центров гражданской авиации, деятельность которых связана с выполнением полетов воздушных судов в ходе предоставления услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z429" w:id="467"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z429" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       362) разработка и утверждение типовых программ профессиональной подготовки авиационного персонала, участвующего в обеспечении безопасности полетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z430" w:id="468"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z430" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       363) установление квалификационных требований к кандидатам на должность первого руководителя эксплуатанта аэропорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z431" w:id="469"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z431" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       364) разработка и утверждение правил списания воздушных судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z432" w:id="470"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z432" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       365) разработка и утверждение правил по ограничению иностранного участия (контроля) в авиакомпании, созданной в форме акционерного общества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z433" w:id="471"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z433" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       366) разработка и утверждение правил выделения временных интервалов для обслуживания воздушных судов в аэропортах Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z434" w:id="472"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z434" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       367) ввод временного управления в отношении эксплуатанта аэропорта, допущенного к обслуживанию международных полетов, по согласованию с Правительством Республики Казахстан и формирование временной администрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z435" w:id="473"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z435" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       368) определение порядка нанесения государственных, регистрационных опознавательных и дополнительных знаков на гражданские и экспериментальные воздушные суда и описания указанных знаков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z436" w:id="474"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z436" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       369) разработка и утверждение расписаний регулярных полетов иностранных авиаперевозчиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z437" w:id="475"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z437" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       370) разработка и утверждение правил подготовки к полетам для гражданской и экспериментальной авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z438" w:id="476"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z438" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       371) разработка и утверждение инструкций расчета себестоимости летного часа при выполнении полетов на субсидируемых маршрутах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z439" w:id="477"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z439" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       372) разработка и утверждение видов и форм пропусков на право прохода, проезда в контролируемую зону аэропорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z440" w:id="478"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z440" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       373) разработка и утверждение правил выдачи и оснований для отказа в выдаче разрешений на выполнение международных нерегулярных полетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z441" w:id="479"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z441" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       374) разработка и утверждение квалификационных требований к кандидатам на должность первого руководителя авиакомпании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z442" w:id="480"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z442" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       375) разработка и утверждение программ подготовки и переподготовки по авиационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z443" w:id="481"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z443" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       376) осуществление международного сотрудничества, в том числе представительства Республики Казахстан в международных организациях гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z444" w:id="482"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z444" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       377) разработка и утверждение правил допуска воздушных трасс к эксплуатации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z445" w:id="483"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z445" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       378) определение порядка открытия и закрытия аэропортов для обеспечения международных полетов воздушных судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z446" w:id="484"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z446" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       379) разработка и утверждение правил профессиональной подготовки и поддержания квалификации авиационных инспекторов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z447" w:id="485"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z447" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       380) разработка и утверждение порядка перечисления и нормативов отчислений на обеспечение безопасности полетов гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z448" w:id="486"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z448" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       381) организация работы по расследованию авиационных происшествий и инцидентов гражданской авиации на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z449" w:id="487"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z449" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       382) разработка и утверждение правил расследования авиационных происшествий и инцидентов в гражданской и экспериментальной авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z450" w:id="488"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z450" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       383) участие в расследовании авиационных происшествий и инцидентов гражданской авиации на территории других государств, произошедших с воздушными судами, которые зарегистрированы в государственном реестре гражданских воздушных судов Республики Казахстан, либо когда эксплуатантами воздушных судов являются физические или юридические лица Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z451" w:id="489"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z451" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       384) выдача рекомендаций в целях предотвращения авиационных происшествий и инцидентов или уменьшения их последствий, а также проведение анализа выполнения таких рекомендаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z723" w:id="490"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z723" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       384-1) выдача разрешения на деятельность операторов технического осмотра в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z452" w:id="491"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z452" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       385) ведение статистических данных по авиационным происшествиям и инцидентам, произошедшим с воздушными судами, зарегистрированными в Государственном реестре гражданских воздушных судов Республики Казахстан, либо эксплуатантами которых являются физические или юридические лица Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z453" w:id="492"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z453" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       386) ведение статистических данных по авиационным происшествиям и инцидентам, произошедшим с воздушными судами эксплуатантов иностранных государств на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z454" w:id="493"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z454" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       387) участие в обмене статистическими данными с международными организациями гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z455" w:id="494"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z455" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       388) сотрудничество с органами иностранных государств и международными организациями гражданской авиации, ответственными за расследование авиационных происшествий и инцидентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z456" w:id="495"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z456" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       389) сотрудничество с заинтересованными государственными органами Республики Казахстан по вопросам расследования авиационных происшествий и инцидентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z457" w:id="496"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z457" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       390) обеспечение сохранности доказательств при расследовании авиационных происшествий и инцидентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z458" w:id="497"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z458" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       391) обеспечение защиты конфиденциальной информации о безопасности полетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z459" w:id="498"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z459" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       392) разработка, внедрение, изучение и поддержание системы обязательного и добровольного представления данных об авиационных событиях, включая механизм сбора, оценки, обработки, хранения и регистрации авиационных событий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z460" w:id="499"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z460" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       393) участие в обмене информацией о безопасности полетов на государственном и международном уровнях и распространении информации об авиационных событиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z461" w:id="500"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z461" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       394) осуществление сбора и анализа информации, связанной с безопасностью полетов гражданской авиации, а также составление и доведение такой информации до сведения физических и юридических лиц, осуществляющих деятельность в сфере гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z462" w:id="501"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z462" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       395) разработка и утверждение правил тестирования на определение уровня владения английским языком, используемым в радиотелефонной связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z463" w:id="502"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z463" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       396) разработка и утверждение правил сертификации и выдачи сертификата авиационного медицинского центра, а также сертификационных требований, предъявляемых к авиационным медицинским центрам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z464" w:id="503"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z464" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       397) разработка и утверждение правил определения уровня квалификации авиационного персонала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z465" w:id="504"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z465" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       398) разработка и утверждение правил оказания медицинской помощи пассажирам в гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z466" w:id="505"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z466" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       399) разработка и утверждение методики оценки потребности в обслуживании воздушного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z467" w:id="506"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z467" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       400) разработка и утверждение правил метеорологического обеспечения гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z468" w:id="507"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z468" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       401) разработка и утверждение правил государственной регистрации гражданских воздушных судов Республики Казахстан и прав на них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z469" w:id="508"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z469" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       402) разработка и утверждение правил по оценке тренажерных устройств имитации полета в гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z470" w:id="509"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z470" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       403) разработка и утверждение правил медицинского освидетельствования и осмотра в гражданской авиации Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z471" w:id="510"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z471" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       404) разработка и утверждение правил назначения авиационных медицинских экспертов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z472" w:id="511"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z472" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       405) разработка и утверждение правил выдачи и продления срока действия свидетельств авиационного персонала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z473" w:id="512"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z473" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406) разработка и утверждение правил поведения на борту воздушного судна;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z474" w:id="513"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z474" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       407) разработка и утверждение перечня товаров, работ, услуг аэродромного и наземного обслуживания, входящих в состав аэропортовской деятельности, по согласованию с антимонопольным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z475" w:id="514"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z475" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       408) разработка и утверждение правил осуществления наземного обслуживания в аэропортах по согласованию с антимонопольным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z476" w:id="515"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z476" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       409) разработка и утверждение правил аккредитации иностранных воздушных перевозчиков в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z477" w:id="516"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z477" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410) разработка и утверждение правил выдачи удостоверения члена экипажа лицам летного состава, кабинного экипажа, инженерно-техническому составу, обеспечивающему техническое сопровождение полетов, и персоналу, обеспечивающему безопасность воздушного судна в полете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z478" w:id="517"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z478" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       411) утверждение правил использования беспилотных авиационных систем в воздушном пространстве Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z479" w:id="518"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z479" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       412) разработка и утверждение правил по подготовке и оценке знаний и навыков операторов беспилотных авиационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z480" w:id="519"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z480" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       413) разработка и утверждение типовых требований к некоммерческим организациям, объединяющих эксплуатантов беспилотных авиационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z481" w:id="520"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z481" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       414) разработка и утверждение правил доступа к оказанию услуг на территории аэропорта (аэродрома), не относящихся к аэропортовской деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z482" w:id="521"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z482" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       415) разработка совместно с государственными органами, принимающими участие в обеспечении авиационной безопасности в соответствии со стандартами и рекомендуемой практикой Международной организации гражданской авиации (ИКАО), программы авиационной безопасности гражданской авиации Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z483" w:id="522"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z483" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       416) совместно с уполномоченной организацией в сфере гражданской авиации осуществление мониторинга соответствия законодательства Республики Казахстан об использовании воздушного пространства Республики Казахстан и деятельности авиации стандартам и рекомендуемой практике Международной организации гражданской авиации (ИКАО);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z484" w:id="523"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z484" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       417) по заявкам правоохранительных, специальных государственных органов и Министерства обороны Республики Казахстан принятие решения об оказании авиакомпаниями (кроме представительств иностранных государств и международных организаций, обладающих дипломатическим иммунитетом) услуг по перевозке личного состава правоохранительных и специальных государственных органов к местам происшествий, чрезвычайных ситуаций и доставке в лечебные учреждения граждан, нуждающихся в экстренной медицинской помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z485" w:id="524"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z485" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       418) определение аэропортов, открытых для международных полетов государственных и экспериментальных воздушных судов иностранных государств, а также международных полетов воздушных судов для перевозки воинских формирований, вооружений и военной техники иностранных государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z486" w:id="525"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z486" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       419) утверждение по согласованию с центральным уполномоченным органом по государственному планированию и центральным уполномоченным органом по бюджетному планированию порядка субсидирования аэропортов, находящихся в коммунальной собственности, не обеспечивающих достаточный уровень доходов для покрытия операционных затрат с пассажиропотоком менее двух ста тысяч пассажиров в год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z487" w:id="526"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z487" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420) утверждение правил взимания платежей в сфере гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z488" w:id="527"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z488" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       421) утверждение перечня платных услуг уполномоченной организации в сфере гражданской авиации и ставок платежей в сфере гражданской авиации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z489" w:id="528"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z489" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       422) утверждение методики расчета инфраструктурных сборов по согласованию с антимонопольным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z490" w:id="529"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z490" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       423) утверждение правил по противообледенительной защите воздушного судна на земле;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z491" w:id="530"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z491" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       424) утверждение правил проведения конкурса на международные авиамаршруты и выдачи свидетельств на международные авиамаршруты для оказания услуг по перевозке пассажиров, багажа, грузов и почтовых отправлений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z492" w:id="531"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z492" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425) утверждение правил проведения конкурса на субсидируемые авиамаршруты и выдачи свидетельств на субсидируемые авиамаршруты для оказания услуг по перевозке пассажиров, багажа, грузов и почтовых отправлений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z493" w:id="532"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z493" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       426) утверждение перечня опасных веществ и предметов, а также всех видов наркотиков, запрещенных пассажирам к перевозке на гражданских воздушных судах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z494" w:id="533"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z494" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       427) принимает решения о допуске аэропортов к обеспечению международных полетов воздушных судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z495" w:id="534"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z495" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428) обеспечение соблюдения законов и иных нормативных правовых актов Республики Казахстан в области мобилизационной подготовки и мобилизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z765" w:id="535"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z765" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428-1) внесение предложений в уполномоченный орган в области мобилизационной подготовки по объемам финансирования мероприятий по мобилизационной подготовке и мобилизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z766" w:id="536"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z766" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428-2) планирование, организация и руководство мобилизационной подготовкой организаций в соответствующей сфере государственного управления, проведение оценки мобилизационной готовности организаций, имеющих мобилизационные заказы, в порядке, установленном в правилах мобилизационной подготовки и мобилизации в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z767" w:id="537"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z767" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428-3) заключение договоров с организациями на выполнение мобилизационных заказов, внесение предложения в уполномоченный орган в области мобилизационной подготовки о снятии и передаче установленных мобилизационных заказов при банкротстве, реорганизации, ликвидации, изменении профиля работы организаций, имеющих мобилизационные заказы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z768" w:id="538"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z768" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428-4) проведение во взаимодействии с местными исполнительными органами Республики Казахстан мероприятия по подготовке к выполнению мобилизационных планов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z769" w:id="539"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z769" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428-5) предоставление в уполномоченный орган в области мобилизационной подготовки информации о производственных, финансовых, складских возможностях организаций для установления мобилизационных заказов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z770" w:id="540"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z770" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428-6) организация и проведение работы по бронированию военнообязанных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z771" w:id="541"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z771" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428-7) при объявлении мобилизации организация и обеспечение во взаимодействии с местными исполнительными органами Республики Казахстан комплекса мероприятий по переводу организаций на режим военного положения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z772" w:id="542"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z772" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428-8) разработка и (или) утверждение нормативных правовых актов в области мобилизационной подготовки и мобилизации в соответствующей сфере государственного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z773" w:id="543"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z773" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428-9) разработка и утверждение мобилизационных планов по согласованию с уполномоченным органом в области мобилизационной подготовки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z774" w:id="544"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z774" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428-10) внесение в уполномоченный орган в области мобилизационной подготовки предложений по совершенствованию мобилизационной подготовки и мобилизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z775" w:id="545"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z775" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428-11) участие в проведении военно-экономических и командно-штабных учений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z776" w:id="546"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z776" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428-12) организация и обеспечение деятельности специальных формирований в соответствующей сфере государственного управления для выполнения задач в интересах Вооруженных Сил, других войск и воинских формирований, специальных государственных органов, а также обеспечения бесперебойной работы экономики и жизнедеятельности населения Республики Казахстан в период мобилизации, военного положения и в военное время;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z496" w:id="547"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z838" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      428-13) несение ответственности за мобилизационную подготовку и мобилизацию в соответствующей сфере государственного управления, а также создание работникам мобилизационных органов необходимых условий для выполнения ими возложенных на них обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z496" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       429) руководство деятельностью подведомственных организаций по планированию и проведению мероприятий по обеспечению национальной безопасности в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z497" w:id="548"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z839" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429-1) разработка правил технического прикрытия путей сообщений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z840" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429-2) разработка и утверждение совместно с Министерством обороны Республики Казахстан правил эксплуатации, обслуживания, содержания, ремонта и планирования строительства подъездных путей, используемых Министерством обороны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 15 предусматривается дополнить подпунктами 429-3), 429-4) и 429-5) в соответствии с постановлением Правительства РК от 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 805</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z841" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429-6) участие в планировании территориальной обороны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z842" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429-7) организация охраны и обороны объектов территориальной обороны при их наличии во взаимодействии с силами территориальной обороны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z843" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429-8) планирование и проведение эвакуационных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z844" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429-9) создание специальных формирований и обеспечение их материально-техническими средствами на основании мобилизационного задания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z845" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429-10) проведение мероприятий по инженерно-технической укрепленности и противодиверсионной безопасности объектов территориальной обороны при их наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z846" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429-11) участие в мероприятиях территориальной обороны Республики Казахстан, мобилизационной подготовке отрасли, создании, развитии и сохранении объектов мобилизационного назначения, мощностей по разработке, производству, выпуску и ремонту необходимой для нужд обороны продукции и обеспечение накопления мобилизационных резервов, а также совместно с Генеральным штабом Вооруженных Сил Республики Казахстан в соответствии с правилами планирования обороны Республики Казахстан участие в разработке плана обороны Республики Казахстан и документов по его реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z847" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429-12) организация непосредственной подготовки отрасли к выполнению мероприятий в соответствии с планом обороны Республики Казахстан, осуществление мероприятий по устойчивому функционированию отрасли в военное время;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z848" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429-13) создание специальных формирований и обеспечение их материально-техническими средствами, а также проведение мероприятий по инженерно-технической укрепленности и противодиверсионной безопасности подведомственных объектов при их наличии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z849" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429-14) организация и проведение мероприятий гражданской обороны и обеспечение их выполнения подведомственными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z850" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      429-15) участие в подготовке населения республики к обороне, осуществление контроля за соблюдением законодательства Республики Казахстан об обороне и Вооруженных Силах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z497" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       430) внесение предложений по совершенствованию системы национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z498" w:id="549"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z498" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       431) обеспечение соблюдения законов и иных нормативных правовых актов в области национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z499" w:id="550"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z499" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       432) информирование населения о состоянии национальной безопасности и принимаемых мерах по ее обеспечению с соблюдением законодательства в области защиты государственных секретов, ведение пропагандистской и контрпропагандистской деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z500" w:id="551"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z851" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432-1) разработка ведомственных перечней сведений, подлежащих засекречиванию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z852" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432-2) обеспечение защиты разработанных государственным органом государственных секретов в соответствии с законодательством Республики Казахстан, в том числе и в подведомственных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z853" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432-3) участие в разработке порядка определения размеров ущерба, который нанесен или может быть нанесен национальной безопасности Республики Казахстан или интересам государственных органов и организаций вследствие разглашения или утраты сведений, составляющих государственные секреты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z854" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432-4) обеспечение защиты переданных государственному органу другими государственными органами и организациями сведений, составляющих государственные секреты, а также сведений, засекреченных государственным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z855" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432-5) получение в установленном порядке разрешений на проведение работ с использованием сведений, составляющих государственные секреты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z856" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432-6) получение сертификатов на средства защиты сведений, составляющих государственные секреты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z857" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432-7) участие в материально-техническом и финансовом обеспечении работ по защите государственных секретов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z858" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432-8) определение категорий особо режимных, режимных и особо охраняемых объектов и их своевременный пересмотр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z859" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432-9) обеспечение в пределах своей компетенции проведения проверочных мероприятий в отношении граждан, допускаемых к сведениям, составляющим государственные секреты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z860" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      432-10) в пределах своей компетенции решение других вопросов в области защиты государственных секретов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z500" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       433) привлечение к соответствующей ответственности должностных лиц, государственных служащих, действия (или бездействие) которых приводят к нарушению национальных интересов, угрозе национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z502" w:id="553"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z501" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      434) разработка проектов нормативных правовых актов, определяющих порядок функционирования дорожного сектора, независимо от форм собственности, а также национальных стандартов в дорожной деятельности, критериев приоритетности проектов по строительству и реконструкции автомобильных дорог международного и республиканского значения, строительству, реконструкции, а также капитальному и среднему ремонту автомобильных дорог областного и районного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z502" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       435) утверждение правил прекращения или временного ограничения движения транспортных средств по дорогам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z503" w:id="554"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z503" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       436) формирование и реализация единой государственной и научно-технической политики в сфере автомобильных дорог и дорожной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z504" w:id="555"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z504" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       437) координация и проведение на территории Республики Казахстан единой государственной политики в области автомобильных дорог и дорожной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z505" w:id="556"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z505" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       438) организация проектирования и строительства зданий и сооружений пограничных отделов (отделений) Пограничной службы Комитета национальной безопасности Республики Казахстан, а также автомобильных пунктов пропуска через Государственную границу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z506" w:id="557"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z506" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       439) внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по внесению изменений и дополнений в реестр профессий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z507" w:id="558"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z507" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       440) выработка предложений по разработке и (или) актуализации профессиональных стандартов и направление их в уполномоченный орган в области признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z508" w:id="559"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z508" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       441) формирование потребности рынка труда в признании профессиональных квалификаций с учетом актуальности профессий в текущем и будущем периодах по согласованию с местными исполнительными органами областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z509" w:id="560"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z509" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       442) внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по условиям признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z510" w:id="561"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z510" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       443) разработка и утверждение положения об отраслевых советах по профессиональным квалификациям на основе типового положения об отраслевых советах по профессиональным квалификациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z511" w:id="562"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z511" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       444) разработка и (или) актуализация отраслевых рамок квалификаций в регулируемых отраслях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z512" w:id="563"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z512" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       445) разработка и (или) актуализация, утверждение профессиональных стандартов в регулируемых отраслях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z513" w:id="564"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z861" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445-1) участие в разработке предложений и реализации государственной политики в области научной и (или) научно-технической деятельности, научно-технологической политики в области науки и коммерциализации результатов научной и (или) научно-технической деятельности, координации работы по проведению научных исследований в соответствующей отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z862" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445-2) участие в формировании приоритетных направлений фундаментальных и (или) прикладных научных исследований в соответствующей отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z863" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445-3) создание научно-технического совета и утверждение его положения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z864" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445-4) организация разработки научных, научно-технических проектов и программ, финансируемых за счет бюджетных средств, и осуществление их реализации в соответствующей отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z865" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445-5) утверждение отчетов по выполненным научным, научно-техническим проектам и программам в соответствующей отрасли, финансируемым за счет бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z866" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445-6) внесение в уполномоченный орган в области науки предложений по кандидатурам для включения в составы национальных научных советов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z867" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445-7) внесение в уполномоченный орган в области науки предложений по формированию перечней субъектов базового финансирования и научных организаций, осуществляющих фундаментальные научные исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z868" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445-8) участие в разработке правил финансирования науки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z869" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445-9) осуществление мониторинга реализации программ содействия коммерциализации результатов научной и (или) научно-технической деятельности в соответствующей отрасли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z870" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445-10) участие в разработке правил организации и проведения государственной научно-технической экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z871" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      445-11) участие в разработке положения о национальных научных советах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z513" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       446) установление цен на товары (работы, услуги), производимые и (или) реализуемые субъектами государственной монополии и специального права, по согласованию с антимонопольным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z514" w:id="565"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z514" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       447) осуществление иных полномочий, предусмотренных законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkEnd w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12390,1355 +14376,1395 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 08.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 519</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">; от 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 805</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z515" w:id="566"/>
+    <w:bookmarkStart w:name="z515" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z516" w:id="567"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z516" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z517" w:id="568"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z517" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z518" w:id="569"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z518" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель имеет заместителей (вице-министров), которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z519" w:id="570"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z519" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Министерства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z520" w:id="571"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z520" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вырабатывает предложения по формированию государственной политики в регулируемой сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z521" w:id="572"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z521" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет полномочия своих заместителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z522" w:id="573"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z522" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) возлагает на одного из вице-министров полномочия по подписанию документов, адресованных руководству Правительства и Руководителю Канцелярии Премьер-Министра Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z523" w:id="574"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z523" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) по согласованию с руководителем аппарата назначает на должности и освобождает от должностей заместителей руководителей ведомств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z524" w:id="575"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z524" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) отменяет или приостанавливает полностью или в части действие актов ведомств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z525" w:id="576"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z525" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) представляет Министерство в Парламенте Республики Казахстан, государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z526" w:id="577"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z526" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) утверждает регламент работы Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z527" w:id="578"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z527" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) согласовывает и визирует проекты нормативных правовых актов, поступивших на согласование в Министерство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z528" w:id="579"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z528" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) принимает меры по противодействию коррупции в Министерстве и несет за это персональную ответственность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z529" w:id="580"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z529" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осуществляет иные полномочия в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z530" w:id="581"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z530" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий Министра в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z531" w:id="582"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z531" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z532" w:id="583"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z532" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Аппарат Министерства возглавляется руководителем аппарата, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z533" w:id="584"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z533" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z534" w:id="585"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z534" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z535" w:id="586"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z535" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z536" w:id="587"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z536" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z537" w:id="588"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z537" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z538" w:id="589"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z538" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z539" w:id="590"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z539" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z540" w:id="591"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z540" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkEnd w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменением, внесенным постановлением Правительства РК от 22.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 663</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z541" w:id="592"/>
+    <w:bookmarkStart w:name="z541" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Министерство:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z542" w:id="593"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z542" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Международный аэропорт Нурсултан Назарбаев".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z543" w:id="594"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z543" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитет автомобильных дорог Министерства транспорта Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z544" w:id="595"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z544" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерные общества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z545" w:id="596"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z545" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) акционерное общество "Национальная компания "КазАвтоЖол";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z546" w:id="597"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z546" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)акционерное общество "Казахстанский дорожный научно-исследовательский институт";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z547" w:id="598"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z547" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z548" w:id="599"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z548" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр качества дорожных активов" Комитета автомобильных дорог Министерства транспорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z549" w:id="600"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z549" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитет гражданской авиации Министерства транспорта Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z550" w:id="601"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z550" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Авиационная администрация Казахстана";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z551" w:id="602"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z551" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z552" w:id="603"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z552" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие на праве хозяйственного ведения "Казаэронавигация" Комитета гражданской авиации Министерства транспорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z553" w:id="604"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z553" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Комитет железнодорожного и водного транспорта Министерства транспорта Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z554" w:id="605"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z554" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное казенное предприятие "Қазақстан су жолдары" Комитета железнодорожного и водного транспорта Министерства транспорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z777" w:id="606"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z777" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       товарищество с ограниченной ответственностью "Объединенная вагонно-лизинговая компания".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z555" w:id="607"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z555" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений, находящихся в ведении Министерства и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z556" w:id="608"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z556" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Комитет автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z557" w:id="609"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z557" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) республиканское государственное учреждение "Инспекция транспортного контроля по области Абай Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z558" w:id="610"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z558" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) республиканское государственное учреждение "Инспекция транспортного контроля по Акмолинской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z559" w:id="611"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z559" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) республиканское государственное учреждение "Инспекция транспортного контроля по Актюбинской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z560" w:id="612"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z560" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) республиканское государственное учреждение "Инспекция транспортного контроля по городу Алматы Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z561" w:id="613"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z561" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) республиканское государственное учреждение "Инспекция транспортного контроля по Алматинской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z562" w:id="614"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z562" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) республиканское государственное учреждение "Инспекция транспортного контроля по городу Астане Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z563" w:id="615"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z563" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) республиканское государственное учреждение "Инспекция транспортного контроля по Атырауской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z564" w:id="616"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z564" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) республиканское государственное учреждение "Инспекция транспортного контроля по Западно-Казахстанской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z565" w:id="617"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z565" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) республиканское государственное учреждение "Инспекция транспортного контроля по Жамбылской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z566" w:id="618"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z566" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) республиканское государственное учреждение "Инспекция транспортного контроля по области Жетісу Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z567" w:id="619"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z567" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) республиканское государственное учреждение "Инспекция транспортного контроля по Карагандинской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z568" w:id="620"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z568" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) республиканское государственное учреждение "Инспекция транспортного контроля по Костанайской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z569" w:id="621"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z569" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) республиканское государственное учреждение "Инспекция транспортного контроля по Кызылординской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z570" w:id="622"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z570" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) республиканское государственное учреждение "Инспекция транспортного контроля по Мангистауской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z571" w:id="623"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z571" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) республиканское государственное учреждение "Инспекция транспортного контроля по Павлодарской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z572" w:id="624"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z572" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) республиканское государственное учреждение "Инспекция транспортного контроля по Северо-Казахстанской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z573" w:id="625"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z573" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) республиканское государственное учреждение "Инспекция транспортного контроля по Туркестанской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z574" w:id="626"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z574" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) республиканское государственное учреждение "Инспекция транспортного контроля по области Ұлытау Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z575" w:id="627"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z575" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) республиканское государственное учреждение "Инспекция транспортного контроля по Восточно-Казахстанской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z576" w:id="628"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z576" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) республиканское государственное учреждение "Инспекция транспортного контроля по городу Шымкент Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkEnd w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13865,90 +15891,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z711" w:id="629"/>
+    <w:bookmarkStart w:name="z711" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитет железнодорожного и водного транспорта Министерства транспорта Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z712" w:id="630"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z712" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное учреждение "Морская администрация портов Республики Казахстан" Комитета железнодорожного и водного транспорта Министерства транспорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkEnd w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14089,148 +16115,148 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 октября 2023 года № 862</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z582" w:id="631"/>
+    <w:bookmarkStart w:name="z582" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Изменения и дополнения, которые вносятся в некоторые решения Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z583" w:id="632"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z583" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> Правительства Республики Казахстан от 27 мая 1999 года № 659 "О передаче прав по владению и пользованию государственными пакетами акций и государственными долями в организациях, находящихся в республиканской собственности":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z584" w:id="633"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z584" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных пакетов акций и государственных долей участия в организациях республиканской собственности, право владения и пользования, которыми передается отраслевым министерствам и иным государственным органам, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkEnd w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14243,570 +16269,570 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>раздел</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Министерству индустрии и инфраструктурного развития Республики Казахстан" исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z586" w:id="634"/>
+    <w:bookmarkStart w:name="z586" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить разделами следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z587" w:id="635"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z587" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Министерству транспорта Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z588" w:id="636"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z588" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       409. Акционерное общество "Международный аэропорт Нурсултан Назарбаев".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z589" w:id="637"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z589" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитету автомобильных дорог Министерства транспорта Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z590" w:id="638"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z590" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       409-1. Акционерное общество "Национальная компания "КазАвтоЖол".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z591" w:id="639"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z591" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       409-2. Акционерное общество "Казахстанский дорожный научно-исследовательский институт".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z592" w:id="640"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z592" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитету гражданской авиации Министерства транспорта Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z593" w:id="641"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z593" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       409-3. Акционерное общество "Авиационная администрация Казахстана".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z594" w:id="642"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z594" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерству промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z595" w:id="643"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z595" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410. Акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z596" w:id="644"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z596" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410-1. Акционерное общество "Национальная компания "Казахстан инжиниринг" (KazakhstanEngineering)".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z597" w:id="645"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z597" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410-2. Акционерное общество "Управляющая компания специальной экономической зоны "Химический парк Тараз".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z598" w:id="646"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z598" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитету промышленности Министерства промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z599" w:id="647"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z599" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410-3. Акционерное общество "Институт развития электроэнергетики и энергосбережения (Казахэнергоэкспертиза)".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z600" w:id="648"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z600" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410-4. Товарищество с ограниченной ответственностью "Научно-производственный центр агроинженерии".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z601" w:id="649"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z601" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитету по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z602" w:id="650"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z602" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410-5. Акционерное общество "Казахский научно-исследовательский и проектный институт строительства и архитектуры".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z603" w:id="651"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z603" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410-6. Акционерное общество "Казахстанский центр модернизации и развития жилищно-коммунального хозяйства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z604" w:id="652"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z604" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитету геологии Министерства промышленности и строительства Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z605" w:id="653"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z605" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410-7. Акционерное общество "Национальная геологическая служба".".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z606" w:id="654"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z606" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 16 июля 2002 года № 784 "О порядке решения кадровых вопросов по должностным лицам, назначаемым Правительством Республики Казахстан, Премьер-Министром Республики Казахстан, по согласованию с ним или по его представлению":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z607" w:id="655"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z607" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> должностей политических государственных служащих и иных должностных лиц, назначаемых Правительством Республики Казахстан, Премьер-Министром Республики Казахстан, по согласованию с ним или по его представлению, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z608" w:id="656"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z608" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z609" w:id="657"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z609" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkEnd w:id="751"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -14934,110 +16960,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Премьер-Министром или по его поручению с Руководителем Аппарата Правительства, Руководителем Администрации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z610" w:id="658"/>
+    <w:bookmarkStart w:name="z610" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z611" w:id="659"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z611" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z612" w:id="660"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z612" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkEnd w:id="754"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -15165,170 +17191,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Премьер-Министром или по его поручению с Руководителем Аппарата Правительства, Руководителем Администрации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z613" w:id="661"/>
+    <w:bookmarkStart w:name="z613" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z614" w:id="662"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z614" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 апреля 2008 года № 339 "Об утверждении лимитов штатной численности министерств и иных центральных исполнительных органов с учетом численности их территориальных органов и подведомственных им государственных учреждений":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z615" w:id="663"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z615" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в лимитах штатной численности министерств и иных центральных исполнительных органов с учетом численности их территориальных органов и подведомственных им государственных учреждений, утвержденных указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z616" w:id="664"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z616" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Для служебного пользования".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z617" w:id="665"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z617" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkEnd w:id="759"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15407,566 +17433,566 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 октября 2023 года № 862</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z619" w:id="666"/>
+    <w:bookmarkStart w:name="z619" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень республиканских государственных юридических лиц в отношении которых уполномоченными органами по руководству соответствующей отраслью (сферой) государственного управления определяются ведомства Министерства транспорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkEnd w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлением Правительства РК от 19.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 204</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z620" w:id="667"/>
+    <w:bookmarkStart w:name="z620" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Комитету автомобильных дорог Министерства транспорта Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z621" w:id="668"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z621" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр качества дорожных активов" Комитета автомобильных дорог Министерства транспорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z622" w:id="669"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z622" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z623" w:id="670"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z623" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) республиканское государственное учреждение "Инспекция транспортного контроля по области Абай Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z624" w:id="671"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z624" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) республиканское государственное учреждение "Инспекция транспортного контроля по Акмолинской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z625" w:id="672"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z625" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) республиканское государственное учреждение "Инспекция транспортного контроля по Актюбинской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z626" w:id="673"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z626" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) республиканское государственное учреждение "Инспекция транспортного контроля по городу Алматы Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z627" w:id="674"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z627" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) республиканское государственное учреждение "Инспекция транспортного контроля по Алматинской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z628" w:id="675"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z628" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) республиканское государственное учреждение "Инспекция транспортного контроля по городу Астане Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z629" w:id="676"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z629" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) республиканское государственное учреждение "Инспекция транспортного контроля по Атырауской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z630" w:id="677"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z630" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) республиканское государственное учреждение "Инспекция транспортного контроля по Западно-Казахстанской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z631" w:id="678"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z631" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) республиканское государственное учреждение "Инспекция транспортного контроля по Жамбылской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z632" w:id="679"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z632" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) республиканское государственное учреждение "Инспекция транспортного контроля по области Жетісу Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z633" w:id="680"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z633" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) республиканское государственное учреждение "Инспекция транспортного контроля по Карагандинской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z634" w:id="681"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z634" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) республиканское государственное учреждение "Инспекция транспортного контроля по Костанайской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z635" w:id="682"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z635" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) республиканское государственное учреждение "Инспекция транспортного контроля по Кызылординской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z636" w:id="683"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z636" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) республиканское государственное учреждение "Инспекция транспортного контроля по Мангистауской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z637" w:id="684"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z637" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) республиканское государственное учреждение "Инспекция транспортного контроля по Павлодарской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z638" w:id="685"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z638" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) республиканское государственное учреждение "Инспекция транспортного контроля по Северо-Казахстанской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z639" w:id="686"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z639" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) республиканское государственное учреждение "Инспекция транспортного контроля по Туркестанской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z640" w:id="687"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z640" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) республиканское государственное учреждение "Инспекция транспортного контроля по области Ұлытау Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z641" w:id="688"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z641" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) республиканское государственное учреждение "Инспекция транспортного контроля по Восточно-Казахстанской области Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z642" w:id="689"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z642" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) республиканское государственное учреждение "Инспекция транспортного контроля по городу Шымкент Комитета автомобильного транспорта и транспортного контроля Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkEnd w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15995,90 +18021,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z644" w:id="690"/>
+    <w:bookmarkStart w:name="z644" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Комитету гражданской авиации Министерства транспорта Республики Казахстан: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z645" w:id="691"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z645" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) республиканское государственное предприятие на праве хозяйственного ведения "Казаэронавигация" Комитета гражданской авиации Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkEnd w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16107,110 +18133,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z647" w:id="692"/>
+    <w:bookmarkStart w:name="z647" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Комитету железнодорожного и водного транспорта Министерства транспорта Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z713" w:id="693"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z713" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) республиканское государственное казенное предприятие "Қазақстан су жолдары" Комитета железнодорожного и водного транспорта Министерства транспорта Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z714" w:id="694"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z714" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) республиканское государственное учреждение "Морская администрация портов Республики Казахстан" Комитета железнодорожного и водного транспорта Министерства транспорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkEnd w:id="788"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16289,2008 +18315,2008 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 октября 2023 года № 862</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z651" w:id="695"/>
+    <w:bookmarkStart w:name="z651" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z652" w:id="696"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z652" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z653" w:id="697"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z653" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 19 марта 2019 года № 131 "О реорганизации некоторых республиканских государственных учреждений, республиканских государственных казенных предприятий и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z654" w:id="698"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z654" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 26 марта 2019 года № 135 "О принятии акций акционерного общества "Управляющая компания специальной экономической зоны "Химический парк Тараз" из частной собственности в республиканскую собственность по договору дарения".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z655" w:id="699"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z655" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 19 апреля 2019 года № 215 "О некоторых вопросах акционерного общества "Казахстанский институт развития индустрии".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z656" w:id="700"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z656" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 постановления Правительства Республики Казахстан от 4 мая 2019 года № 249 "О некоторых вопросах акционерного общества "Международный аэропорт Астана".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z657" w:id="701"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z657" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 4 мая 2019 года № 251 "О внесении изменений и дополнений в постановления Правительства Республики Казахстан от 24 сентября 2014 года № 1011 "Вопросы Министерства национальной экономики Республики Казахстан" и от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z658" w:id="702"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z658" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 5 июля 2019 года № 479 "Вопросы Министерства экологии и природных ресурсов Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z659" w:id="703"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z659" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 10 июля 2019 года № 497 "О мерах по реализации Указов Президента Республики Казахстан от 17 июня 2019 года № 17 и от 1 июля 2019 года № 46 "О мерах по дальнейшему совершенствованию системы государственного управления Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z660" w:id="704"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z660" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 12 июля 2019 года № 501 "О мерах по реализации Указа Президента Республики Казахстан от 17 июня 2019 года № 24 "О мерах по дальнейшему совершенствованию системы государственного управления Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z661" w:id="705"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z661" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 29 июля 2019 года № 546 "О переименовании акционерного общества "Казахстанский центр индустрии и экспорта" в акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z662" w:id="706"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z662" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 31 июля 2019 года № 561 "О переименовании некоторых республиканских государственных учреждений и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z663" w:id="707"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z663" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 постановления Правительства Республики Казахстан от 17 октября 2019 года № 773 "О некоторых вопросах акционерного общества "Национальная компания "Казахстан инжиниринг" (Kazakhstan Engineering)".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z664" w:id="708"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z664" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 24 октября 2019 года № 797 "Об образовании Комитета государственного оборонного заказа Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в постановление Правительства Республики Казахстан от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z665" w:id="709"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z665" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 постановления Правительства Республики Казахстан от 27 ноября 2019 года № 887 "О некоторых вопросах акционерного общества "Центр военно-стратегических исследований".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z666" w:id="710"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z666" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 17 февраля 2020 года № 64 "О некоторых вопросах республиканского государственного предприятия на праве хозяйственного ведения "Қазарнаулыэкспорт (Казспецэкспорт)" Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнения в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z667" w:id="711"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z667" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 постановления Правительства Республики Казахстан от 7 апреля 2020 года № 180 "Об определении уполномоченного органа по заключению специальных инвестиционных контрактов и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z668" w:id="712"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z668" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 29 апреля 2020 года № 255 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z669" w:id="713"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z669" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 постановления Правительства Республики Казахстан от 14 мая 2020 года № 297 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z670" w:id="714"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z670" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 1 июля 2020 года № 418 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z671" w:id="715"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z671" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 10 июля 2020 года № 436 "О некоторых вопросах акционерного общества "Международный аэропорт Астана".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z672" w:id="716"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z672" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 24 сентября 2020 года № 611 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z673" w:id="717"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z673" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 23 октября 2020 года № 701 "Вопросы Министерства по чрезвычайным ситуациям Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z674" w:id="718"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z674" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 18 марта 2021 года № 145 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z675" w:id="719"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z675" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 30 марта 2021 года № 175 "О некоторых вопросах акционерного общества "Национальный управляющий холдинг "Байтерек".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z676" w:id="720"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z676" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 15 апреля 2021 года № 245 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z677" w:id="721"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z677" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 24 апреля 2021 года № 266 "О внесении дополнений в постановление Правительства Республики Казахстан от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z678" w:id="722"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z678" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 14 августа 2021 года № 559 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z679" w:id="723"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z679" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 24 августа 2021 года № 580 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z680" w:id="724"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z680" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменения и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 30 сентября 2021 года № 694 "О внесении изменения и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z681" w:id="725"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z681" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 6 октября 2021 года № 715 "О некоторых вопросах республиканского государственного предприятия на праве хозяйственного ведения "Национальный центр качества дорожных активов" Комитета автомобильных дорог Министерства индустрии и инфраструктурного развития Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z682" w:id="726"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z682" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 7 декабря 2021 года № 868 "О внесений изменений и дополнений в постановления Правительства Республики Казахстан от 17 февраля 2017 года № 71 "О некоторых вопросах министерств здравоохранения и национальной экономики Республики Казахстан" и от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z683" w:id="727"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z683" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, в реализацию пунктов 1, 3, 4, 5 и 6 постановления Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 20 декабря 2021 года № 910 "О вопросах создания акционерного общества "Национальный холдинг "QazBioPharm".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z684" w:id="728"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z684" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 января 2022 года № 31 "О внесении дополнения в постановление Правительства Республики Казахстан от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z685" w:id="729"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z685" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 июня 2022 года № 440 "О внесении изменений в постановление Правительства Республики Казахстан от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z686" w:id="730"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z686" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 19 августа 2022 года № 581 "Некоторые вопросы Министерства просвещения Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z687" w:id="731"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z687" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 8 сентября 2022 года № 670 "О некоторых вопросах республиканской собственности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z688" w:id="732"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z688" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 постановления Правительства Республики Казахстан от 5 октября 2022 года № 792 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z689" w:id="733"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z689" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 14 октября 2022 года № 825 "О внесении изменений в постановление Правительства Республики Казахстан от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z690" w:id="734"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z690" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 19 октября 2022 года № 834 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z691" w:id="735"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z691" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 26 октября 2022 года № 850 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z692" w:id="736"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z692" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 7 декабря 2022 года № 992 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 29 декабря 2018 года № 936 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z693" w:id="737"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z693" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 26 декабря 2022 года № 1061 "О принятии доли участия в уставном капитале товарищества с ограниченной ответственностью "Научно-производственный центр агроинженерии" из частной собственности в республиканскую собственность по договору дарения".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z694" w:id="738"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z694" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 30 декабря 2022 года № 1111 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z695" w:id="739"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z695" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 20 января 2023 года № 28 "О некоторых вопросах по реализации Указа Президента Республики Казахстан от 2 января 2023 года № 80 "О мерах по дальнейшему совершенствованию системы государственного управления Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z696" w:id="740"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z696" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 11 мая 2023 года № 361 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z697" w:id="741"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z697" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 12 мая 2023 года № 362 "О некоторых вопросах предоставления исключительного права на экспорт отдельных видов удобрений".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z698" w:id="742"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z698" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 28 августа 2023 года № 726 "О некоторых вопросах Министерства индустрии и инфраструктурного развития Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z699" w:id="743"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z699" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 4 сентября 2023 года № 764 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z700" w:id="744"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z700" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkEnd w:id="838"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18369,222 +20395,222 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 октября 2023 года № 862</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z702" w:id="745"/>
+    <w:bookmarkStart w:name="z702" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень акционерных обществ, права владения и пользования государственными пакетами акций и долями участия которых передаются Министерству транспорта Республики Казахстан и его ведомствам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z703" w:id="746"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z703" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министерству транспорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z704" w:id="747"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z704" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерное общество "Международный аэропорт Нурсултан Назарбаев".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z705" w:id="748"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z705" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитету автомобильных дорог Министерства транспорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z706" w:id="749"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z706" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерное общество "Национальная компания "КазАвтоЖол";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z707" w:id="750"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z707" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Казахстанский дорожный научно-исследовательский институт".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z708" w:id="751"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z708" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитету гражданской авиации Министерства транспорта Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z709" w:id="752"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z709" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерное общество "Авиационная администрация Казахстана".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z710" w:id="753"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z710" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkEnd w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>