--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9b66ec7" w14:textId="9b66ec7">
+    <w:p w14:paraId="6a05f7d" w14:textId="6a05f7d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1473,112 +1473,188 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 7 предусматривается в редакции постановления Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При осуществлении обязательных пенсионных взносов работодателя не учитываются виды выплат и доходов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z152" w:id="28"/>
+    <w:bookmarkStart w:name="z152" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 319 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (далее – Налоговый кодекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z153" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z153" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1593,52 +1669,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 330 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z154" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z154" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1713,944 +1789,944 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>47)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 341 Налогового кодекса (в части утраченного заработка (дохода);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z155" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z155" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) полученных в натуральной форме или виде материальной выгоды лицами с инвалидностью и иными лицами, указанными в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункте 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 346 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции постановления Правительства РК от 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 636</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок и сроки перечисления обязательных пенсионных взносов работодателя в ЕНПФ</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Перечисление обязательных пенсионных взносов работодателя в ЕНПФ производится агентом путем безналичных платежей, если иное не предусмотрено частью второй настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...118 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, занимающиеся частной практикой, индивидуальные предприниматели, не имеющие счетов в банках и организациях, осуществляющих отдельные виды банковских операций (далее – банки), вносят обязательные пенсионные взносы работодателя в ЕНПФ наличными деньгами в банк для их последующего перечисления в порядке, определенном пунктом 10 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оплата обязательных пенсионных взносов работодателя наличными деньгами либо безналичным способом через банки осуществляется в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Исчисленные обязательные пенсионные взносы работодателя перечисляются в Государственную корпорацию не позднее 25 числа месяца, следующего за месяцем выплаты доходов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
-[...15 lines deleted...]
-      9. Исчисленные обязательные пенсионные взносы работодателя перечисляются в Государственную корпорацию не позднее 25 числа месяца, следующего за месяцем выплаты доходов.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для плательщиков, применяющих специальные налоговые режимы, исчисленные обязательные пенсионные взносы работодателя перечисляются в срок, предусмотренный налоговым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
-[...15 lines deleted...]
-      Для плательщиков, применяющих специальные налоговые режимы, исчисленные обязательные пенсионные взносы работодателя перечисляются в срок, предусмотренный налоговым законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 9 предусмотрено дополнить частью третьей в соответствии с постановлением Правительства РК от 08.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Перечисление обязательных пенсионных взносов работодателя осуществляется агентами через банки в Государственную корпорацию для последующего перечисления на условные пенсионные счета в ЕНПФ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:p>
-[...105 lines deleted...]
-    <w:bookmarkStart w:name="z149" w:id="38"/>
+    <w:bookmarkStart w:name="z149" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Обязательные пенсионные взносы работодателя перечисляются сводным платежным поручением за каждый месяц отдельно в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осуществления безналичных платежей и (или) переводов денег на территории Республики Казахстан, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 208 (зарегистрирован в реестре государственной регистрации нормативных правовых актов за № 107861) (далее – Правила осуществления безналичных платежей), форматами сообщений, утвержденными оператором или операционным центром платежных систем, а также с указанием в платежных документах реквизитов Государственной корпорации и физических лиц, в чью пользу перечисляются взносы (индивидуальный идентификационный номер (далее – ИИН), фамилия, имя, отчество (при его наличии), суммы взносов и периода (месяц и год в формате "ММГГГГ"), за который уплачиваются взносы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z150" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несвоевременного перечисления агентами обязательных пенсионных взносов работодателя перечисление производится за каждый месяц отдельно с формированием сводного платежного поручения в порядке, установленном абзацем первым настоящего пункта настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z150" w:id="39"/>
-[...15 lines deleted...]
-      В случае несвоевременного перечисления агентами обязательных пенсионных взносов работодателя перечисление производится за каждый месяц отдельно с формированием сводного платежного поручения в порядке, установленном абзацем первым настоящего пункта настоящих Правил.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Лица, занимающиеся частной практикой, а также индивидуальные предприниматели, перечисляя суммы обязательных пенсионных взносов работодателя в свою пользу и пользу лиц, за которых производятся обязательные пенсионные взносы работодателя, формируют сводные платежные документы с указанием реквизитов Государственной корпорации и физических лиц в порядке, установленном в пункте 10 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="40"/>
-[...15 lines deleted...]
-      11. Лица, занимающиеся частной практикой, а также индивидуальные предприниматели, перечисляя суммы обязательных пенсионных взносов работодателя в свою пользу и пользу лиц, за которых производятся обязательные пенсионные взносы работодателя, формируют сводные платежные документы с указанием реквизитов Государственной корпорации и физических лиц в порядке, установленном в пункте 10 настоящих Правил.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Суммы обязательных пенсионных взносов работодателя, поступившие на счет Государственной корпорации, в течение 3 (три) рабочих дней перечисляются в ЕНПФ электронными платежными поручениями в порядке, определенном Правилами осуществления безналичных платежей, форматами сообщений, утвержденными оператором или операционным центром платежных систем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация по физическим лицам, в чью пользу перечисляются обязательные пенсионные взносы работодателя согласно платежным поручениям, указанным в части первой настоящего пункта, направляется Государственной корпорацией в ЕНПФ в порядке, установленном соглашением, заключенным между ЕНПФ и Государственной корпорацией (далее – соглашение).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="41"/>
-[...35 lines deleted...]
-      Информация по физическим лицам, в чью пользу перечисляются обязательные пенсионные взносы работодателя согласно платежным поручениям, указанным в части первой настоящего пункта, направляется Государственной корпорацией в ЕНПФ в порядке, установленном соглашением, заключенным между ЕНПФ и Государственной корпорацией (далее – соглашение).</w:t>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В случаях отсутствия ИИН работника, указанного в сводном платежном поручении, и (или) допущения агентом ошибок в реквизитах физического лица суммы обязательных пенсионных взносов работодателя возвращаются Государственной корпорацией в течение 3 (три) рабочих дней на счет агента с указанием причины возврата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="43"/>
-[...15 lines deleted...]
-      13. В случаях отсутствия ИИН работника, указанного в сводном платежном поручении, и (или) допущения агентом ошибок в реквизитах физического лица суммы обязательных пенсионных взносов работодателя возвращаются Государственной корпорацией в течение 3 (три) рабочих дней на счет агента с указанием причины возврата.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Физическое лицо, обнаружив отсутствие отдельных сумм уплаченных обязательных пенсионных взносов работодателя и (или) пени при получении пенсионных выплат или сведений о суммах пенсионных накоплений на условном пенсионном счете, устно уведомляет агента, в том числе бухгалтерию, об обнаружении ошибок и представлении ему копий платежных документов о перечислении обязательных пенсионных взносов работодателя и (или) пени в Государственную корпорацию за любое время и прилагает платежный документ с информацией по данному вкладчику (фамилия, имя, отчество (при его наличии), сумме взносов и периоду (месяц и год в формате "ММГГГГ") для получения соответствующих сведений и принятия мер к исправлению допущенных ошибок.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="44"/>
-[...15 lines deleted...]
-      14. Физическое лицо, обнаружив отсутствие отдельных сумм уплаченных обязательных пенсионных взносов работодателя и (или) пени при получении пенсионных выплат или сведений о суммах пенсионных накоплений на условном пенсионном счете, устно уведомляет агента, в том числе бухгалтерию, об обнаружении ошибок и представлении ему копий платежных документов о перечислении обязательных пенсионных взносов работодателя и (или) пени в Государственную корпорацию за любое время и прилагает платежный документ с информацией по данному вкладчику (фамилия, имя, отчество (при его наличии), сумме взносов и периоду (месяц и год в формате "ММГГГГ") для получения соответствующих сведений и принятия мер к исправлению допущенных ошибок.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В случаях ликвидации агента в установленном законодательством порядке или окончания ликвидационного процесса физическое лицо обращается в государственные архивные учреждения по месту нахождения агента, а в ходе ликвидационного производства в ликвидационную комиссию, которые представляют ему заверенные копии платежных документов. Полученные копии платежных документов физическое лицо направляет с заявлением в Государственную корпорацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:p>
-[...77 lines deleted...]
-      15. В случаях ликвидации агента в установленном законодательством порядке или окончания ликвидационного процесса физическое лицо обращается в государственные архивные учреждения по месту нахождения агента, а в ходе ликвидационного производства в ликвидационную комиссию, которые представляют ему заверенные копии платежных документов. Полученные копии платежных документов физическое лицо направляет с заявлением в Государственную корпорацию.</w:t>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В случаях обнаружения агентом ошибок или получения им устного сообщения от физического лица об обнаружении ошибок, допущенных при исчислении (начислении), перечислении сумм обязательных пенсионных взносов работодателя и (или) пени, ошибки корректируются агентом путем регулирования последующих перечислений обязательных пенсионных взносов работодателя и (или) пени не позднее месяца, следующего за месяцем, в котором была обнаружена ошибка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z58" w:id="46"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При невозможности корректировки ошибок путем регулирования последующих перечислений обязательных пенсионных взносов работодателя и (или) пени агент обращается в Государственную корпорацию с заявлением о возврате ошибочно перечисленных обязательных пенсионных взносов работодателя и (или) пени по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2665,1595 +2741,2235 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. К заявлению о возврате ошибочно перечисленных обязательных пенсионных взносов работодателя и (или) пени прилагается нотариально заверенное заявление физического лица о согласии списания с его условного пенсионного счета ошибочно зачисленных сумм по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление подписывается главным бухгалтером. Если должность главного бухгалтера не предусмотрена, заявление на возврат подписывается руководителем.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z60" w:id="48"/>
-[...15 lines deleted...]
-      Заявление подписывается главным бухгалтером. Если должность главного бухгалтера не предусмотрена, заявление на возврат подписывается руководителем.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В случае допущения ошибок по вине банка банк направляет в Государственную корпорацию письмо с заявлением о возврате ошибочно перечисленных сумм.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z61" w:id="49"/>
-[...15 lines deleted...]
-      17. В случае допущения ошибок по вине банка банк направляет в Государственную корпорацию письмо с заявлением о возврате ошибочно перечисленных сумм.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В заявлении на возврат ошибочно перечисленных сумм по вине банка указываются: наименование, БИН, ИИК, БИК, референсы ошибочно отправленных платежных документов и причина возврата. Письмо и заявление представляются за подписью уполномоченных лиц банка с приложением копии документа, подтверждающего полномочия данных лиц на подписание писем и заявлений на возврат ошибочного указания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z62" w:id="50"/>
-[...15 lines deleted...]
-      В заявлении на возврат ошибочно перечисленных сумм по вине банка указываются: наименование, БИН, ИИК, БИК, референсы ошибочно отправленных платежных документов и причина возврата. Письмо и заявление представляются за подписью уполномоченных лиц банка с приложением копии документа, подтверждающего полномочия данных лиц на подписание писем и заявлений на возврат ошибочного указания.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. На основании полученных от агентов и банков документов на возврат ошибочно перечисленных обязательных пенсионных взносов работодателя и (или) пени Государственная корпорация в течение 5 (пять) рабочих дней после проверки фактов поступления указанных пенсионных взносов и отсутствия ранее осуществленных возвратов по ним формирует заявку в электронном виде на возврат ошибочно зачисленных сумм обязательных пенсионных взносов работодателя и (или) пени.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z63" w:id="51"/>
-[...15 lines deleted...]
-      18. На основании полученных от агентов и банков документов на возврат ошибочно перечисленных обязательных пенсионных взносов работодателя и (или) пени Государственная корпорация в течение 5 (пять) рабочих дней после проверки фактов поступления указанных пенсионных взносов и отсутствия ранее осуществленных возвратов по ним формирует заявку в электронном виде на возврат ошибочно зачисленных сумм обязательных пенсионных взносов работодателя и (или) пени.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В заявке в электронном виде указываются реквизиты физического лица: фамилия, имя, отчество (при его наличии), ИИН, суммы обязательных пенсионных взносов работодателя и (или) пени, подлежащие возврату, причина возврата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z64" w:id="52"/>
-[...15 lines deleted...]
-      В заявке в электронном виде указываются реквизиты физического лица: фамилия, имя, отчество (при его наличии), ИИН, суммы обязательных пенсионных взносов работодателя и (или) пени, подлежащие возврату, причина возврата.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявка в электронном виде направляется в ЕНПФ в соответствии с соглашением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z82" w:id="53"/>
-[...15 lines deleted...]
-      Заявка в электронном виде направляется в ЕНПФ в соответствии с соглашением.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. ЕНПФ, получив из Государственной корпорации заявку в электронном виде на возврат ошибочно зачисленных сумм обязательных пенсионных взносов работодателя и (или) пени, в течение 5 (пять) рабочих дней со дня ее получения осуществляет возврат ошибочно зачисленных сумм обязательных пенсионных взносов работодателя и (или) пени в Государственную корпорацию с указанием номера и даты заявки Государственной корпорации либо направляет в Государственную корпорацию уведомление об отказе в возврате по причинам, указанным в соглашении, заключенном между ЕНПФ и Государственной корпорацией.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции постановления Правительства РК от 08.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Возврат ЕНПФ ошибочно зачисленных сумм обязательных пенсионных взносов работодателя и (или) пени производится сводным платежным поручением с указанием реквизитов физических лиц на банковский счет Государственной корпорации по номинальной сумме фактически внесенных в ЕНПФ обязательных пенсионных взносов работодателя и (или) пени, указанной в заявке Государственной корпорации, в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 749</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="54"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственная корпорация в течение 3 (три) рабочих дней со дня поступления от ЕНПФ ошибочно зачисленных сумм обязательных пенсионных взносов работодателя и (или) пени производит их перечисление сводным платежным поручением с указанием реквизитов физических лиц, указанных в заявлении агента.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции постановления Правительства РК от 08.11.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="55"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Со дня поступления от Государственной корпорации ошибочно перечисленных сумм обязательных пенсионных взносов работодателя и (или) пени банк в течение 3 (три) рабочих дней уведомляет агента о возврате обязательных пенсионных взносов работодателя и (или) пени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...150 lines deleted...]
-      22. Со дня поступления от Государственной корпорации ошибочно перечисленных сумм обязательных пенсионных взносов работодателя и (или) пени банк в течение 3 (три) рабочих дней уведомляет агента о возврате обязательных пенсионных взносов работодателя и (или) пени.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок взыскания задолженности при несвоевременном перечислении обязательных пенсионных взносов работодателя</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z70" w:id="58"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 4. Порядок взыскания задолженности при несвоевременном перечислении обязательных пенсионных взносов работодателя</w:t>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Своевременно не удержанные (не начисленные) и (или) не перечисленные агентом суммы обязательных пенсионных взносов работодателя при условии фактической выплаты и получения работником дохода взыскиваются органами государственных доходов или подлежат перечислению агентами в пользу работников, в пользу которых уплачиваются обязательные пенсионные взносы работодателя, с начисленной пеней в размере 1,25-кратной базовой ставки Национального Банка Республики Казахстан за каждый день просрочки (включая день оплаты в Государственную корпорацию).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z71" w:id="59"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Уплата пени за несвоевременное начисление и перечисление обязательных пенсионных взносов работодателя производится агентами на банковский счет Государственной корпорации с указанием кода назначения платежа, определяемого </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> применения кодов секторов экономики и назначения платежей, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 203 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 14365), для последующего перечисления Государственной корпорацией в ЕНПФ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Уплата пени за несвоевременное перечисление обязательных пенсионных взносов работодателя в ЕНПФ производится агентами через Государственную корпорацию в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, с указанием физических лиц, за которых обязательные пенсионные взносы работодателя агентом были перечислены несвоевременно.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z151" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пеня, перечисленная без указания физических лиц, подлежит возврату агенту, при последующем перечислении сумма пени увеличивается с учетом количества дней задержки.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z151" w:id="62"/>
-[...15 lines deleted...]
-      Пеня, перечисленная без указания физических лиц, подлежит возврату агенту, при последующем перечислении сумма пени увеличивается с учетом количества дней задержки.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. ЕНПФ зачисляет полученную пеню на условные пенсионные счета согласно информации, полученной от Государственной корпорации в порядке, установленном в пункте 12 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть первая пункта 27 предусматривается в редакции постановления Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Не позднее 5 (пять) рабочих дней со дня образования задолженности по обязательным пенсионным взносам работодателя у агента, отнесенного в соответствии с системой управления рисками, предусмотренной налоговым законодательством Республики Казахстан, к категории высокого или среднего уровня риска, орган государственных доходов направляет агенту уведомление о сумме задолженности по обязательным пенсионным взносам работодателя, подлежащим перечислению в Государственную корпорацию, для последующего перечисления в ЕНПФ (далее – уведомление).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма уведомления утверждается уполномоченным органом, осуществляющим руководство в сфере обеспечения поступления налогов и других обязательных платежей в бюджет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 25 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Абзац первый пункта 28 предусматривается исключить постановлением Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...60 lines deleted...]
-      27. Не позднее 5 (пять) рабочих дней со дня образования задолженности по обязательным пенсионным взносам работодателя у агента, отнесенного в соответствии с системой управления рисками, предусмотренной налоговым законодательством Республики Казахстан, к категории высокого или среднего уровня риска, орган государственных доходов направляет агенту уведомление о сумме задолженности по обязательным пенсионным взносам работодателя, подлежащим перечислению в Государственную корпорацию, для последующего перечисления в ЕНПФ (далее – уведомление).</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Уведомление должно быть вручено агенту лично под роспись или иным способом, подтверждающим факт отправки и получения. При этом уведомление, направленное одним из нижеперечисленных способов, считается врученным налогоплательщику (налоговому агенту) в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по почте заказным письмом с уведомлением о получении – с даты отметки агентом в уведомлении почтовой или иной организации связи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z78" w:id="64"/>
-[...15 lines deleted...]
-      Форма уведомления утверждается уполномоченным органом, осуществляющим руководство в сфере обеспечения поступления налогов и других обязательных платежей в бюджет.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом такое уведомление доставляется почтовой или иной организацией связи в срок не позднее 10 (десять) рабочих дней с даты отметки о приеме почтовой или иной организацией связи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z79" w:id="65"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:bookmarkStart w:name="z82" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае возврата почтовой или иной организацией связи уведомления, предусмотренного настоящим пунктом, направленного органами государственных доходов агенту по почте заказным письмом с уведомлением о доставке, дата вручения такого уведомления определяется в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Налоговым кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z83" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) электронным способом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z84" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с даты доставки уведомления в веб-приложение "Кабинет налогоплательщика".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z85" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данный способ распространяется на агента, взаимодействующего с органами государственных доходов электронным способом в соответствии с законодательством Республики Казахстан об электронном документе и электронной цифровой подписи;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z83" w:id="69"/>
-[...15 lines deleted...]
-      2) электронным способом:</w:t>
+    <w:bookmarkStart w:name="z86" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с даты доставки уведомления в личный кабинет пользователя на веб-портале "электронное правительство".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z84" w:id="70"/>
-[...15 lines deleted...]
-      с даты доставки уведомления в веб-приложение "Кабинет налогоплательщика".</w:t>
+    <w:bookmarkStart w:name="z87" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данный способ распространяется на агента, зарегистрированного на веб-портале "электронное правительство";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z85" w:id="71"/>
-[...15 lines deleted...]
-      Данный способ распространяется на агента, взаимодействующего с органами государственных доходов электронным способом в соответствии с законодательством Республики Казахстан об электронном документе и электронной цифровой подписи;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) через Государственную корпорацию – с даты его получения в явочном порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z86" w:id="72"/>
-[...15 lines deleted...]
-      с даты доставки уведомления в личный кабинет пользователя на веб-портале "электронное правительство".</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Абзац первый пункта 29 предусматривается в редакции постановления Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. В случае непогашения задолженности по обязательным пенсионным взносам работодателя орган государственных доходов приостанавливает расходные операции по банковским счетам и кассе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Абзац второй пункта 29 предусматривается исключить постановлением Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) агента, отнесенного в соответствии с системой управления рисками, предусмотренной налоговым законодательством Республики Казахстан, к категории высокого уровня риска, – по истечении 1 (один) рабочего дня со дня вручения ему уведомления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Абзац третьи пункта 29 предусматривается исключить постановлением Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) агента, отнесенного в соответствии с системой управления рисками, предусмотренной налоговым законодательством Республики Казахстан, к категории среднего уровня риска, – по истечении 10 (десять) рабочих дней со дня вручения ему уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По распоряжению органов государственных доходов банки обязаны приостановить расходные операции по банковским счетам агентов, кроме:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z87" w:id="73"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Абзац пятый пункта 29 предусматривается в редакции постановления Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       операций по уплате налогов и платежей в бюджет, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 189</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, таможенных платежей, предусмотренных законодательством Республики Казахстан, социальных платежей, пени, начисленной за их несвоевременную уплату, а также штрафов, подлежащих внесению в бюджет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изъятия денег:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z95" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по исполнительным документам, предусматривающим удовлетворение требований о возмещении вреда, причиненного жизни и здоровью, а также требований по взысканию алиментов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z96" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по исполнительным документам, предусматривающим изъятие денег для расчетов с лицами, работающими по трудовому договору, по выплате выходных пособий и оплате труда, выплате вознаграждения по авторскому договору, обязательствам клиента по перечислению социальных платежей, а также по исполнительным документам о взыскании в доход государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z97" w:id="83"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z97" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по погашению налоговой задолженности, задолженности по таможенным платежам, налогам и пени в порядке, определенном законодательством Республики Казахстан, задолженности по социальным платежам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z98" w:id="84"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z98" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распоряжение органа государственных доходов о приостановлении расходных операций по банковским счетам агента выносится по форме, утвержденной уполномоченным государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, по согласованию с Национальным Банком Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z99" w:id="85"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z99" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приостановление расходных операций по кассе агента распространяется на все расходные операции наличных денег в кассе, кроме операций по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z100" w:id="86"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Абзац двенадцатый пункта 29 предусматривается в редакции постановления Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сдаче денег в банк второго уровня или организацию, осуществляющую отдельные виды банковских операций, для последующего их перечисления в счет уплаты налогов и платежей в бюджет, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 189</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, таможенных платежей, предусмотренных законодательством Республики Казахстан, социальных платежей, пени, начисленной за их несвоевременную уплату, а также штрафов, подлежащих внесению в бюджет;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z101" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выдаче банком второго уровня или организацией, осуществляющей отдельные виды банковских операций, наличных денег клиентов, в случае, если распоряжение о приостановлении расходных операций по кассе вынесено в отношении банка второго уровня или организации, осуществляющей отдельные виды банковских операций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z102" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Распоряжение органа государственных доходов о приостановлении расходных операций по кассе подлежит безусловному исполнению агентом путем перечисления поступающих наличных денег в Государственную корпорацию не позднее 1 (один) рабочего дня, следующего за днем их поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z103" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма распоряжения о приостановлении расходных операций по кассе агента утверждается уполномоченным органом, осуществляющим руководство в сфере обеспечения поступления налогов и других обязательных платежей в бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Распоряжение о приостановлении расходных операций по кассе агента направляется и вручается агенту способами, предусмотренными пунктом 28 настоящих Правил, для отправки и вручения уведомления о сумме задолженности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Распоряжения органа государственных доходов о приостановлении расходных операций по банковским счетам и кассе агента отменяются органом государственных доходов, вынесшим такие распоряжения, не позднее 1 (один) рабочего дня, следующего за днем погашения задолженности по обязательным пенсионным взносам работодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z106" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. В случае непогашения задолженности по обязательным пенсионным взносам работодателя списки физических лиц, в пользу которых взыскивается задолженность по обязательным пенсионным взносам работодателя, представляются в орган государственных доходов, направивший уведомление:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z107" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) агентом, отнесенным в соответствии с системой управления рисками, предусмотренной налоговым законодательством Республики Казахстан, к категории высокого уровня риска, – в течение 5 (пять) рабочих дней со дня вручения ему уведомления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z108" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) агентом, отнесенным в соответствии с системой управления рисками, предусмотренной налоговым законодательством Республики Казахстан, к категории среднего уровня риска, – по истечении 15 (пятнадцать) рабочих дней со дня вручения ему уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z109" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. На основании списков, представленных агентом в соответствии с пунктом 30 настоящих Правил, орган государственных доходов взыскивает суммы задолженности по обязательным пенсионным взносам работодателя в принудительном порядке с банковских счетов агентов не позднее 5 (пять) рабочих дней со дня получения списков.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z101" w:id="87"/>
-[...15 lines deleted...]
-      выдаче банком второго уровня или организацией, осуществляющей отдельные виды банковских операций, наличных денег клиентов, в случае, если распоряжение о приостановлении расходных операций по кассе вынесено в отношении банка второго уровня или организации, осуществляющей отдельные виды банковских операций.</w:t>
+    <w:bookmarkStart w:name="z110" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Взыскание задолженности по обязательным пенсионным взносам работодателя с банковских счетов агентов производится на основании инкассового распоряжения органа государственных доходов, оформленного в порядке, определенном Правилами осуществления безналичных платежей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z102" w:id="88"/>
-[...195 lines deleted...]
-    <w:bookmarkStart w:name="z111" w:id="96"/>
+    <w:bookmarkStart w:name="z111" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случаях отсутствия или недостаточности денег на банковском (банковских) счете (счетах) для удовлетворения всех требований, предъявляемых к клиенту, банк производит изъятие денег клиента в порядке очередности, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z112" w:id="97"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z112" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае отсутствия денег на банковском счете агента в национальной валюте взыскание задолженности по обязательным пенсионным взносам работодателя производится с банковских счетов агента в иностранной валюте на основании инкассовых распоряжений, выставленных в национальной валюте органами государственных доходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4272,130 +4988,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="98"/>
+    <w:bookmarkStart w:name="z113" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Орган государственных доходов выставляет инкассовые распоряжения на банковский (банковские) счет (счета) агента с указанием бенефициара – Государственной корпорации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z114" w:id="99"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z114" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Расходы, связанные с оплатой услуг банков при уплате обязательных пенсионных взносов работодателя без открытия банковского счета, производятся за счет средств агента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z115" w:id="100"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z115" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Для обеспечения контроля за перечислением агентами обязательных пенсионных взносов работодателя, уплатой пени в установленных случаях, возвратом ошибочно зачисленных сумм обязательных пенсионных взносов работодателя, производимых ЕНПФ, Государственная корпорация ежедневно (за прошедший день) представляет в органы государственных доходов реестры поступивших, а также возвращенных, ошибочно перечисленных обязательных пенсионных взносов работодателя и электронные платежные поручения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z116" w:id="101"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z116" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ежемесячный отчет по реестрам поступивших, возвращенных ошибочно перечисленных сумм обязательных пенсионных взносов работодателя представляется Государственной корпорацией в органы государственных доходов ежемесячно, не позднее 5 числа месяца, следующего за отчетным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4591,744 +5307,744 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z119" w:id="102"/>
+    <w:bookmarkStart w:name="z119" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление агента на возврат ошибочно перечисленных сумм</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>обязательных пенсионных взносов работодателя и (или) пени</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z120" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z121" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственной корпорации "Правительство для граждан"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z122" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Реквизиты плательщика (агента) обязательных пенсионных взносов работодателя и (или) пени:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z123" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z124" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-идентификационный номер (БИН) _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z125" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банковский идентификационный код (БИК)____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z126" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный код (ИИК)_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z127" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Реквизиты платежного поручения, в котором были допущены ошибки,</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z120" w:id="103"/>
-[...15 lines deleted...]
-      ________________________________________________</w:t>
+    <w:bookmarkStart w:name="z128" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № ________ дата "___" ____________ 20__ год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z121" w:id="104"/>
-[...15 lines deleted...]
-      Государственной корпорации "Правительство для граждан"</w:t>
+    <w:bookmarkStart w:name="z129" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общая сумма платежного поручения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z122" w:id="105"/>
-[...15 lines deleted...]
-      1. Реквизиты плательщика (агента) обязательных пенсионных взносов работодателя и (или) пени:</w:t>
+    <w:bookmarkStart w:name="z130" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z123" w:id="106"/>
-[...15 lines deleted...]
-      Наименование _____________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z131" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Реквизиты физического лица</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z124" w:id="107"/>
-[...15 lines deleted...]
-      Бизнес-идентификационный номер (БИН) _____________________________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z132" w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z125" w:id="108"/>
-[...15 lines deleted...]
-      Банковский идентификационный код (БИК)____________________________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (Ф.И.О. (при его наличии), дата рождения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный номер физического лица</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z126" w:id="109"/>
-[...15 lines deleted...]
-      Индивидуальный идентификационный код (ИИК)_______________________________</w:t>
+    <w:bookmarkStart w:name="z134" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z127" w:id="110"/>
-[...15 lines deleted...]
-      2. Реквизиты платежного поручения, в котором были допущены ошибки,</w:t>
+    <w:bookmarkStart w:name="z135" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сумма взноса на условный пенсионный счет физического лица</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z128" w:id="111"/>
-[...15 lines deleted...]
-      № ________ дата "___" ____________ 20__ год</w:t>
+    <w:bookmarkStart w:name="z136" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z129" w:id="112"/>
-[...15 lines deleted...]
-      Общая сумма платежного поручения</w:t>
+    <w:bookmarkStart w:name="z137" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сумма, подлежащая возврату,</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z130" w:id="113"/>
-[...15 lines deleted...]
-      __________________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z138" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z131" w:id="114"/>
-[...15 lines deleted...]
-      3. Реквизиты физического лица</w:t>
+    <w:bookmarkStart w:name="z139" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Корректировка последующими платежами невозможна ввиду того, что</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z132" w:id="115"/>
-[...9 lines deleted...]
-      __________________________________________________________________________</w:t>
+      <w:bookmarkStart w:name="z140" w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                   (Ф.И.О. (при его наличии), дата рождения)</w:t>
-[...18 lines deleted...]
-      Индивидуальный идентификационный номер физического лица</w:t>
+        <w:t>(указать причину, по которой требуется возврат, к примеру, сотрудник уволен, неверно</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>указаны код назначения платежа, период, банковские  реквизиты агента, реквизиты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   физического лица, нерезидент и т.д.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z141" w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возврат просим произвести по следующим реквизитам</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z134" w:id="117"/>
-[...15 lines deleted...]
-      __________________________________________________________________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указываются полные данные предприятия – наименование, БИН/ИИН, все банковские</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               реквизиты – БИК/ИИК)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (подпись руководителя) (подпись главного бухгалтера (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z142" w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z135" w:id="118"/>
-[...345 lines deleted...]
-    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (дата)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -5541,88 +6257,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="126"/>
+    <w:bookmarkStart w:name="z145" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление физического лица о согласии списания с его условного пенсионного счета ошибочно зачисленных сумм</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z146" w:id="127"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z146" w:id="119"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Я, _______________________________________________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии), дата рождения)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5749,90 +6465,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>взносов работодателя и (или) пени по нескольким  платежным поручениям суммы,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       подлежащие возврату, указываются отдельно на каждое платежное поручение)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="128"/>
+    <w:bookmarkStart w:name="z147" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Даю согласие на сбор и обработку моих персональных данных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z148" w:id="129"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z148" w:id="121"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________ ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (подпись)       (дата)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>