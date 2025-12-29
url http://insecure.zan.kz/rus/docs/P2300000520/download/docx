--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d6e996e" w14:textId="d6e996e">
+    <w:p w14:paraId="f2c67d3" w14:textId="f2c67d3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1058,612 +1058,800 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 250 Социального кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Агенты ежемесячно осуществляют уплату обязательных профессиональных пенсионных взносов. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 6 предусматривается в редакции постановления Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. При осуществлении обязательных профессиональных пенсионных взносов учитываются все ежемесячные доходы работника, предусмотренные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" (далее – Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 7 предусматривается в редакции постановления Правительства РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 939</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При осуществлении обязательных профессиональных пенсионных взносов не учитываются следующие виды выплат, указанных в:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 319 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 341 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расходы на уплату обязательных профессиональных пенсионных взносов относятся к фонду оплаты труда агента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Перечисление обязательных профессиональных пенсионных взносов, в том числе задолженности, производится на банковский счет Государственной корпорации с указанием кодов назначения платежей, определяемых в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 203 "Об утверждении Правил применения кодов секторов экономики и назначения платежей" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 14365).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Суммы обязательных профессиональных пенсионных взносов, поступившие на счет Государственной корпорации, в течение трех рабочих дней перечисляются в единый накопительный пенсионный фонд сводными платежными поручениями в электронном виде в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осуществления безналичных платежей и (или) переводов денег на территории Республики Казахстан, утвержденными постановлением Правления Национального Банка Республики Казахстан от 31 августа 2016 года № 208 (зарегистрирован в реестре государственной регистрации нормативных правовых актов за № 107861), форматами сообщений, утвержденными оператором или операционным центром платежных систем.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация по физическим лицам, в чью пользу перечисляются обязательные профессиональные пенсионные взносы согласно платежным поручениям, указанным в части первой настоящего пункта, направляется Государственной корпорацией в единый накопительный пенсионный фонд в порядке, установленном соглашением, заключенным между единым накопительным пенсионным фондом и Государственной корпорацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции постановления Правительства РК от 16.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 11.11.2024).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Агент не осуществляет уплату обязательных профессиональных пенсионных взносов в единый накопительный пенсионный фонд за:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) лиц, достигших пенсионного возраста в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 207 Социального кодекса;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) военнослужащих (кроме военнослужащих срочной службы), сотрудников специальных государственных и правоохранительных органов, государственной фельдъегерской службы, а также лиц, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) получателей пенсионных выплат за выслугу лет.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Уплата обязательных профессиональных пенсионных взносов осуществляется агентом наличными деньгами либо безналичным способом через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, на банковский счет Государственной корпорации с учетом требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Суммы обязательных профессиональных пенсионных взносов, уплачиваемые агентами, подлежат вычету в соответствии с налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Обязательные профессиональные пенсионные взносы также уплачиваются в пользу работников производственных, вспомогательных и подсобных цехов организации, временно занятых на работах с вредными условиями труда, предусмотренных перечнем.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
-[...15 lines deleted...]
-      12. Суммы обязательных профессиональных пенсионных взносов, уплачиваемые агентами, подлежат вычету в соответствии с налоговым законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Обязательные профессиональные пенсионные взносы осуществляются в пользу работников, профессии которых предусмотрены в разделе "Общие профессии" перечня, независимо от того, в каких производствах или цехах они работают, если эти профессии специально не предусмотрены в соответствующих разделах или подразделах перечня.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
-[...15 lines deleted...]
-      13. Обязательные профессиональные пенсионные взносы также уплачиваются в пользу работников производственных, вспомогательных и подсобных цехов организации, временно занятых на работах с вредными условиями труда, предусмотренных перечнем.</w:t>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В случае выявления по результатам аттестации производственных объектов по условиям труда и периодических обязательных медицинских осмотров профессий работников с вредными условиями труда, занятых не менее 80 % рабочего времени в месяц, работодатели, представители работников, заинтересованные государственные органы вносят в уполномоченный государственный орган по труду обоснованные предложения по их включению в перечень.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
-[...15 lines deleted...]
-      14. Обязательные профессиональные пенсионные взносы осуществляются в пользу работников, профессии которых предусмотрены в разделе "Общие профессии" перечня, независимо от того, в каких производствах или цехах они работают, если эти профессии специально не предусмотрены в соответствующих разделах или подразделах перечня.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В случае исключения вредных условий труда, подтвержденных результатами аттестации производственных объектов, уплата обязательных профессиональных пенсионных взносов агентами прекращается с момента исключения вредных условий труда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>