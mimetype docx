--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ba82229" w14:textId="ba82229">
+    <w:p w14:paraId="30ddf20" w14:textId="30ddf20">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -829,131 +829,151 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z49" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Специальная экономическая зона "Alatau" (далее – СЭЗ) расположена на территории городов Қонаев, Алатау и Талгарского района Алматинской области в границах согласно прилагаемому плану.</w:t>
+        <w:t xml:space="preserve">
+      1. Специальная экономическая зона "Alatau" (далее – СЭЗ) расположена на территории городов Қонаев и Алатау, Талгарского и Илийского районов Алматинской области в границах согласно прилагаемому </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>плану</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z81" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СЭЗ является портовой специальной экономической зоной.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z82" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Территория СЭЗ составляет 97930,98 гектара, включая территорию для развития транспортно-логистического потенциала региона, в том числе деятельности аэропортов, и является неотъемлемой частью территории Республики Казахстан. </w:t>
+      Территория СЭЗ составляет 98982,98 гектара, включая территорию для развития транспортно-логистического потенциала региона, в том числе деятельности аэропортов, и является неотъемлемой частью территории Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 14.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 336</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 990</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1773,228 +1793,218 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Положению о специальной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экономической зоне</w:t>
-[...12 lines deleted...]
-              <w:t>"Alatau"</w:t>
+              <w:t>экономической зоне "Alatau"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z78" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План границ специальной экономической зоны "Alatau"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции постановления Правительства РК от 14.03.2025 </w:t>
+      Сноска. Приложение - в редакции постановления Правительства РК от 20.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 144</w:t>
+        <w:t>№ 990</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="39"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6997700" cy="9652000"/>
+            <wp:extent cx="7810500" cy="6578600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6997700" cy="9652000"/>
+                      <a:ext cx="7810500" cy="6578600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="40"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z84" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общая территория специальной экономической зоны "Alatau" S = 98982,98 га</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -2091,316 +2101,424 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 15 марта 2023 года № 211</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые индикаторы специальной экономической зоны "Alatau"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок целевых индикаторов - в редакции постановления Правительства РК от 26.12.2023 </w:t>
+      Сноска. Целевые индикаторы - в редакции постановления Правительства РК от 20.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1187</w:t>
+        <w:t>№ 990</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="723"/>
-[...15 lines deleted...]
-        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            <w:tcW w:w="723" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            <w:tcW w:w="723" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Цели, задачи и показатели </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            <w:tcW w:w="723" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единица измерения*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> Достижение к 2047 году</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Базовый период (2025 год)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижение к 2031 году</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижение к 2036 году</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижение к 2041 году</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижение к 2047 году</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2419,7117 +2537,2887 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
-[...435 lines deleted...]
-              <w:t xml:space="preserve"> 2035</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+целевой индикатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+целевой индикатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+целевой индикатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+целевой индикатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
-[...571 lines deleted...]
-              <w:t xml:space="preserve"> 19</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
-[...565 lines deleted...]
-98</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общий объем инвестиций, в том числе:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+млрд тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+174,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+813,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1026,84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1666,64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
-[...139 lines deleted...]
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объем иностранных инвестиций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+млрд тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
-[...425 lines deleted...]
-703</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79,70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+308,64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+582,73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1028,32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
-[...601 lines deleted...]
-48</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+объем отечественных инвестиций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+млрд тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94,40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+505,06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+444,11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+638,32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="723" w:type="dxa"/>
-[...814 lines deleted...]
-              <w:t xml:space="preserve"> Достижение к 2047 году</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...453 lines deleted...]
-              <w:t xml:space="preserve"> 2047</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объем производства товаров и услуг (работ) на территории СЭЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z24" w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+млрд</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+435</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+842</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1172</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1759</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
-[...537 lines deleted...]
-              <w:t xml:space="preserve"> 18</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество участников (компаний)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ед.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
-[...565 lines deleted...]
-11</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество рабочих мест, создаваемых на территории СЭЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+чел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5853</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10589</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17366</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
-[...1719 lines deleted...]
-17 361</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доля казахстанского содержания в общем объеме производства на территории СЭЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...7 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z85" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      * - показатели индикаторов приведены с нарастающим итогом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -9537,55 +5425,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>