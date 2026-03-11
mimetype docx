--- v0 (2025-11-13)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9aca03a" w14:textId="9aca03a">
+    <w:p w14:paraId="c74f73d" w14:textId="c74f73d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -973,580 +973,652 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Иные юридические лица, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых прямо либо косвенно принадлежат государству, уполномоченных на реализацию мер государственного стимулирования промышленности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkStart w:name="z64" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Фонд развития предпринимательства "Даму";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkStart w:name="z65" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Фонд развития промышленности";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkStart w:name="z66" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерное общество "КазМедТех";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z67" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Kazyna Capital Management";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...28 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkStart w:name="z68" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерное общество "Социально-предпринимательская корпорация "Astana";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z69" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Алматы";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z70" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Kokshe";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z71" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Актобе";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z72" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Региональный институт развития "Социально-предпринимательская корпорация "Жетісу";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z73" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Атырау";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z74" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Aqjaiyq";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z75" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Тараз";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z76" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Сарыарка";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z77" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Тобол";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z78" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Байконыр (Байконур)";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z79" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Каспий";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z80" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Туркестан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z81" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Павлодар";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z82" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Солтүстік";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z83" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Ертіс";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z84" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Ұлытау";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z60" w:id="33"/>
+    <w:bookmarkStart w:name="z85" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерное общество "Социально-предпринимательская корпорация "Shymkent";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z86" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Қонаев";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z61" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z87" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Социально-предпринимательская корпорация "Семей".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z57" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции постановления Правительства РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Национальные институты развития в области развития и продвижения несырьевого экспорта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z62" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z62" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Экспортно-кредитное агентство Казахстана";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z63" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z63" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерное общество "Центр развития торговой политики "QazTrade".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1589,70 +1661,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1731,582 +1803,582 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 ноября 2022 года № 932</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="39"/>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z45" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июля 2016 года № 450 "Об утверждении перечня национальных институтов развития и иных юридических лиц, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых прямо либо косвенно принадлежат государству, уполномоченных на реализацию мер государственной поддержки индустриально-инновационной деятельности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z46" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 1 марта 2017 года № 100 "О переименовании акционерного общества "Национальное агентство по экспорту и инвестициям "KAZNEX INVEST".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z47" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 10 марта 2017 года № 112 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 10 декабря 2018 года № 818 "О внесении изменений в некоторые решения Правительства Республики Казахстан и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 13 декабря 2018 года № 830 "О некоторых мерах по оптимизации системы управления институтами развития".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 20 февраля 2019 года № 75 "О внесении изменений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 19 апреля 2019 года № 215 "О некоторых вопросах акционерного общества "Казахстанский институт развития индустрии".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 29 июля 2019 года № 546 "О переименовании акционерного общества "Казахстанский центр индустрии и экспорта" в акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z53" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z53" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 6 сентября 2019 года № 663 "О переименовании акционерного общества "Центр развития торговой политики" в акционерное общество "Центр развития торговой политики "QazTrade".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z54" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 23 декабря 2019 года № 959 "О внесении изменений в постановления Правительства Республики Казахстан от 3 июня 2010 года № 508 "О создании акционерного общества "Казахстанский институт развития индустрии" и от 30 июля 2016 года № 450 "Об утверждении перечня национальных институтов развития и иных юридических лиц, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых прямо либо косвенно принадлежат государству, уполномоченных на реализацию мер государственной поддержки индустриально-инновационной деятельности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 августа 2021 года № 521 "О внесении изменения в постановление Правительства Республики Казахстан от 30 июля 2016 года № 450 "Об утверждении перечня национальных институтов развития и иных юридических лиц, пятьдесят и более процентов голосующих акций (долей участия в уставном капитале) которых прямо либо косвенно принадлежат государству, уполномоченных на реализацию мер государственной поддержки индустриально-инновационной деятельности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>