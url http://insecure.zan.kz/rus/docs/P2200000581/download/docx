--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f5fc054" w14:textId="f5fc054">
+    <w:p w14:paraId="054b5fe" w14:textId="054b5fe">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2187,50 +2187,90 @@
         <w:t>
       19-1) разработка и утверждение типовых правил деятельности образовательно-оздоровительных организаций образования и их соответствующих видов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z661" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-2) разработка и утверждение правил организации оздоровления и отдыха детей в организациях образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z680" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-3) разработка и утверждение правил присвоения статуса международных школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z681" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-4) присвоение статуса международной школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2259,730 +2299,730 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z662" w:id="77"/>
+    <w:bookmarkStart w:name="z662" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-1) разработка и утверждение стандарта специальной психолого-педагогической поддержки детей с ограниченными возможностями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z76" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z76" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) разработка и утверждение правил оценки особых образовательных потребностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z77" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z77" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) разработка и утверждение классификатора специальностей и квалификаций технического и профессионального, послесреднего образования во взаимодействии с заинтересованными центральными исполнительными органами, работодателями и другими социальными партнерами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z78" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z78" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) определение сроков начала и завершения учебного года в организациях среднего, технического и профессионального, послесреднего образования, а также сроков проведения итоговой аттестации обучающихся в организациях среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z79" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z79" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) организация разработки и утверждение норм оснащения оборудованием и мебелью организаций дошкольного, среднего, технического и профессионального, послесреднего образования, а также специальных организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z80" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z80" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) разработка и утверждение форм типового договора оказания образовательных услуг для дошкольных организаций, организаций среднего, технического и профессионального, послесреднего образования, типового договора на проведение профессиональной практики и типового договора о дуальном обучении для организаций технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z81" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z81" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) осуществление руководства и координации проведения учебно-методической и научно-методической работы, утверждение правил организации и осуществления учебно-методической и научно-методической работы в организациях образования, за исключением организаций образования в области культуры, правил организации учебного процесса по кредитной технологии обучения, а также требований к организациям образования по предоставлению дистанционного обучения и правил организации учебного процесса по дистанционному обучению по образовательным программам начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования и в форме онлайн-обучения по образовательным программам технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z588" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z588" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-1) утверждение правил организации учебного процесса в форме онлайн-обучения в организациях образования, реализующих общеобразовательные учебные программы технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z82" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z82" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) разработка и утверждение правил по подготовке, экспертизе, апробации и проведению мониторинга, изданию учебников для организаций среднего образования и учебно-методических комплексов для дошкольных организаций, организаций среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z663" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z663" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27-1) определение по согласованию с антимонопольным органом цен на товары (работы, услуги), производимые и реализуемые субъектом государственной монополии в области образования по организации проведения экспертизы учебников, учебно-методических комплексов по уровням образования, а также методологического и научно-методического обеспечения системы образования и образовательного процесса (государственные общеобязательные стандарты образования, типовые учебные планы, типовые учебные программы), в том числе для детей с ограниченными возможностями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z83" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z83" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) утверждение перечня учебников для организаций среднего образования, учебно-методических комплексов для дошкольных организаций, организаций среднего образования, в том числе в электронной форме, до утверждения республиканского и местных бюджетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z84" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z84" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) разработка и утверждение правил организации и проведения Президентской олимпиады по предметам естественно-математического цикла, республиканских олимпиад и конкурсов научных проектов по общеобразовательным предметам, республиканских конкурсов исполнителей и конкурсов профессионального мастерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z85" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z85" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) формирование и утверждение перечня республиканских и международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам, конкурсов исполнителей, конкурсов профессионального мастерства и спортивных соревнований, критериев их отбора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z86" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z86" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) утверждение уставов подведомственных организаций образования, за исключением случаев, предусмотренных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z87" w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z87" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) по согласованию с уполномоченными органами соответствующей отрасли разработка и утверждение типовых квалификационных характеристик должностей педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z88" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z88" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) разработка и утверждение совместно с уполномоченным органом по труду правил назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z89" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z89" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) организация переподготовки и повышения квалификации педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z635" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z635" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34-1) определение объекта информатизации в области образования для осуществления приема педагогов на работу в государственные дошкольные организации, организации среднего, технического и профессионального, послесреднего и дополнительного образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z90" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z90" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) разработка и утверждение отраслевой системы поощрения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z91" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z91" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) разработка и утверждение правил размещения государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним образованием с учетом потребностей рынка труда, а также на дошкольное воспитание и обучение, среднее образование и дополнительное образование детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z664" w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z664" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36-1) определение по согласованию с уполномоченным органом в области науки и высшего образования оператора, осуществляющего размещение государственного заказа на обеспечение студентов, магистрантов и докторантов местами в общежитиях, государственного образовательного заказа на среднее образование в частных организациях образования, государственного образовательного заказа на подготовку кадров с высшим и послевузовским образованием и выплату государственных стипендий, за исключением государственных именных стипендий, а также осуществляющего координацию деятельности участников подушевого нормативного финансирования в пределах, предусмотренных законодательством Республики Казахстан, и обеспечивающего мониторинг и контроль за соблюдением лицами, указанными в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 47 Закона Республики Казахстан "Об образовании", своих обязанностей по отработке или возмещению расходов бюджетных средств в случае неотработки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z92" w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z92" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) разработка и утверждение правил обеспечения льготного проезда путем выплаты компенсаций для обучающихся на основе государственного образовательного заказа в организациях образования, реализующих образовательные программы технического и профессионального, послесреднего образования, в период зимних и летних каникул на междугородном железнодорожном и автомобильном транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z93" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z93" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) разработка и утверждение правил размещения государственного заказа на обеспечение студентов организаций технического и профессионального, послесреднего образования местами в общежитиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z94" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z94" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) разработка и утверждение правил формирования и распределения государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним образованием;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z95" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z95" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) утверждение и размещение государственного заказа на обеспечение студентов организаций технического и профессионального, послесреднего образования местами в общежитиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z589" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z589" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40-1) утверждение правил распределения мест в общежитиях организаций технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z96" w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z96" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) разработка и утверждение методики определения размера государственного заказа на обеспечение студентов организаций технического и профессионального, послесреднего образования местами в общежитиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z97" w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z97" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) разработка и утверждение типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z98" w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z98" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) разработка и утверждение правил по организации заказа, хранению, учету и выдаче бланков документов государственного образца об образовании и обеспечению ими организаций образования, реализующих общеобразовательные учебные программы основного среднего, общего среднего образования и образовательные программы технического и профессионального, послесреднего образования, подведомственных организаций образования, осуществление контроля за их использованием;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z99" w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z99" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) определение и утверждение базового учебника и учебно-методического комплекса по отдельным предметам для организаций среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z100" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z100" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) разработка и утверждение правил выдачи разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования, организациях образования, реализующих специализированные общеобразовательные и специальные учебные программы, а также образовательных программ технического и профессионального, послесреднего образования по специальностям культуры и искусства, физической культуры и спорта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z101" w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z101" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) разработка и утверждение правил перевода и восстановления обучающихся организаций технического и профессионального, послесреднего образования, правил предоставления академических отпусков обучающимся в организациях технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z636" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z636" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46-1) разработка и утверждение типовых правил внутреннего распорядка организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3011,1090 +3051,1090 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z665" w:id="110"/>
+    <w:bookmarkStart w:name="z665" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47-1) разработка и утверждение правил организации академической мобильности обучающихся и педагогов в организациях технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z103" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z103" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) осуществление информационного обеспечения органов управления системой образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z104" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z104" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) установление перечня типов и видов специальных организаций образования, определение необходимого количества мест в организациях образования для лиц, нуждающихся в специальном образовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z105" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z105" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) установление обязательных минимальных требований к материально-техническому и учебно-методическому оснащению и обеспечению организаций образования, осуществляющих обучение детей с ограниченными возможностями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z106" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z106" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) определение единых принципов и нормативов специальных условий для получения образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z107" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z107" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) определение методики аттестации обучающихся;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z108" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z108" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) координация деятельности уполномоченного органа в области охраны прав детей в деле международного сотрудничества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z109" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z109" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) организация разработки и утверждение методики ваучерно-модульной системы повышения квалификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z110" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z110" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55) разработка и утверждение правил проведения мониторинга образовательных достижений обучающихся;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z111" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z111" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) разработка и утверждение квалификационных требований, предъявляемых к образовательной деятельности организаций образования, за исключением организаций высшего и послевузовского образования, и перечня документов, подтверждающих соответствие им;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z112" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z112" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57) разработка и утверждение положения о классном руководстве в организациях среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z113" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z113" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58) разработка и утверждение требований к обязательной школьной форме для организаций среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z114" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z114" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) разработка и утверждение правил отмены занятий в организациях среднего образования, а также в организациях образования, реализующих образовательные программы технического и профессионального образования, при неблагоприятных погодных метеоусловиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z115" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z115" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60) разработка и утверждение методики прогнозирования потребности организаций образования, реализующих программы дошкольного воспитания и обучения, общеобразовательные учебные программы начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального образования, в учебниках и учебно-методических комплексах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z116" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z116" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61) разработка и утверждение правил обеспечения учебниками и учебно-методическими комплексами обучающихся и воспитанников государственных организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z117" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z117" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62) разработка и утверждение правил по формированию, использованию и сохранению фонда библиотек государственных организаций среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z118" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z118" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63) разработка и утверждение критериев оценки организаций среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z119" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z119" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64) разработка и утверждение критериев оценки знаний обучающихся среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z120" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z120" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65) разработка и утверждение правил формирования состава участников международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z121" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z121" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66) разработка и утверждение типовых правил организации работы совета по педагогической этике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z122" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z122" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67) разработка и утверждение правил организации и проведения курсов повышения квалификации педагогов, а также посткурсового сопровождения деятельности педагога;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z590" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z590" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67-1) утверждение правил проведения ротации первых руководителей государственных организаций дошкольного, среднего, технического и профессионального, послесреднего образования, дополнительного образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z123" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z123" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68) разработка и утверждение правил разработки, согласования и утверждения образовательных программ курсов повышения квалификации педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z124" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z124" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69) разработка и утверждение правил организации и проведения профессиональной практики и правил определения предприятий (организаций) в качестве баз практики для организаций технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z125" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z125" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70) разработка и утверждение правил организации дуального обучения по согласованию с заинтересованными государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z126" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z126" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71) разработка и утверждение правил организации учета детей дошкольного и школьного возраста до получения ими среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z127" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z127" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72) утверждение перечня типов и видов организаций дошкольного, среднего, технического и профессионального, послесреднего образования, в которых реализуется подушевое нормативное финансирование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z128" w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z128" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73) разработка и утверждение критериев для реорганизации организаций среднего образования, созданных в организационно-правовой форме государственного учреждения, в организационно-правовую форму государственного предприятия на праве хозяйственного ведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z129" w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z129" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74) утверждение государственного образовательного заказа в республиканских организациях среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z130" w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z130" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75) утверждение перечня специальностей и квалификаций технического и профессионального, послесреднего образования, получение которых в формах заочного и вечернего обучения, а также экстерната по специальностям культуры и искусства, физической культуры и спорта допускается;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z131" w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z131" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76) разработка и утверждение правил признания результатов обучения, полученных через неформальное образование, а также результатов признания профессиональной квалификации совместно с уполномоченным органом в области науки и высшего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z132" w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z132" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77) разработка и утверждение правил признания организаций, предоставляющих неформальное образование, и формирование перечня признанных организаций, предоставляющих неформальное образование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z133" w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z133" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78) координация деятельности других заинтересованных уполномоченных органов в области защиты прав ребенка, в том числе в области международного сотрудничества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z134" w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z134" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79) осуществление координации и методического руководства местных исполнительных органов в области защиты прав ребенка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z135" w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z135" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80) осуществление в установленном порядке финансирования подведомственных организаций за счет бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z136" w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z136" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81) определение требований к заполнению документов об образовании государственного образца;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z137" w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z137" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82) утверждение номенклатуры видов организаций образования, в том числе малокомплектных школ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z138" w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z138" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83) формирование и утверждение перечня услуг, связанных с государственным образовательным заказом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z139" w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z139" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84) утверждение типовых правил организации работы, включая порядок избрания коллегиального управления организацией образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z140" w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z140" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85) определение порядка конкурсного отбора матери-воспитателя, осуществляющей содержание и воспитание детей в семье детской деревни;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z141" w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z141" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86) утверждение положения об администрации детской деревни;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z142" w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z142" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87) разработка и установление квалификационных категорий матерей-воспитателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z143" w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z143" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88) утверждение типового договора о передаче детей в семью детской деревни;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z144" w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z144" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89) утверждение типового договора о содержании в Доме юношества, заключенного между детской деревней, детским домом и школой-интернатом для детей-сирот и детей, оставшихся без попечения родителей, и воспитанником (выпускником);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z591" w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z591" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-1) утверждение правил назначения, возврата и размера единовременной денежной выплаты в связи с усыновлением ребенка-сироты и (или) ребенка, оставшегося без попечения родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z592" w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z592" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-2) утверждение правил осуществления выплаты и размера денежных средств, выделяемых на содержание ребенка (детей), переданного патронатным воспитателям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z593" w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z593" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-3) утверждение типового договора сдачи внаем (поднаем) жилища детей-сирот, детей, оставшихся без попечения родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z594" w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z594" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-4) утверждение правил сохранности жилища детей-сирот, детей, оставшихся без попечения родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z595" w:id="158"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z595" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-5) утверждение правил определения минимального размера территорий детских деревень, с расположенными на ней жилыми помещениями квартирного типа, административными зданиями и сооружениями, предназначенными для проживания семей, а также приусадебным и подсобным (домашним) хозяйством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z596" w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z596" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-6) разработка на ежегодной основе совместно с уполномоченным органом в области науки и высшего образования долгосрочных прогнозов средней стоимости обучения по типам организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z597" w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z597" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-7) определение совместно с уполномоченным органом в области науки и высшего образования оператора в сфере государственной образовательной накопительной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z598" w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z598" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-8) разработка и утверждение совместно с уполномоченным органом в области науки и высшего образования типовых договоров об образовательном накопительном вкладе и образовательном накопительном страховании по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4123,310 +4163,310 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(вводится в действие с 12.03.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z600" w:id="162"/>
+    <w:bookmarkStart w:name="z600" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-10) разработка и утверждение совместно с уполномоченным органом в области науки и высшего образования методики расчетов премии государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z601" w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z601" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-11) разработка и утверждение совместно с уполномоченным органом в области науки и высшего образования типовых соглашений о сотрудничестве в сфере государственной образовательной накопительной системы между оператором и банком-участником, оператором и страховой организацией-участницей, оператором и организацией образования-участницей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z602" w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z602" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-12) утверждение правил присвоения звания "Лучший педагог";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z603" w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z603" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-13) утверждение правил назначения и размера выплаты пособия опекунам или попечителям на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z633" w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z633" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-14) разработка и утверждение совместно с уполномоченным органом в области науки и высшего образования правил использования выплат целевых накоплений из единого накопительного пенсионного фонда в целях оплаты образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z658" w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z658" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89-15) согласование правил начисления, использования, возврата стартового образовательного капитала, разрабатываемых и утверждаемых уполномоченным органом в области науки и высшего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z145" w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z145" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90) разработка совместно с уполномоченными органами в области охраны здоровья граждан, социальной защиты и утверждение нормативных требований на технические средства обучения детей с ограниченными возможностями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z146" w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z146" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91) представление Президенту Республики Казахстан ежегодного государственного доклада о положении детей в Республике Казахстан и опубликование его в официальном издании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z147" w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z147" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92) утверждение правил организации деятельности психолого-медико-педагогических консультаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z148" w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z148" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93) разработка и внедрение в практику работы организаций образования программ и методик, направленных на формирование законопослушного поведения несовершеннолетних, привитие им основ нравственности и здорового образа жизни;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z149" w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z149" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94) утверждение положения о специальных организациях образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z150" w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z150" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95) утверждение положения об организациях образования с особым режимом содержания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z151" w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z151" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96) разработка и утверждение стандартов оказания специальных социальных услуг в области образования и защиты прав детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4509,1210 +4549,1282 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="175"/>
+    <w:bookmarkStart w:name="z154" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99) обеспечение ведения мониторинга по предоставлению специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z155" w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z155" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100) обеспечение проведения анализа потребностей населения в специальных социальных услугах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z156" w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z156" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101) осуществление координации деятельности по научному и учебно-методическому обеспечению субъектов, предоставляющих специальные социальные услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z157" w:id="178"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z157" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102) осуществление координации деятельности по научно-методическому обеспечению организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z158" w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z158" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103) осуществление координации деятельности организаций образования в сфере предоставления специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z604" w:id="180"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z604" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103-1) осуществление координации деятельности государственных органов и организаций, осуществляющих функции по защите прав ребенка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z159" w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z159" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104) осуществление взаимодействия с физическими и юридическими лицами, уполномоченными органами в области социальной защиты населения и здравоохранения, другими государственными органами по вопросам предоставления специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z160" w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z160" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105) организация разработки и утверждение правил подушевого нормативного финансирования дошкольного воспитания и обучения, среднего образования, а также технического и профессионального, послесреднего образования с учетом кредитной технологии обучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z161" w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z161" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106) разработка и утверждение правил разработки, апробации и внедрения образовательных программ, реализуемых в режиме эксперимента в организациях дошкольного, среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z162" w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z162" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107) получение сведений, содержащихся в национальных реестрах идентификационных номеров, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z163" w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z163" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108) разработка и согласование с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации проектов нормативных правовых актов об определении лицензиаров, государственных органов, которые осуществляют согласование выдачи лицензии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z164" w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z164" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109) организация разработки и утверждение методики подушевого нормативного финансирования дошкольного воспитания и обучения, среднего образования, а также технического и профессионального, послесреднего образования с учетом кредитной технологии обучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z165" w:id="187"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z165" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110) создание республиканского учебно-методического совета технического и профессионального, послесреднего образования, учебно-методических объединений технического и профессионального, послесреднего образования по профилям и утверждение положения об их деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z166" w:id="188"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z166" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111) проведение образовательного мониторинга с помощью комплекса статистических и аналитических оценочных показателей для внешней и внутренней оценки качества системы образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z167" w:id="189"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z167" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112) осуществление координации деятельности и организации взаимодействия госорганов и организаций по вопросам опеки, попечительства над несовершеннолетними;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z168" w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z168" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113) утверждение правил учета отчетов и информации о постановке усыновленных детей на консульский учет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z639" w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z639" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113-1) разработка и утверждение правил деятельности регионального уполномоченного по правам ребенка области, города республиканского значения, столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z169" w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z169" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114) осуществление государственного контроля за исполнением законодательства Республики Казахстан и нормативных правовых актов в области дошкольного, среднего, технического и профессионального, послесреднего образования, дополнительного образования, государственных общеобязательных стандартов образования в организациях образования независимо от форм собственности и ведомственной подчиненности органами управления образованием, а также бюджетной и финансовой дисциплиной в подведомственных организациях в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z170" w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z170" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115) разработка и утверждение нормативных правовых актов в области охраны прав и защиты законных интересов детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z171" w:id="194"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z171" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116) утверждение видов документов о среднем, техническом и профессиональном, послесреднем образовании, формы документов о среднем, техническом и профессиональном, послесреднем образовании, государственного образца и правил их учета и выдачи, основных требований к содержанию документов об образовании собственного образца и правил их учета и выдачи, а также формы справки, выдаваемой лицам, не завершившим образование в организациях образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z172" w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z172" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117) разработка и утверждение правил организации питания обучающихся в государственных организациях среднего, технического и профессионального, послесреднего образования, внешкольных организациях дополнительного образования, а также приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в государственных дошкольных организациях, организациях образования для детей-сирот и детей, оставшихся без попечения родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z173" w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z173" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118) разработка и утверждение правил формирования перечня недобросовестных поставщиков (потенциальных поставщиков) услуг и (или) товаров по организации питания обучающихся в государственных организациях среднего, технического и профессионального, послесреднего образования, внешкольных организациях дополнительного образования, а также товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в государственных дошкольных организациях, организациях образования для детей-сирот и детей, оставшихся без попечения родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z174" w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z174" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119) разработка и утверждение подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z175" w:id="198"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z175" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120) оказание государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z176" w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z176" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121) утверждение положения о знаке "Алтын белгі";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z177" w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z177" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122) утверждение правил присвоения звания "Лучший педагог";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z178" w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z178" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123) утверждение правил проведения конкурсов на присуждение грантов "Лучшая организация среднего образования", "Лучшая организация технического и профессионального, послесреднего образования" с установлением размеров грантов и порядка их присуждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z179" w:id="202"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z179" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124) утверждение правил деятельности и состава комиссии, выдающей заключение о возможности выдачи разрешения о передаче детей, являющихся гражданами Республики Казахстан, на усыновление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z180" w:id="203"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z180" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125) утверждение правил учета лиц, являющихся гражданами Республики Казахстан, постоянно проживающих на территории Республики Казахстан, желающих усыновить детей-сирот, детей, оставшихся без попечения родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z181" w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z181" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126) утверждение правил аккредитации агентств по усыновлению и организаций по оказанию содействия в устройстве детей-сирот, детей, оставшихся без попечения родителей, в семьи граждан Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z182" w:id="205"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z182" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127) утверждение правил организации учета детей-сирот и детей, оставшихся без попечения родителей, и доступа к информации о них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z183" w:id="206"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z183" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128) утверждение положения о патронатном воспитании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z184" w:id="207"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z184" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129) утверждение правил и сроков представления формы отчета об условиях жизни, обучения, воспитания и состоянии здоровья усыновленного ребенка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z185" w:id="208"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z185" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130) утверждение правил формирования и использования республиканского банка данных детей-сирот, детей, оставшихся без попечения родителей, и лиц, желающих принять детей на воспитание в свои семьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z186" w:id="209"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z186" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131) утверждение положения о приемных семьях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z667" w:id="210"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z667" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131-1) утверждение положения о приемных профессиональных семьях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z666" w:id="211"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z666" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131-2) установление правил и условий содержания несовершеннолетних в центрах адаптации несовершеннолетних и центрах поддержки детей, нуждающихся в специальных социальных услугах, в соответствии с законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z187" w:id="212"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z187" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132) утверждение правил и размера финансирования содержания детей-сирот, детей, оставшихся без попечения родителей, переданных приемным родителям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z188" w:id="213"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z188" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133) утверждение положения о гостевой семье;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z637" w:id="214"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z637" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133-1) разработка и утверждение правил организации наставничества над детьми-сиротами и детьми, оставшимися без попечения родителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z189" w:id="215"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z189" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134) утверждение правил приобретения товаров и услуг организаций, осуществляющих функции по защите прав ребенка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z190" w:id="216"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z190" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135) осуществление координации деятельности центральных и местных исполнительных органов по реализации государственной политики, формируемой Министерством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z191" w:id="217"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z191" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136) осуществление контрольных функций за деятельностью центральных и местных исполнительных органов по вопросам, относящимся к полномочиям Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z192" w:id="218"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z192" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137) осуществление подготовки и внесение предложений о разработке, внесении изменений, пересмотре и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации, рекомендаций по стандартизации в уполномоченный орган в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z193" w:id="219"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z193" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138) осуществление разработки национальных стандартов и национальных классификаторов технико-экономической информации по согласованию с уполномоченным органом в сфере стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z194" w:id="220"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z194" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139) рассматрение проектов документов по стандартизации и национальный план стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z195" w:id="221"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z195" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140) осуществление подготовки предложений по созданию технических комитетов по стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z196" w:id="222"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z196" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141) участие в работе технических комитетов по стандартизации и национального органа по стандартизации, международных организаций по стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z197" w:id="223"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z197" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142) участие в реализации единой государственной политики в области обеспечения единства измерений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z198" w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z198" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143) разрабатка и утверждение правил предоставления в имущественный наем (аренду) физкультурно-оздоровительных и спортивных сооружений, закрепленных за государственными организациями среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z199" w:id="225"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z199" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144) утверждение правил организации и финансирования подготовки кадров с техническим и профессиональным образованием, краткосрочного профессионального обучения, по проекту "Мәңгілік ел жастары-индустрияға!" ("Серпін"), переподготовки трудовых ресурсов и сокращаемых работников";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z200" w:id="226"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z200" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145) утверждение перечня документов, обязательных для ведения педагогами организаций среднего, технического и профессионального, послереднего образования, и их формы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z202" w:id="228"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">146) исключен постановлением Правительства РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 908</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z682" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146-1) согласование квалификационных требований к административным государственным должностям первых руководителей органов управления образованием областей, городов республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z202" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147) утверждение государственного образовательного заказа на среднее образование в частных организациях образования, предельного размера родительской платы за обучение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z203" w:id="229"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z203" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148) разработка и утверждение правил размещения государственного образовательного заказа на специальную психолого-педагогическую поддержку детей с ограниченными возможностями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z204" w:id="230"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z204" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149) разработка и утверждение распределения функций между органами управления образования (управления образования областей, городов республиканского значения, столицы, а также подотчетные и подконтрольные им отделы образования, располагаемые в районах, городах или районах в городах областного и республиканского значения, столицы), применяемого при формировании схем управления административно-территориальной единицей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z205" w:id="231"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z205" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) утверждение перечня должностей педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z206" w:id="232"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z206" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) утверждение правил исчисления заработной платы педагогов государственных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5741,830 +5853,950 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="233"/>
+    <w:bookmarkStart w:name="z208" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153) утверждение правил определения особенности режима рабочего времени и времени отдыха педагога;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z209" w:id="234"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z209" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154) утверждение порядка организации наставничества и требований к педагогам, осуществляющим наставничество;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z210" w:id="235"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z210" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155) разработка и утверждение правил прохождения аттестации педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z211" w:id="236"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z211" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156) утверждение требований к содержанию программы психологической подготовки, порядка организации деятельности по психологической подготовке граждан Республики Казахстан, постоянно проживающих на территории Республики Казахстан, желающих принять детей-сирот, детей, оставшихся без попечения родителей, на воспитание в свою семью, и формы сертификата о прохождении такой подготовки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z212" w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z212" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157) разработка и утверждение правил организации работы по экспертизе и апробации типовых учебных планов, типовых учебных программ дошкольного воспитания и обучения, начального, основного среднего, общего среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z213" w:id="238"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z213" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) по согласованию с уполномоченным органом соответствующей отрасли разработка и утверждение перечня предметов и веществ, запрещенных к вносу, ограниченных для использования в организациях дошкольного, среднего, технического и профессионального, послесреднего образования, дополнительного образования и на их территориях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z214" w:id="239"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z214" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159) разработка и утверждение требований к структуре и содержанию учебников для организаций среднего образования и учебно-методических комплексов для дошкольных организаций, организаций среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z215" w:id="240"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z215" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) разработка и утверждение методики финансирования строительства, реконструкции объектов среднего образования за счет бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z216" w:id="241"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z216" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) определение юридического лица со стопроцентным участием государства, которое осуществляет координацию проведения международных сопоставительных исследований качества образования и подготовку ежегодного национального доклада о состоянии развития образования, а также формирование, сопровождение, системно-техническое обслуживание, интеграцию и обеспечение информационной безопасности информационной системы "Национальная образовательная база данных";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z217" w:id="242"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z217" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) разработка и утверждение правил формирования, сопровождения, системно-технического обслуживания, интеграции и обеспечения информационной безопасности информационной системы "Национальная образовательная база данных";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z218" w:id="243"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z218" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) разработка и утверждение минимальных требований к объектам информатизации в области образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z219" w:id="244"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z219" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) разработка и утверждение правил ведения реестров образовательных программ, реализуемых организациями технического и профессионального, послесреднего образования, а также основания включения в реестры образовательных программ и исключения из них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z220" w:id="245"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z220" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165) разработка и утверждение правил выбора учебников и учебно-методических комплексов педагогами государственных организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z221" w:id="246"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z221" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) формирование и утверждение перечня республиканских и международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам, конкурсов исполнителей, конкурсов профессионального мастерства, спортивных соревнований и критериев их отбора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z640" w:id="247"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z640" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166-1) разработка и утверждение правил отбора республиканских и международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам, конкурсов исполнителей, конкурсов профессионального мастерства и спортивных соревнований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z223" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z222" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167) формирование и утверждение перечня международных олимпиад по общеобразовательным предметам, международных конкурсов научных проектов и международных конкурсов исполнителей, спортивных соревнований, по которым победители и призеры (награжденные дипломами первой, второй и третьей степени) последних трех лет зачисляются с присуждением образовательного гранта в организации образования, реализующие образовательные программы высшего образования, и критериев их отбора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z223" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) формирование и утверждение переченя международных олимпиад по общеобразовательным предметам, по которым победители, призеры и педагоги, подготовившие их, поощряются единовременным вознаграждением за счет бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z224" w:id="250"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z224" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) утверждение правил выплаты единовременного вознаграждения победителям и призерам международных олимпиад по общеобразовательным предметам, педагогам, подготовившим их, а также размеров единовременного вознаграждения победителям и призерам международных олимпиад по общеобразовательным предметам, педагогам, подготовившим их;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z225" w:id="251"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z225" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170) разработка и утверждение правил деятельности психологической службы в организациях среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z226" w:id="252"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z226" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) по согласованию с уполномоченным органом соответствующей отрасли разработка и утверждение правил профилактики травли (буллинга) ребенка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z227" w:id="253"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z227" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) разработка и утверждение правил заключения договоров услуг государственного образовательного заказа посредством веб-портала государственных закупок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z228" w:id="254"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z228" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) утверждение положения о семье в детских деревнях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z229" w:id="255"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z229" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) утверждение типовых правил о доме юношества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z230" w:id="256"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z230" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) разработка и утверждение гарантированного государственного норматива сети организаций образования в зависимости от плотности населения и отдаленности населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z231" w:id="257"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z231" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) обеспечение повышения качества, доступности оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z232" w:id="258"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z232" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177) принятие мер по оптимизации и автоматизации процессов оказания государственных услуг в соответствии с законодательством Республики Казахстан по согласованию с уполномоченным органом в сфере информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z233" w:id="259"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z233" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178) проведение внутреннего контроля за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z234" w:id="260"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z234" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179) утверждение правил признания документов о среднем, техническом и профессиональном, послесреднем образовании, которые признаются на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z235" w:id="261"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z235" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180) участие в разработке предложений и реализации государственной политики в области науки и научно-технической деятельности, координация работы по проведению научных исследований в пределах полномочий Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z236" w:id="262"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z236" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) участие в формировании приоритетных направлений фундаментальных и прикладных научных исследований в пределах полномочий Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z237" w:id="263"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z237" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182) организация разработки научных, научно-технических проектов и программ, финансируемых из государственного бюджета, осуществление их реализации в области дошкольного воспитания и обучения, начального, основного, общего среднего, технического и профессионального, послесреднего и дополнительного образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z238" w:id="264"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z238" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183) утверждение отчетов по выполненным научным, научно-техническим проектам и программам в области дошкольного воспитания и обучения, начального, основного, общего среднего, технического и профессионального, послесреднего и дополнительного образования, финансируемым из государственного бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z239" w:id="265"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z239" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184) участие в разработке правил организации и проведения государственной научно-технической экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z240" w:id="266"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z240" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185) участие в разработке правил аккредитации субъектов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z241" w:id="267"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z241" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) внесение в уполномоченный орган предложений по кандидатурам для включения в составы национальных научных советов и согласование их составов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z242" w:id="268"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z242" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) участие в разработке положения о национальных научных советах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z243" w:id="269"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z243" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) внесение в уполномоченный орган предложений по формированию перечней субъектов базового финансирования и научных организаций, осуществляющих фундаментальные научные исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z244" w:id="270"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z244" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) участие в разработке правил базового и программно-целевого финансирования научной и (или) научно-технической деятельности, а также грантового финансирования научной и (или) научно-технической деятельности и коммерциализации результатов научной и (или) научно-технической деятельности, финансирования научных организаций, осуществляющих фундаментальные научные исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z245" w:id="271"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z245" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190) утверждение плана развития Министерства по согласованию с центральными уполномоченными органами по государственному и бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z683" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190-1) разработка и утверждение правил определения стоимости исследований, консалтинговых услуг по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z684" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190-2) разработка и утверждение правил определения стоимости государственного задания по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z685" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190-3) разработка и утверждение правил осуществления платных видов деятельности по реализации товаров (работ, услуг) государственными учреждениями в области образования, деньги от реализации которых остаются в их распоряжении, использования денег от реализации государственными учреждениями в области образования товаров (работ, услуг), остающихся в их распоряжении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z686" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190-4) разработка и утверждение правил составления отчетности об использовании целевого вклада, форм и сроков ее представления, а также требований к представляемой информации о ходе и результатах использования целевого вклада по согласованию с центральным уполномоченным органом по исполнению бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z687" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190-5) разработка и утверждение натуральных норм по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z688" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190-6) разработка и утверждение процедур исполнения бюджета при реализации пилотного национального проекта в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6635,200 +6867,200 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) выдача лицензии и (или) приложения к лицензии на занятие образовательной деятельностью на предоставление:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z668" w:id="272"/>
+    <w:bookmarkStart w:name="z668" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       начального образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z669" w:id="273"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z669" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       основного среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z670" w:id="274"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z670" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       общего среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z671" w:id="275"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z671" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технического и профессионального образования по специальностям, включенным в реестр образовательных программ, для военных, специальных учебных заведений по группам специальностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z672" w:id="276"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z672" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       послесреднего образования по специальностям, включенным в реестр образовательных программ, для военных, специальных учебных заведений по группам специальностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z673" w:id="277"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z673" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       духовного образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z252" w:id="278"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z252" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkEnd w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6955,120 +7187,120 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) и в период приостановления данный подпункт действует в следующей редакции.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="279"/>
+    <w:bookmarkStart w:name="z253" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) исключение организации образования из государственного электронного реестра разрешений и уведомлений в сфере дошкольного воспитания и обучения и дополнительного образования для детей в случаях, предусмотренных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z254" w:id="280"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z254" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) приостановление деятельности организаций образования, осуществляющих деятельность в уведомительном порядке, в порядке, предусмотренном законодательством Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z255" w:id="281"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z255" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7105,430 +7337,430 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195) ведение государственного электронного реестра разрешений и уведомлений по дошкольному воспитанию и обучению и дополнительному образованию для детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z256" w:id="282"/>
+    <w:bookmarkStart w:name="z256" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) осуществление уведомительного порядока в электронном виде посредством государственной информационной системы разрешений и уведомлений согласно правилам ее функционирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z257" w:id="283"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z257" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) осуществление проверки соблюдения заявителем требований, установленных законами Республики Казахстан, указами Президента Республики Казахстан, постановлениями Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z258" w:id="284"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z258" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198) создание консультативно-совещательного органа для коллегиального и гласного рассмотрения вопросов выдачи лицензии и (или) приложения к лицензии на занятие образовательной деятельностью, переоформления лицензии и (или) приложения к лицензии на занятие образовательной деятельностью в связи с реорганизацией организации образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z259" w:id="285"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z259" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) проведение государственной аттестации организаций среднего, технического и профессионального, послесреднего образования независимо от форм собственности и ведомственной подчиненности, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, общеобразовательные учебные программы начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего образования, за исключением организаций образования, осуществляющих образовательные программы технического и профессионального, послесреднего образования в области здравоохранения, и Академии правосудия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z260" w:id="286"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z260" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) осуществление государственного контроля за исполнением законодательства Республики Казахстан и нормативных правовых актов в области дошкольного, среднего, технического и профессионального, послесреднего образования, дополнительного образования, государственных общеобязательных стандартов образования в организациях независимо от формы собственности и ведомственной подчиненности, а также бюджетной и финансовой дисциплины в подведомственных организациях в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z261" w:id="287"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z261" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) по результатам контрольных и проверочных мероприятий составление протоколов об административных правонарушениях, наложение административных взысканий за административные правонарушения по статьям, отнесенным в соответствии с Кодексом Республики Казахстан об административных правонарушениях к компетенции уполномоченного органа в области образования, возбуждение и передача их в судебные органы, участие в судебных процессах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z262" w:id="288"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z262" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) координация и контроль за деятельностью территориальных органов, а также оказание им методической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z263" w:id="289"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z263" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) осуществление процедуры апостилирования официальных документов, исходящих из организаций среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z264" w:id="290"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z264" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) организация и проведение мониторинга образовательных достижений обучающихся;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z605" w:id="291"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z605" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204-1) утверждение правил проведения мониторинга по итогам приема в организации среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z265" w:id="292"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z265" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) обеспечивание контроля бюджетной и финансовой дисциплины в подведомственных организациях в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z266" w:id="293"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z266" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) осуществление взаимодействия с заинтересованными государственными органами в области защиты прав ребенка, противодействия детской безнадзорности и беспризорности, предупреждения и профилактики социального сиротства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z267" w:id="294"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z267" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) координация и контроль за деятельностью областных, городов Астаны, Алматы и Шымкента управлений образования по вопросам усыновления (удочерения), опеки, попечительства, патроната, приемной семьи, гостевой и приемной профессиональной семьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z268" w:id="295"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z268" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) проведение аккредитации агентств по усыновлению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z269" w:id="296"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z269" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) выдача решений об аккредитации агентств по усыновлению или отказе в аккредитации, мотивированных решений о продлении (об отказе в продлении), приостановлении, возобновлении и прекращении деятельности филиала и (или) представительства агентства по усыновлению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z270" w:id="297"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z270" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) координация деятельности органов, осуществляющих функции по опеке или попечительству, местных исполнительных органов районов, городов областного значения, областей, города республиканского значения, столицы по формированию и использованию республиканского банка данных детей-сирот, детей, оставшихся без попечения родителей, и лиц, желающих принять детей на воспитание в свои семьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z641" w:id="298"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z641" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210-1) разработка и утверждение правил организации деятельности органов, осуществляющих функции по опеке или попечительству в отношении несовершеннолетних;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z674" w:id="299"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z674" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210-2) разработка и утверждение правил разрешения органом, осуществляющим функции по опеке или попечительству, споров на общение с ребенком родителя, проживающего отдельно от ребенка, дедушек, бабушек, братьев и сестер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z271" w:id="300"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z271" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) осуществление контроля за соблюдением законодательства Республики Казахстан о специальных социальных услугах в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkEnd w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7557,90 +7789,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="301"/>
+    <w:bookmarkStart w:name="z273" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) осуществление государственного контроля за обеспечением соответствия деятельности органов управления образования областей, городов республиканского значения, столицы, районов (городов областного значения), организаций образования и организаций, осуществляющих функции по защите прав ребенка, независимо от типа, формы собственности и ведомственной подчиненности требованиям законодательства Республики Казахстан в области защиты прав ребенка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z274" w:id="302"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z274" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) координация деятельности организаций, осуществляющих функции по защите прав ребенка, при приобретении товаров и услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7723,1424 +7955,1534 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z642" w:id="303"/>
+    <w:bookmarkStart w:name="z642" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216-1) разработка и утверждение программ помощи несовершеннолетним, подвергшимся насилию, жестокому обращению, буллингу, а также несовершеннолетним, в присутствии которых совершены правонарушения против личности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z277" w:id="304"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z277" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) осуществление мониторинга и анализа организации питания детей в организациях образования, подвоза детей к школам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z278" w:id="305"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z278" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) обеспечение правовых и социальных гарантий качества жизни детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z279" w:id="306"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z279" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) организация и проведение заседаний Межведомственной комиссии по делам несовершеннолетних и защите их прав;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z280" w:id="307"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z280" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220) координация и поддержка деятельности неправительственных организаций и детских социальных инициатив, направленных на нравственно-духовное развитие;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z281" w:id="308"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z281" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) выработка предложений по внесению изменений и (или) дополнений в реестр государственных услуг, оказываемых физическим и юридическим лицам в сфере дошкольного, среднего, технического и профессионального, послесреднего образования и дополнительного образования, охраны прав детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z282" w:id="309"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z282" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) оказание информационной консультативной, методической поддержки неправительственным организациям, осуществляющим государственный социальный заказ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z283" w:id="310"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z283" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) обеспечение ежегодного пересмотра в сторону улучшения минимальных социальных стандартов, норм и нормативов показателей жизни детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z675" w:id="311"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z675" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223-1) установление государственных минимальных социальных стандартов, направленных на улучшение жизни детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z284" w:id="312"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z284" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224) выдача обязательных для исполнения письменных предписаний об устранении выявленных нарушений законодательства Республики Казахстан в области образования в установленные в предписании сроки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z285" w:id="313"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z285" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) проведение контроля за использованием бланков документов государственного образца об образовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z286" w:id="314"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z286" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226) осуществление контроля за детьми, переданными на усыновление иностранцам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z287" w:id="315"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z287" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) реализация государственной политики в сфере предоставления специальных социальных услуг в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z288" w:id="316"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z288" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) разработка и утверждение форм документов строгой отчетности, используемых организациями среднего, технического и профессионального, послесреднего образования в образовательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z289" w:id="317"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z289" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) обеспечение учебниками и учебно-методическими комплексами республиканских организаций среднего образования, а также соотечественников, обучающихся в зарубежных школах в соответствии с международными соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z290" w:id="318"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z290" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230) координация работы по обеспечению учебниками и учебно-методическими комплексами обучающихся и воспитанников организаций дошкольного, среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z291" w:id="319"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z291" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231) организация проведения внешкольных мероприятий республиканского значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z292" w:id="320"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z292" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232) оказание методологической поддержки организациям образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z293" w:id="321"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z293" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233) проведение аккредитации организаций по оказанию содействия в устройстве детей-сирот, детей, оставшихся без попечения родителей, в семьи граждан Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z294" w:id="322"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z294" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234) выдача решений об аккредитации организации оказанию содействия в устройстве детей-сирот, детей, оставшихся без попечения родителей, в семьи граждан Республики Казахстан или отказе в аккредитации, мотивированных решений о продлении (об отказе в продлении), приостановлении, возобновлении и прекращении деятельности организации по оказанию содействия в устройстве детей-сирот, детей, оставшихся без попечения родителей, в семьи граждан Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z650" w:id="323"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z650" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-1) формирование в рамках учебно-воспитательного процесса знаний, умений и навыков у обучающихся и воспитанников организаций образования по вопросам предупреждения торговли людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z651" w:id="324"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z651" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-2) участие совместно с другими государственными органами и организациями в мероприятиях по предупреждению торговли людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z652" w:id="325"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z652" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-3) разработка и утверждение правил ведения внутришкольного учета обучающихся и воспитанников, требующих повышенного педагогического внимания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z653" w:id="326"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z653" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-4) разработка и утверждение правил деятельности центров психологической поддержки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z654" w:id="327"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z654" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-5) осуществление взаимодействия с государственными органами и организациями по вопросам правового воспитания обучающихся и воспитанников организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z295" w:id="330"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z655" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      234-6) разработка и внедрение в практику работы организаций образования программ и методик, направленных на формирование законопослушного поведения обучающихся и воспитанников организаций образования, а также осуществление мониторинга их реализации и мониторинга проведения исследований уровня правовой грамотности и защищенности обучающихся и воспитанников организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">234-7) исключен постановлением Правительства РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 908</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z295" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235) разработка и утверждение методики и правил определения объемов расходов бюджетных средств на содержание вновь вводимых государственных объектов среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z575" w:id="331"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z575" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-1) создание совета по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z576" w:id="332"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z576" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-2) представление информации по реализации государственного социального заказа в уполномоченный орган в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z577" w:id="333"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z577" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-3) размещение на своем интернет-ресурсе планируемых тем и информации по реализации государственного социального заказа, а также оценки результатов государственного социального заказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z578" w:id="334"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z578" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-4) предоставление государственных грантов в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассмотрение отчета оператора о результатах реализации государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z579" w:id="335"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z579" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-5) осуществление оценки эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z580" w:id="336"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z580" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-6) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирование государственных грантов по направлениям и объемам финансирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z581" w:id="337"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z581" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-7) проведение конкурсного отбора стратегических партнеров и заключение с ними договоров в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z582" w:id="338"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z582" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-8) осуществление оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkEnd w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-9) ежегодно до 1 декабря представление в уполномоченный орган в сфере взаимодействия с неправительственными организациями информации о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z583" w:id="339"/>
+    <w:bookmarkStart w:name="z583" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-10) осуществление анализа, мониторинга и выявления системных проблем, поднимаемых физическими и юридическими лицами в обращениях (заявлениях, жалобах), запросах, предложениях, откликах и сообщениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z584" w:id="340"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z584" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-11) обеспечение формирования у учащихся высокой культуры толерантности, межличностных и межэтнических коммуникаций, принятие профилактических мер и выявление межэтнических конфликтов среди детей и подростков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z585" w:id="341"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z585" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       235-12) организация мероприятий, направленных на укрепление толерантных межэтнических отношений среди учащихся, формирование у них инклюзивного и интеркультурного взаимодействия; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z608" w:id="342"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z608" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-13) утверждение правил награждения детей и молодежи в возрасте от четырнадцати до тридцати пяти лет знаком отличия за проявленный патриотизм и активную гражданскую позицию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z609" w:id="343"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z609" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-14) определение организации (администратора), осуществляющей мероприятия по награждению знаком отличия за проявленный патриотизм и активную гражданскую позицию детей и молодежи в возрасте от четырнадцати до тридцати пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z610" w:id="344"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z610" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-15) утверждение типовых штатов работников государственных организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z611" w:id="345"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z611" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-16) утверждение размеров квоты приема при поступлении на учебу в организации образования, реализующие образовательные программы технического, профессионального и послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z612" w:id="346"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z612" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-17) утверждение государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним образованием в организациях образования, финансируемых из республиканского бюджета (за исключением организаций образования, осуществляющих подготовку специалистов для Вооруженных Сил, других войск и воинских формирований, а также специальных государственных органов), с учетом потребностей рынка труда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z613" w:id="347"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z613" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-18) разработка и утверждение правил присуждения и размеров гранта "Өркен", а также методики определения его стоимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z614" w:id="348"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z614" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-19) утверждение правил признания аккредитационных органов, в том числе зарубежных, формирование и утверждение реестра признанных аккредитационных органов, аккредитованных организаций образования и образовательных программ, а также оснований их включения в него, приостановления и исключения из него;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z615" w:id="349"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z615" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-20) утверждение структуры и правил разработки программы развития организации дошкольного, среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z616" w:id="350"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z616" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-21) разработка и утверждение порядка распределения, расходования, мониторинга и отчетности средств Фонда поддержки инфраструктуры образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z617" w:id="351"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z617" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-22) разработка и утверждение критериев оценки наличия жестокого обращения, приведшего к социальной дезадаптации и социальной депривации, совместно с Министерством внутренних дел Республики Казахстан и уполномоченными органами в сфере социальной защиты и здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z618" w:id="352"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z618" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-23) согласование с уполномоченными органами соответствующей отрасли стандарта оказания специальных социальных услуг в области здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z619" w:id="353"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z619" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-24) разработка программы аттестации социальных работников в соответствии с профессиональным стандартом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z620" w:id="354"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z620" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-25) разработка и утверждение минимальных технических требований по техническому оснащению при проведении тестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z621" w:id="355"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z621" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-26) создание межведомственной комиссии по делам несовершеннолетних и защите их прав и утверждение положения о ее деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z622" w:id="356"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z622" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-27) согласование правил оценки и определения потребности в специальных социальных услугах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z623" w:id="357"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z623" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-28) согласование правил аттестации социальных работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z624" w:id="358"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z624" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-29) согласование стандарта оказания специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z626" w:id="359"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z626" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-30) разработка и утверждение профессиональных стандартов для педагогов организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z627" w:id="360"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z627" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-31) внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по внесению изменений и дополнений в реестр профессий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z628" w:id="361"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z628" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-32) выработка предложений по разработке и (или) актуализации профессиональных стандартов и направление их в уполномоченный орган в области признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z629" w:id="362"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z629" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-33) формирование потребности рынка труда в признании профессиональных квалификаций с учетом актуальности профессий в текущем и будущем периодах по согласованию с местными исполнительными органами областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z630" w:id="363"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z630" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-34) внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по условиям признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z631" w:id="364"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z631" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-35) разработка и (или) актуализация национальной рамки квалификаций совместно с уполномоченными органами в области признания профессиональных квалификаций, науки и высшего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkEnd w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-36) разработка и утверждение положения об отраслевых советах по профессиональным квалификациям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-37) определение порядка изменения штатной численности и штатного расписания управленческого, административного и вспомогательного персонала государственных дошкольных организаций, организаций среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z676" w:id="365"/>
+    <w:bookmarkStart w:name="z676" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-38) разработка и утверждение правил образования и организации деятельности комиссии по делам несовершеннолетних и защите их прав;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z677" w:id="366"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z677" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-39) разработка и утверждение совместно с уполномоченным органом в сфере электронной промышленности минимальных требований к компьютерному и интерактивному оборудованию для государственных организаций образования, реализующих образовательные программы начального, основного среднего и общего среднего, специального, технического и профессионального образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z679" w:id="367"/>
+    <w:bookmarkEnd w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-40) участие в формировании государственной политики и принятие мер по противодействию теневой экономике в области дошкольного, среднего, технического и профессионального, послесреднего образования, дополнительного образования, охраны прав детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z296" w:id="368"/>
+    <w:bookmarkStart w:name="z689" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235-41) обеспечение публикации результатов мониторинга, осуществляемого центральными государственными и местными исполнительными органами, администраторами бюджетных программ, субъектами квазигосударственного сектора, уполномоченными органами соответствующей отрасли (сферы) и иными юридическими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z690" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235-42) установление норматива отчисления части чистого дохода государственных предприятий, осуществляющих деятельность в социальной сфере;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z691" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235-43) осуществление контроля за полнотой и своевременностью перечисления государственными предприятиями в бюджет части чистого дохода;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z296" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236) осуществление иных функций, предусмотренных законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkEnd w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9442,539 +9784,559 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); от 11.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 740</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 908</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z297" w:id="369"/>
+    <w:bookmarkStart w:name="z297" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z298" w:id="370"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z298" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z299" w:id="371"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z299" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Министерства назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z300" w:id="372"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z300" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Министерства имеет заместителей (первый вице-министр, вице-министры), которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z301" w:id="373"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z301" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Министерства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z302" w:id="374"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z302" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет обязанности и полномочия своих заместителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z303" w:id="375"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z303" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в соответствии с законодательством назначает на должности и освобождает от должностей работников Министерства, вопросы трудовых отношений которых отнесены к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z304" w:id="376"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z304" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в установленном законодательством порядке налагает дисциплинарные взыскания и применяет меры поощрения на сотрудников Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z305" w:id="377"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z305" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подписывает приказы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z306" w:id="378"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z306" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) представляет Министерство во всех государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z307" w:id="379"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z307" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) утверждает регламент работы Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z308" w:id="380"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z308" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) принимает меры, направленные на противодействие коррупции в Министерстве, и несет персональную ответственность за непринятие антикоррупционных мер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z309" w:id="381"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z309" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) принимает решения по другим вопросам, отнесенным к его компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z310" w:id="382"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z310" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Министерства в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z311" w:id="383"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z311" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z312" w:id="384"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z312" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Аппарат Министерства возглавляется руководителем аппарата, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z313" w:id="385"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z313" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z314" w:id="386"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z314" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z315" w:id="387"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z315" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z316" w:id="388"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z316" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z317" w:id="389"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z317" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z318" w:id="390"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z318" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z319" w:id="391"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z319" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z320" w:id="392"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z320" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkEnd w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9989,270 +10351,270 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 13.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 370</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z321" w:id="393"/>
+    <w:bookmarkStart w:name="z321" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное казенное предприятие "Республиканский научно-практический центр "Дарын".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z322" w:id="394"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z322" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное казенное предприятие "Национальный научно-практический центр физической культуры".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z323" w:id="395"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z323" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное казенное предприятие "Республиканский учебно-оздоровительный центр "Балдаурен".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z324" w:id="396"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z324" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное казенное предприятие "Республиканский учебно-методический центр дополнительного образования";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z325" w:id="397"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z325" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное предприятие на праве хозяйственного ведения "Национальная академия образования имени И. Алтынсарина".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z326" w:id="398"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z326" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Акционерное общество "Финансовый центр" 50 (пятьдесят) процентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z327" w:id="399"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z327" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Акционерное общество "Национальный центр исследований и оценки образования "Талдау" имени Ахмет Байтұрсынұлы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z328" w:id="400"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z328" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Акционерное общество "Национальный центр повышения квалификации "Өрлеу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z329" w:id="401"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z329" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Некоммерческое акционерное общество "Talap".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z330" w:id="402"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z330" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Некоммерческое акционерное общество "Национальный научно-практический институт благополучия детей "Өркен".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z331" w:id="403"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z331" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Некоммерческое акционерное общество "Республиканская физико-математическая школа".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkEnd w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10281,88 +10643,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z333" w:id="404"/>
+    <w:bookmarkStart w:name="z333" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Республиканское государственное казенное предприятие "Национальный научно-практический, образовательный и оздоровительный центр "Бобек".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z334" w:id="405"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z334" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень территориальных органов, находящихся в ведении Комитета по обеспечению качества в сфере образования Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkEnd w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 17.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10377,468 +10739,468 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 13.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 562</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z335" w:id="406"/>
+    <w:bookmarkStart w:name="z335" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент по обеспечению качества в сфере образования Акмолинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z336" w:id="407"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z336" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департамент по обеспечению качества в сфере образования Актюбинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z337" w:id="408"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z337" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент по обеспечению качества в сфере образования Алматинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z338" w:id="409"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z338" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент по обеспечению качества в сфере образования Атырауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z339" w:id="410"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z339" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент по обеспечению качества в сфере образования Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z340" w:id="411"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z340" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент по обеспечению качества в сфере образования Жамбылской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z341" w:id="412"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z341" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Департамент по обеспечению качества в сфере образования Западно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z342" w:id="413"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z342" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Департамент по обеспечению качества в сфере образования Карагандинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z343" w:id="414"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z343" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Департамент по обеспечению качества в сфере образования Костанайской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z344" w:id="415"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z344" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Департамент по обеспечению качества в сфере образования Кызылординской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z345" w:id="416"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z345" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Департамент по обеспечению качества в сфере образования Мангистауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z346" w:id="417"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z346" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департамент по обеспечению качества в сфере образования Павлодарской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z347" w:id="418"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z347" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Департамент по обеспечению качества в сфере образования Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z348" w:id="419"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z348" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Департамент по обеспечению качества в сфере образования Туркестанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z349" w:id="420"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z349" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Департамент по обеспечению качества в сфере образования города Астаны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z350" w:id="421"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z350" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Департамент по обеспечению качества в сфере образования города Алматы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z351" w:id="422"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z351" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Департамент по обеспечению качества в сфере образования города Шымкента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z352" w:id="423"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z352" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Департамент по обеспечению качества в сфере образования области Абай.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z353" w:id="424"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z353" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Департамент по обеспечению качества в сфере образования области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z354" w:id="425"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z354" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Департамент по обеспечению качества в сфере образования области Ұлытау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z625" w:id="426"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z625" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Комитета по обеспечению качества в сфере образования Министерства просвещения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkEnd w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Положение дополнено разделом в соответствии с постановлением Правительства РК от 13.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10851,186 +11213,206 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский научно-практический центр экспертизы содержания образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z355" w:id="427"/>
+    <w:bookmarkStart w:name="z355" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений, находящихся в ведении Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkEnd w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Перечень с изменением, внесенным постановлением Правительства РК от 17.10.2022 </w:t>
+      Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 17.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 829</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 908</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z356" w:id="428"/>
+    <w:bookmarkStart w:name="z356" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Национальный научно-практический центр развития специального и инклюзивного образования".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z358" w:id="430"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z357" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканское государственное учреждение "Абай ұлттық мектебі".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z358" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное учреждение "Республиканская научно-педагогическая библиотека".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z359" w:id="431"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z359" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное учреждение "Институт раннего развития детей".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkEnd w:id="440"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11158,188 +11540,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от " " 2022 года №</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z361" w:id="432"/>
+    <w:bookmarkStart w:name="z361" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Изменения и дополнения, которые вносятся в некоторые решения Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z362" w:id="433"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z362" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 мая 1999 года № 659 "О передаче прав по владению и пользованию государственными пакетами акций и государственными долями в организациях, находящихся в республиканской собственности":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z363" w:id="434"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z363" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных пакетов акций и государственных долей участия в организациях республиканской собственности, право владения и пользования которыми передается отраслевым министерствам и иным государственным органам, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z364" w:id="435"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z364" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>разделе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Министерство индустрии и инфраструктурного развития Республики Казахстан":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkEnd w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11352,1210 +11734,1210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>строку</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, порядковый номер 389-6, исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z366" w:id="436"/>
+    <w:bookmarkStart w:name="z366" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       раздел "Министерству образования и науки Республики Казахстан" исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z367" w:id="437"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z367" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить разделами следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z368" w:id="438"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z368" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Министерству просвещения Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z369" w:id="439"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z369" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       405. Акционерное общество "Финансовый центр" 50 (пятьдесят) процентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z370" w:id="440"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z370" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       405-1. Некоммерческое акционерное общество "Talap".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z371" w:id="441"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z371" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       405-2. Акционерное общество "Информационно-аналитический центр".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z372" w:id="442"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z372" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       405-3. Акционерное общество "Национальный центр повышения квалификации "Өрлеу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z373" w:id="443"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z373" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       405-4. Некоммерческое акционерное общество "Республиканская физико-математическая школа".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z374" w:id="444"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z374" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       405-5. Некоммерческое акционерное общество "Национальный институт гармоничного развития человека".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z375" w:id="445"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z375" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       405-6. Товарищество с ограниченной ответственностью "Хозяйственное управление Министерства образования и науки Республики Казахстан". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z376" w:id="446"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z376" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерству науки и высшего образования Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z377" w:id="447"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z377" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406. Открытое акционерное общество "Технопарк научно-производственного объединения "Прогресс".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z378" w:id="448"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z378" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-1. Акционерное общество "Казахстанский институт менеджмента, экономики и прогнозирования".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z379" w:id="449"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z379" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-2. Акционерное общество "Центр международных программ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z380" w:id="450"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z380" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-3. Закрытое акционерное общество "Республиканский инновационный фонд".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z381" w:id="451"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z381" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-4. Некоммерческое акционерное общество "Атырауский университет нефти и газа имени Сафи Утебаева".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z382" w:id="452"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z382" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-5. Некоммерческое акционерное общество "Актюбинский региональный университет имени К. Жубанова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z383" w:id="453"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z383" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-6. Некоммерческое акционерное общество "Восточно-Казахстанский университет имени Сарсена Аманжолова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z384" w:id="454"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z384" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-7. Некоммерческое акционерное общество "Жетысуский университет имени Ильяса Жансугурова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z385" w:id="455"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z385" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-8. Некоммерческое акционерное общество "Таразский региональный университет имени М.Х. Дулати".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z386" w:id="456"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z386" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-9. Некоммерческое акционерное общество "Евразийский национальный университет имени Л.Н. Гумилева".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z387" w:id="457"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z387" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-10. Некоммерческое акционерное общество "Северо-Казахстанский университет имени Манаша Козыбаева".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z388" w:id="458"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z388" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-11. Некоммерческое акционерное общество "Кызылординский университет имени Коркыт Ата".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z389" w:id="459"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z389" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-12. Некоммерческое акционерное общество "Западно–Казахстанский университет имени Махамбета Утемисова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z390" w:id="460"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z390" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-13. Некоммерческое акционерное общество "Атырауский университет имени Халела Досмухамедова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z391" w:id="461"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z391" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-14. Некоммерческое акционерное общество "Университет имени Шакарима города Семей".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z392" w:id="462"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z392" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-15. Некоммерческое акционерное общество "Торайгыров университет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z393" w:id="463"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z393" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-16. Некоммерческое акционерное общество "Карагандинский индустриальный университет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z394" w:id="464"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z394" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-17. Некоммерческое акционерное общество "Костанайский региональный университет имени А. Байтурсынова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z395" w:id="465"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z395" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-18. Некоммерческое акционерное общество "Карагандинский университет имени академика Е.А. Букетова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z396" w:id="466"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z396" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-19. Некоммерческое акционерное общество "Карагандинский технический университет имени Абылкаса Сагинова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z397" w:id="467"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z397" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-20. Некоммерческое акционерное общество "Южно-Казахстанский университет имени М. Ауэзова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z398" w:id="468"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z398" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-21. Некоммерческое акционерное общество "Рудненский индустриальный институт".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z399" w:id="469"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z399" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-22. Некоммерческое акционерное общество "Каспийский университет технологий и инжиниринга имени Ш. Есенова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z400" w:id="470"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z400" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-23. Некоммерческое акционерное общество "Кокшетауский университет имени Ш. Уалиханова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z401" w:id="471"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z401" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-24. Некоммерческое акционерное общество "Казахский национальный университет имени аль-Фараби".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z402" w:id="472"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z402" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-25. Некоммерческое акционерное общество "Восточно-Казахстанский технический университет имени Д. Серикбаева".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z403" w:id="473"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z403" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-26. Некоммерческое акционерное общество "Казахский национальный исследовательский технический университет имени К.И. Сатпаева".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z404" w:id="474"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z404" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-27. Некоммерческое акционерное общество "Южно-Казахстанский государственный педагогический университет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z405" w:id="475"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z405" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-28. Некоммерческое акционерное общество "Аркалыкский педагогический институт имени И. Алтынсарина".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z406" w:id="476"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z406" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-29. Некоммерческое акционерное общество "Павлодарский педагогический университет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z407" w:id="477"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z407" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-30. Некоммерческое акционерное общество "Казахский национальный женский педагогический университет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z408" w:id="478"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z408" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-31. Некоммерческое акционерное общество "Казахский национальный педагогический университет имени Абая".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z409" w:id="479"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z409" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-32. Акционерное общество "Академия гражданской авиации".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z410" w:id="480"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z410" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитету науки Министерства науки и высшего образования Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z411" w:id="481"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z411" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-33. Акционерное общество "Фонд науки".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z412" w:id="482"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z412" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-34. Акционерное общество "Национальный центр государственной научно-технической экспертизы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z413" w:id="483"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z413" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-35. Акционерное общество "Институт географии и водной безопасности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z414" w:id="484"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z414" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-36. Товарищество с ограниченной ответственностью "Центрально–Азиатский региональный гляциологический центр" категории 2 под эгидой ЮНЕСКО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z415" w:id="485"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z415" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-37. Товарищество с ограниченной ответственностью "Институт Евразийской интеграции".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z416" w:id="486"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z416" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитету языковой политики Министерства науки и высшего образования Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z417" w:id="487"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z417" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       406-38. Некоммерческое акционерное общество "Национальный научно-практический центр "Тіл-Қазына" имени Шайсултана Шаяхметова".".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z418" w:id="488"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z418" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 24 апреля 2015 года № 287 "Об утверждении перечня товаров, экспорт и (или) импорт которых подлежат лицензированию, лицензиаров и государственных органов, которые осуществляют согласование выдачи лицензии":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z419" w:id="489"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z419" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> товаров, экспорт и (или) импорт которых подлежат лицензированию, лицензиаров и государственных органов, которые осуществляют согласование выдачи лицензии, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z420" w:id="490"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z420" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        строку, порядковый номер, 4, изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z421" w:id="491"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z421" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkEnd w:id="500"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12720,200 +13102,200 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МНВО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z422" w:id="492"/>
+    <w:bookmarkStart w:name="z422" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z423" w:id="493"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z423" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>примечании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z424" w:id="494"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z424" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в расшифровке аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z425" w:id="495"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z425" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку "МОН – Министерство образования и науки Республики Казахстан" изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z426" w:id="496"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z426" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "МНВО – Министерство науки и высшего образования Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z427" w:id="497"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z427" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 21 ноября 2015 года № 934 "Об определении лицензиаров в сфере образования":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkEnd w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12926,90 +13308,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>преамбулу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z429" w:id="498"/>
+    <w:bookmarkStart w:name="z429" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "В соответствии с подпунктом 2) статьи 10 Закона Республики Казахстан "О разрешениях и уведомлениях" Правительство Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkEnd w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13022,150 +13404,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z431" w:id="499"/>
+    <w:bookmarkStart w:name="z431" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Определить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z432" w:id="500"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z432" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Комитет по обеспечению качества в сфере науки и высшего образования Министерства науки и высшего образования Республики Казахстан лицензиаром по осуществлению лицензирования деятельности в сфере образования на предоставление высшего образования по направлениям подготовки кадров и формам обучения, послевузовского образования по направлениям подготовки кадров и формам обучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z433" w:id="501"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z433" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Комитет по обеспечению качества в сфере образования Министерства просвещения Республики Казахстан лицензиаром по осуществлению лицензирования деятельности в сфере образования на предоставление духовного образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z434" w:id="502"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z434" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) территориальные департаменты по обеспечению качества в сфере образования Комитета по обеспечению качества в сфере образования Министерства просвещения Республики Казахстан лицензиарами по осуществлению лицензирования деятельности в сфере образования на предоставление начального образования, основного среднего образования, общего среднего образования, технического и профессионального образования по квалификациям, для военных, специальных учебных заведений по группам специальностей, послесреднего образования по квалификациям, для военных, специальных учебных заведений по группам специальностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z435" w:id="503"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z435" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) государственные органы, согласующие выдачу лицензии на занятие образовательной деятельностью в части соответствия заявителя требованиям законодательства Республики Казахстан, согласно приложению к настоящему постановлению.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkEnd w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13198,401 +13580,176 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к указанному постановлению изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z437" w:id="504"/>
-[...316 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5. Утратил силу постановлением Правительства РК от 04.10.2023 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">4. Утратил силу постановлением Правительства РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 915</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Утратил силу постановлением Правительства РК от 04.10.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 862</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkEnd w:id="509"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13720,5028 +13877,5028 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от " " 2022 года № </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z447" w:id="510"/>
+    <w:bookmarkStart w:name="z447" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z448" w:id="511"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z448" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z449" w:id="512"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z449" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 24 декабря 2004 года № 1376 "О передислокации Аэрокосмического комитета Министерства образования и науки Республики Казахстан в город Астану".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z450" w:id="513"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z450" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Подпункт 4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 4 марта 2005 года № 207 "О создании акционерного общества "Совместное Казахстанско-Российское предприятие "Байтерек".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z451" w:id="514"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z451" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Пункт 5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>изменений и дополнений</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 17 марта 2005 года № 242 "О создании акционерного общества "Национальная компания "Казкосмос".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z452" w:id="515"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z452" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Подпункт 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 4 апреля 2005 года № 300 "Отдельные вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z453" w:id="516"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z453" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Подпункт 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 4 апреля 2005 года № 301 "О некоторых вопросах создания акционерного общества "Центр международных программ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z454" w:id="517"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z454" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Подпункт 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 29 апреля 2005 года № 405 "О некоторых вопросах Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z455" w:id="518"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z455" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Подпункт 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 1 июня 2005 года № 541 "О реорганизации государственного учреждения "Финансовый центр" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z456" w:id="519"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z456" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 19 июля 2005 года № 741 "О некоторых вопросах республиканского государственного предприятия на праве хозяйственного ведения "Научный центр противоинфекционных препаратов".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z457" w:id="520"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z457" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Подпункт 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 20 сентября 2005 года № 929 "О реорганизации некоторых республиканских государственных предприятий Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z458" w:id="521"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z458" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 27 сентября 2005 года № 953 "О реорганизации Республиканского государственного казенного предприятия "Институт фитохимии" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z459" w:id="522"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z459" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Подпункт 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 24 ноября 2005 года № 1159 "О создании Республиканского государственного казенного предприятия "Межрегиональный профессиональный центр по подготовке и переподготовке кадров технического и обслуживающего труда для нефтегазовой отрасли" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z460" w:id="523"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z460" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнения, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 27 февраля 2006 года № 134 "О внесении изменений и дополнения в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z461" w:id="524"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z461" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Подпункт 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 21 марта 2006 года № 195 "О некоторых вопросах Республиканского государственного предприятия на праве хозяйственного ведения "Центр биологических исследований" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z462" w:id="525"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z462" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Подпункт 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 29 марта 2006 года № 211 "О передаче некоторых объектов из республиканской собственности в коммунальную собственность города Алматы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z463" w:id="526"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z463" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 апреля 2006 года № 249 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z464" w:id="527"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z464" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 13 июня 2006 года № 544 "О внесении дополнений и изменений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z465" w:id="528"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z465" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Пункт 3 изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 21 июля 2006 года № 700 "Некоторые вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z466" w:id="529"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z466" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 5 постановления Правительства Республики Казахстан от 5 декабря 2006 года № 1170 "О создании Республиканского государственного казенного предприятия "Межрегиональный профессиональный центр по подготовке и переподготовке кадров технического и обслуживающего труда для топливно-энергетической отрасли" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z467" w:id="530"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z467" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Подпункт 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 29 декабря 2006 года № 1324 "О передаче Государственного учреждения "Республиканская казахская средняя специализированная музыкальная школа-интернат для одаренных детей имени А. Жубанова" Министерства образования и науки Республики Казахстан в коммунальную собственность города Алматы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z468" w:id="531"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z468" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Пункт 9 изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 мая 2007 года № 438 "Вопросы Национального космического агентства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z469" w:id="532"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z469" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 24 июля 2007 года № 624 "О реорганизации Республиканского государственного казенного предприятия "Акмолинский финансово-экономический колледж" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z470" w:id="533"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z470" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 18 октября 2007 года № 964 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z471" w:id="534"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z471" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 постановления Правительства Республики Казахстан от 22 октября 2007 года № 984 "О некоторых вопросах Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z472" w:id="535"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z472" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 5 постановления Правительства Республики Казахстан от 21 декабря 2007 года № 1244 "О создании Республиканского государственного казенного предприятия "Межрегиональный профессиональный центр по подготовке и переподготовке кадров технического и обслуживающего труда для обрабатывающей отрасли" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z473" w:id="536"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z473" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Подпункт 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 15 января 2008 года № 15 "О реорганизации Республиканского государственного казенного предприятия "Республиканский центр подтверждения и присвоения квалификации" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z474" w:id="537"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z474" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 18 апреля 2008 года № 365 "Вопросы отдельных организаций, подведомственных Министерству образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z475" w:id="538"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z475" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 13 мая 2008 года № 452 "О создании акционерного общества "Өркен" и выделении средств из резерва Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z476" w:id="539"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z476" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 26 мая 2008 года № 502 "О переименовании Республиканского государственного казенного предприятия "Актауский государственный университет имени Ш. Есенова" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z477" w:id="540"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z477" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 11 сентября 2008 года № 847 "О переименовании Республиканского государственного казенного предприятия "Казахский государственный женский педагогический институт" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z478" w:id="541"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z478" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 21 ноября 2008 года № 1080 "О создании специализированных советов по вопросам государственного корпоративного управления при Правительстве Республики Казахстан и о внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан и признании утратившими силу некоторых решений Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z479" w:id="542"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z479" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 20 июня 2009 года № 957 "О создании некоммерческого акционерного общества "Новый университет Астаны" и выделении средств из резерва Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z480" w:id="543"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z480" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений и изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 14 сентября 2009 года № 1369 "О внесении дополнений и изменений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z481" w:id="544"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z481" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 11 марта 2009 года № 281 "О внесении дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z482" w:id="545"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z482" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 12 октября 2009 года № 1560 "О переименовании Государственного учреждения "Казахская национальная академия музыки" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z483" w:id="546"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z483" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 1 марта 2010 года № 152 "О некоторых вопросах некоммерческого акционерного общества "Новый университет Астаны" и акционерного общества "Национальный медицинский холдинг".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z484" w:id="547"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z484" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 2 марта 2010 года № 156 "О внесении дополнения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z485" w:id="548"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z485" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением от 7 июня 2010 года № 532 "О некоторых вопросах некоммерческого акционерного общества "Новый университет Астаны" и акционерного общества "Өркен".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z486" w:id="549"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z486" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 6 сентября 2010 года № 901 "О принятии государственного учреждения "Казахская средняя специализированная музыкальная школа-интернат для одаренных детей имени А. Жубанова" города Алматы в республиканскую собственность".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z487" w:id="550"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z487" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 30 сентября 2010 года № 1009 "О некоторых мерах по повышению эффективности правоохранительной деятельности и судебной системы в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z488" w:id="551"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z488" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 11 марта 2011 года № 246 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z489" w:id="552"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z489" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 9 июня 2011 года № 647 "О реорганизации некоммерческого акционерного общества "Назарбаев Университет" и акционерного общества "Назарбаев Интеллектуальные школы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z490" w:id="553"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z490" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 постановления Правительства Республики Казахстан от 28 июня 2011 года № 722 "О создании Республиканского государственного предприятия на праве хозяйственного ведения "Южно-Казахстанский государственный педагогический институт" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z491" w:id="554"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z491" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 7 июля 2011 года № 777 "О создании некоммерческого акционерного общества "Холдинг "Кәсіпқор" и выделении средств из резерва Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z492" w:id="555"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z492" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 5 постановления Правительства Республики Казахстан от 7 июля 2011 года № 778 "Некоторые вопросы Министерства образования и науки Республики Казахстан". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z493" w:id="556"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z493" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 15 сентября 2011 года № 1063 "О создании акционерного общества "Информационно-аналитический центр". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z494" w:id="557"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z494" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 29 сентября 2011 года № 1109 "О некоторых вопросах акционерного общества "Казахский агротехнический университет имени Сакена Сейфуллина". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z495" w:id="558"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z495" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 1 декабря 2011 года № 1425 "О внесении изменений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z496" w:id="559"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z496" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 17 февраля 2012 года № 232 "О некоторых вопросах передачи отдельных государственных предприятий из коммунальной собственности в республиканскую собственность и создании акционерного общества "Национальный центр повышения квалификации "Өрлеу" Министерства образования и науки Республики Казахстан".  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z497" w:id="560"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z497" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 1 марта 2012 года № 282 "О внесении изменений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z498" w:id="561"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z498" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 30 марта 2012 года № 392 "О некоторых вопросах Республиканского государственного казенного предприятия "Республиканский центр "Дошкольное детство" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z499" w:id="562"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z499" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 29 июня 2012 года № 874 "Отдельные вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z500" w:id="563"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z500" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 24 июля 2012 года № 962 "О внесении дополнения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z501" w:id="564"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z501" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 30 июля 2012 года № 989 "О создании товарищества с ограниченной ответственностью "Центр коммерциализации технологий".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z502" w:id="565"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z502" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       55. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 31 августа 2012 года № 1110 "О реорганизации республиканского государственного казенного предприятия "Национальный аккредитационный центр" Министерства образования и науки Республики Казахстан". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z503" w:id="566"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z503" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 5 сентября 2012 года № 1144 "О реорганизации Республиканского государственного предприятия на праве хозяйственного ведения "Республиканский научно-методический центр развития технического и профессионального образования и присвоения квалификации" Министерства образовании и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z504" w:id="567"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z504" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 29 мая 2013 года № 529 "О реорганизации отдельных республиканских государственных предприятий Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z505" w:id="568"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z505" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 13 марта 2013 года № 236 "О внесении изменений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z506" w:id="569"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z506" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 14 сентября 2013 года № 958 "О внесении изменения и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z507" w:id="570"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z507" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 8 ноября 2013 года № 1171 "О внесении изменения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z508" w:id="571"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z508" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 22 сентября 2014 года № 1001 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z509" w:id="572"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z509" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 постановления Правительства Республики Казахстан от 29 декабря 2014 года № 1392 "О ликвидации Республиканского государственного казенного предприятия "Национальный центр образовательной статистики и оценки" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z510" w:id="573"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z510" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       63. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 31 декабря 2014 года № 1440 "О некоторых вопросах Министерства культуры и спорта Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z511" w:id="574"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z511" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 27 февраля 2015 года № 101 "О некоторых вопросах Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z512" w:id="575"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z512" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 10 апреля 2015 года № 221 "О некоторых вопросах республиканской собственности и признании утратившими силу некоторых решений Совета Министров Казахской ССР и Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z513" w:id="576"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z513" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       66. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 14 апреля 2015 года № 226 "О некоторых вопросах Министерства сельского хозяйства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z514" w:id="577"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z514" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       67. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 27 апреля 2015 года № 358 "О реорганизации государственного учреждения "Республиканская специализированная физико-математическая средняя школа-интернат имени О. Жаутыкова для одаренных детей".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z515" w:id="578"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z515" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       68. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 9 июня 2015 года № 425 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z516" w:id="579"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z516" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       69. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 26 сентября 2015 года № 789 "О передаче из ведения Министерства образования и науки Республики Казахстан в ведение Министерства обороны Республики Казахстан и переименовании государственных учреждений".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z517" w:id="580"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z517" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       70. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 24 ноября 2015 года № 939 "О некоторых вопросах республиканской собственности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z518" w:id="581"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z518" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       71. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 12 мая 2016 года № 288 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z519" w:id="582"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z519" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       72. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 25 июля 2016 года № 433 "О вопросах создания некоммерческого акционерного общества "Атырауский университет нефти и газа".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z520" w:id="583"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z520" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       73. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 августа 2016 года № 507 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z521" w:id="584"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z521" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       74. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 7 ноября 2016 года № 675 "О некоторых вопросах республиканской собственности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z522" w:id="585"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z522" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       75. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 10 февраля 2017 года № 49 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z523" w:id="586"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z523" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 8 июня 2017 года № 350 "О внесении изменений в некоторые постановления Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z524" w:id="587"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z524" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       77. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 22 августа 2017 года № 497 "О некоторых вопросах передачи государственного имущества из республиканской собственности в коммунальную собственность".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z525" w:id="588"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z525" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       78. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 20 октября 2017 года № 657 "О переименовании республиканского государственного предприятия на праве хозяйственного ведения "Таразский государственный педагогический институт" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z526" w:id="589"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z526" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 17 ноября 2017 года № 753 "О переименовании республиканского государственного предприятия на праве хозяйственного ведения "Южно-Казахстанский государственный педагогический институт" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z527" w:id="590"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z527" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       80. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 29 декабря 2017 года № 916 "О переименовании республиканского государственного предприятия на праве хозяйственного ведения "Павлодарский государственный педагогический институт" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z528" w:id="591"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z528" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       81. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 13 марта 2018 года № 119 "О переименовании республиканского государственного предприятия на праве хозяйственного ведения "Костанайский государственный педагогический институт" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z529" w:id="592"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z529" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       82. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 4 апреля 2018 года № 161 "О некоторых вопросах республиканского государственного казенного предприятия "Иссыкский государственный дендрологический парк" Комитета науки Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z530" w:id="593"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z530" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       83. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 11 июля 2018 года № 420 "О некоторых вопросах реализации Указа Президента Республики Казахстан от 19 июня 2018 года № 702 "О некоторых вопросах административно-территориального устройства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z531" w:id="594"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z531" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       84. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 19 октября 2018 года № 649 "О вопросах создания некоммерческого акционерного общества "Южно-Казахстанский государственный педагогический университет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z532" w:id="595"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z532" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       85. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 26 октября 2018 года № 684 "О внесении изменений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z533" w:id="596"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z533" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       86. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 16 ноября 2018 года № 754 "О присвоении республиканскому государственному предприятию на праве хозяйственного ведения "Костанайский государственный педагогический университет" Министерства образования и науки Республики Казахстан имени Умирзака Султангазина".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z534" w:id="597"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z534" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       87. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 24 декабря 2018 года № 872 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z535" w:id="598"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z535" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       88. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 14 февраля 2019 года № 64 "О присвоении некоммерческому акционерному обществу "Атырауский университет нефти и газа" имени Сафи Утебаева".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z536" w:id="599"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z536" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       89. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 20 марта 2019 года № 131 "О реорганизации некоторых республиканских государственных учреждений, республиканских государственных казенных предприятий и внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z537" w:id="600"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z537" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       90. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 3 мая 2019 года № 241 "О переименовании республиканского государственного предприятия на праве хозяйственного ведения "Казахский государственный женский педагогический университет" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z538" w:id="601"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z538" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       91. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 30 мая 2019 года № 354 "О ликвидации товарищества с ограниченной ответственностью "Центр коммерциализации технологий".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z539" w:id="602"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z539" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       92. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 13 июня 2019 года № 399 "О внесении изменения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z540" w:id="603"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z540" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       93. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 3 сентября 2019 года № 653 "О внесении дополнения в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z541" w:id="604"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z541" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       94. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 10 октября 2019 года № 748 "О принятии долей участия в уставных капиталах товарищества с ограниченной ответственностью "Институт сейсмологии" и товарищества с ограниченной ответственностью "Сейсмологическая опытно-методическая экспедиция" из частной собственности в республиканскую собственность по договору дарения".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z542" w:id="605"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z542" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       95. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 11 октября 2019 года № 752 "О некоторых вопросах высших учебных заведений Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z543" w:id="606"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z543" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       96. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 11 октября 2019 года № 753 "О принятии доли участия товарищества с ограниченной ответственностью "Институт географии" из частной собственности в республиканскую собственность по договору дарения и преобразовании в акционерное общество "Институт географии и водной безопасности" Комитета науки Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z544" w:id="607"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z544" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       97. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 23 октября 2019 года № 789 "О некоторых вопросах Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z545" w:id="608"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z545" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       98. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 28 октября 2019 года № 890 "О некоторых вопросах акционерного общества "Финансовая академия".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z546" w:id="609"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z546" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       99. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 1 ноября 2019 года № 823 "О ликвидации некоторых республиканских государственных казенных предприятий Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z547" w:id="610"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z547" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       100. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 10 декабря 2019 года № 914 "О некоторых вопросах республиканского государственного казенного предприятия "Институт прикладной математики" Комитета науки Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z548" w:id="611"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z548" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       101. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 20 декабря 2019 года № 951 "О некоторых вопросах республиканского государственного предприятия на праве хозяйственного ведения "Институт ботаники и фитоинтродукции" Комитета науки Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z549" w:id="612"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z549" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       102. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 26 декабря 2019 года № 979 "О переименовании некоммерческого акционерного общества "Холдинг "Кәсіпқор"".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z550" w:id="613"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z550" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       103. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 постановления Правительства Республики Казахстан от 31 января 2020 года № 26 "Об отмене постановлений Правительства Республики Казахстан от 22 декабря 2008 года № 1196 "О создании Республиканского государственного казенного предприятия "Межрегиональный профессиональный центр по подготовке и переподготовке кадров технического и обслуживающего труда для машиностроительной отрасли" Министерства образования и науки Республики Казахстан" и от 6 сентября 2010 года № 900 "О создании государственного учреждения "Карагандинская республиканская специальная школа-интернат для детей с нарушением зрения"".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z551" w:id="614"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z551" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       104. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 31 января 2020 года № 27 "Об отмене постановления Правительства Республики Казахстан от 26 декабря 2016 года № 851 "О реорганизации республиканского государственного казенного предприятия "Национальный научно-практический, образовательный и оздоровительный центр "Бобек" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z552" w:id="615"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z552" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       105. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 2 апреля 2020 года № 163 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z553" w:id="616"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z553" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       106. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 постановления Правительства Республики Казахстан от 23 июня 2020 года № 384 "О переименовании республиканского государственного учреждения "Национальный научно-практический центр коррекционной педагогики" Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z554" w:id="617"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z554" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       107. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 21 октября 2020 года № 690 "Вопросы некоторых республиканских государственных предприятий Комитета науки Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z555" w:id="618"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z555" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       108. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 6 ноября 2020 года № 741 "О некоторых вопросах некоммерческого акционерного общества "Евразийский национальный университет имени Л.Н. Гумилева".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z556" w:id="619"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z556" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       109. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 постановления Правительства Республики Казахстан от 20 ноября 2020 года № 780 "О некоторых вопросах Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z557" w:id="620"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z557" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       110. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 3 декабря 2020 года № 821 "О некоторых вопросах Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z558" w:id="621"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z558" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       111. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 30 декабря 2020 года № 951 "О некоторых вопросах Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z559" w:id="622"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z559" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       112. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменения и дополнения, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 9 февраля 2021 года № 39 "О некоторых вопросах Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z560" w:id="623"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z560" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       113. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменения и дополнения, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 18 марта 2021 года № 145 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан и распоряжения Премьер-Министра Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z561" w:id="624"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z561" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       114. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 1 апреля 2021 года № 199 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z562" w:id="625"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z562" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       115. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 13 августа 2021 года № 553 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z563" w:id="626"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z563" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       116. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 1 сентября 2021 года № 597 "О некоторых вопросах передачи прав владения и пользования государственными пакетами акций (долями участия) отдельных юридических лиц".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z564" w:id="627"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z564" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       117. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнения, которое вносится в некоторые решения Правительства Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 13 сентября 2021 года № 636 "О принятии доли участия в уставном капитале товарищества с ограниченной ответственностью "Центрально–Азиатский региональный гляциологический центр" категории 2 под эгидой ЮНЕСКО", передаваемой в республиканскую собственность по договору дарения, и внесении дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z565" w:id="628"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z565" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       118. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 21 сентября 2021 года № 642 "О внесении изменений и дополнений в постановление Правительства Республики Казахстан от 28 октября 2004 года № 1111 "Вопросы Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z566" w:id="629"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z566" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       119. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнения, которое вносится в некоторые решения Правительства Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 1 октября 2021 года № 701 "О принятии доли участия товарищества с ограниченной ответственностью "Институт Евразийской интеграции" из частной собственности в республиканскую собственность по договору дарения и внесении дополнений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z567" w:id="630"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z567" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       120. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 постановления Правительства Республики Казахстан от 27 октября 2021 года № 769 "О создании республиканского государственного предприятия на праве хозяйственного ведения "Научный институт изучения Улуса Джучи" Комитета науки Министерства образования и науки Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z568" w:id="631"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z568" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       121. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 постановления Правительства Республики Казахстан от 9 ноября 2021 года № 796 "О переименовании республиканского государственного учреждения "Республиканский центр "Дошкольное детство" Министерства образования и науки Республики Казахстан и внесении изменений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z569" w:id="632"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z569" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       122. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, в реализацию пунктов 1, 3, 4, 5 и 6 постановления Правительства Республики Казахстан от 20 декабря 2021 года № 910 "О вопросах создания акционерного общества "Национальный холдинг "QazBioPharm".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z570" w:id="633"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z570" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       123. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменения, которое вносится в некоторые решения Правительства Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 18 февраля 2022 года № 67 "О присвоении некоммерческому акционерному обществу "Карагандинский технический университет" имени Абылкаса Сагинова".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z571" w:id="634"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z571" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       124. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменения и дополнения, которое вносится в некоторые решения Правительства Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 11 июля 2022 года № 471 "О некоторых вопросах по реализации указов Президента Республики Казахстан от 3 мая 2022 года № 886 "О некоторых вопросах административно-территориального устройства Республики Казахстан" и от 3 мая 2022 года № 887 "О некоторых вопросах административно-территориального устройства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkEnd w:id="637"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18924,68 +19081,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 21 ноября 2015 года № 934 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z574" w:id="635"/>
+    <w:bookmarkStart w:name="z574" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Государственные органы, согласующие выдачу лицензии на занятие образовательной деятельностью в части соответствия заявителя требованиям законодательства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkEnd w:id="638"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>