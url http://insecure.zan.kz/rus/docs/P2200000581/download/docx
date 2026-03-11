--- v1 (2025-11-15)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="054b5fe" w14:textId="054b5fe">
+    <w:p w14:paraId="131f491" w14:textId="131f491">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6812,51 +6812,51 @@
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 191) действует до 01.01.2026 в соответствии с постановлением Правительства РК от 08.05.2025 </w:t>
+        <w:t xml:space="preserve">      Подпункт 191) действует с 01.01.2026 до 01.01.2027 в соответствии с постановлением Правительства РК от 08.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -6867,200 +6867,220 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) выдача лицензии и (или) приложения к лицензии на занятие образовательной деятельностью на предоставление:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z668" w:id="280"/>
+    <w:bookmarkStart w:name="z693" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       начального образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z669" w:id="281"/>
+    <w:bookmarkStart w:name="z694" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       основного среднего образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z670" w:id="282"/>
+    <w:bookmarkStart w:name="z695" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       общего среднего образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z671" w:id="283"/>
+    <w:bookmarkStart w:name="z696" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технического и профессионального образования по специальностям, включенным в реестр образовательных программ, для военных, специальных учебных заведений по группам специальностей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z672" w:id="284"/>
+    <w:bookmarkStart w:name="z697" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       послесреднего образования по специальностям, включенным в реестр образовательных программ, для военных, специальных учебных заведений по группам специальностей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z673" w:id="285"/>
+    <w:bookmarkStart w:name="z698" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       духовного образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z252" w:id="286"/>
+    <w:bookmarkStart w:name="z699" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      образовательно-оздоровительных услуг несовершеннолетним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z252" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7187,120 +7207,120 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) и в период приостановления данный подпункт действует в следующей редакции.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="287"/>
+    <w:bookmarkStart w:name="z253" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) исключение организации образования из государственного электронного реестра разрешений и уведомлений в сфере дошкольного воспитания и обучения и дополнительного образования для детей в случаях, предусмотренных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z254" w:id="288"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z254" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) приостановление деятельности организаций образования, осуществляющих деятельность в уведомительном порядке, в порядке, предусмотренном законодательством Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z255" w:id="289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z255" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkEnd w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7337,430 +7357,430 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195) ведение государственного электронного реестра разрешений и уведомлений по дошкольному воспитанию и обучению и дополнительному образованию для детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z256" w:id="290"/>
+    <w:bookmarkStart w:name="z256" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) осуществление уведомительного порядока в электронном виде посредством государственной информационной системы разрешений и уведомлений согласно правилам ее функционирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z257" w:id="291"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z257" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) осуществление проверки соблюдения заявителем требований, установленных законами Республики Казахстан, указами Президента Республики Казахстан, постановлениями Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z258" w:id="292"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z258" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198) создание консультативно-совещательного органа для коллегиального и гласного рассмотрения вопросов выдачи лицензии и (или) приложения к лицензии на занятие образовательной деятельностью, переоформления лицензии и (или) приложения к лицензии на занятие образовательной деятельностью в связи с реорганизацией организации образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z259" w:id="293"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z259" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) проведение государственной аттестации организаций среднего, технического и профессионального, послесреднего образования независимо от форм собственности и ведомственной подчиненности, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, общеобразовательные учебные программы начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего образования, за исключением организаций образования, осуществляющих образовательные программы технического и профессионального, послесреднего образования в области здравоохранения, и Академии правосудия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z260" w:id="294"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z260" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) осуществление государственного контроля за исполнением законодательства Республики Казахстан и нормативных правовых актов в области дошкольного, среднего, технического и профессионального, послесреднего образования, дополнительного образования, государственных общеобязательных стандартов образования в организациях независимо от формы собственности и ведомственной подчиненности, а также бюджетной и финансовой дисциплины в подведомственных организациях в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z261" w:id="295"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z261" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) по результатам контрольных и проверочных мероприятий составление протоколов об административных правонарушениях, наложение административных взысканий за административные правонарушения по статьям, отнесенным в соответствии с Кодексом Республики Казахстан об административных правонарушениях к компетенции уполномоченного органа в области образования, возбуждение и передача их в судебные органы, участие в судебных процессах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z262" w:id="296"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z262" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) координация и контроль за деятельностью территориальных органов, а также оказание им методической помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z263" w:id="297"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z263" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) осуществление процедуры апостилирования официальных документов, исходящих из организаций среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z264" w:id="298"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z264" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) организация и проведение мониторинга образовательных достижений обучающихся;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z605" w:id="299"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z605" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204-1) утверждение правил проведения мониторинга по итогам приема в организации среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z265" w:id="300"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z265" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) обеспечивание контроля бюджетной и финансовой дисциплины в подведомственных организациях в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z266" w:id="301"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z266" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) осуществление взаимодействия с заинтересованными государственными органами в области защиты прав ребенка, противодействия детской безнадзорности и беспризорности, предупреждения и профилактики социального сиротства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z267" w:id="302"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z267" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) координация и контроль за деятельностью областных, городов Астаны, Алматы и Шымкента управлений образования по вопросам усыновления (удочерения), опеки, попечительства, патроната, приемной семьи, гостевой и приемной профессиональной семьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z268" w:id="303"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z268" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) проведение аккредитации агентств по усыновлению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z269" w:id="304"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z269" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) выдача решений об аккредитации агентств по усыновлению или отказе в аккредитации, мотивированных решений о продлении (об отказе в продлении), приостановлении, возобновлении и прекращении деятельности филиала и (или) представительства агентства по усыновлению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z270" w:id="305"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z270" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) координация деятельности органов, осуществляющих функции по опеке или попечительству, местных исполнительных органов районов, городов областного значения, областей, города республиканского значения, столицы по формированию и использованию республиканского банка данных детей-сирот, детей, оставшихся без попечения родителей, и лиц, желающих принять детей на воспитание в свои семьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z641" w:id="306"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z641" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210-1) разработка и утверждение правил организации деятельности органов, осуществляющих функции по опеке или попечительству в отношении несовершеннолетних;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z674" w:id="307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z674" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210-2) разработка и утверждение правил разрешения органом, осуществляющим функции по опеке или попечительству, споров на общение с ребенком родителя, проживающего отдельно от ребенка, дедушек, бабушек, братьев и сестер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z271" w:id="308"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z271" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) осуществление контроля за соблюдением законодательства Республики Казахстан о специальных социальных услугах в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkEnd w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7789,90 +7809,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="309"/>
+    <w:bookmarkStart w:name="z273" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) осуществление государственного контроля за обеспечением соответствия деятельности органов управления образования областей, городов республиканского значения, столицы, районов (городов областного значения), организаций образования и организаций, осуществляющих функции по защите прав ребенка, независимо от типа, формы собственности и ведомственной подчиненности требованиям законодательства Республики Казахстан в области защиты прав ребенка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z274" w:id="310"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z274" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) координация деятельности организаций, осуществляющих функции по защите прав ребенка, при приобретении товаров и услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkEnd w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7955,570 +7975,570 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z642" w:id="311"/>
+    <w:bookmarkStart w:name="z642" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216-1) разработка и утверждение программ помощи несовершеннолетним, подвергшимся насилию, жестокому обращению, буллингу, а также несовершеннолетним, в присутствии которых совершены правонарушения против личности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z277" w:id="312"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z277" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) осуществление мониторинга и анализа организации питания детей в организациях образования, подвоза детей к школам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z278" w:id="313"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z278" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) обеспечение правовых и социальных гарантий качества жизни детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z279" w:id="314"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z279" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) организация и проведение заседаний Межведомственной комиссии по делам несовершеннолетних и защите их прав;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z280" w:id="315"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z280" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220) координация и поддержка деятельности неправительственных организаций и детских социальных инициатив, направленных на нравственно-духовное развитие;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z281" w:id="316"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z281" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) выработка предложений по внесению изменений и (или) дополнений в реестр государственных услуг, оказываемых физическим и юридическим лицам в сфере дошкольного, среднего, технического и профессионального, послесреднего образования и дополнительного образования, охраны прав детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z282" w:id="317"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z282" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) оказание информационной консультативной, методической поддержки неправительственным организациям, осуществляющим государственный социальный заказ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z283" w:id="318"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z283" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) обеспечение ежегодного пересмотра в сторону улучшения минимальных социальных стандартов, норм и нормативов показателей жизни детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z675" w:id="319"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z675" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223-1) установление государственных минимальных социальных стандартов, направленных на улучшение жизни детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z284" w:id="320"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z284" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224) выдача обязательных для исполнения письменных предписаний об устранении выявленных нарушений законодательства Республики Казахстан в области образования в установленные в предписании сроки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z285" w:id="321"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z285" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) проведение контроля за использованием бланков документов государственного образца об образовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z286" w:id="322"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z286" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226) осуществление контроля за детьми, переданными на усыновление иностранцам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z287" w:id="323"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z287" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) реализация государственной политики в сфере предоставления специальных социальных услуг в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z288" w:id="324"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z288" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) разработка и утверждение форм документов строгой отчетности, используемых организациями среднего, технического и профессионального, послесреднего образования в образовательной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z289" w:id="325"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z289" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) обеспечение учебниками и учебно-методическими комплексами республиканских организаций среднего образования, а также соотечественников, обучающихся в зарубежных школах в соответствии с международными соглашениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z290" w:id="326"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z290" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230) координация работы по обеспечению учебниками и учебно-методическими комплексами обучающихся и воспитанников организаций дошкольного, среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z291" w:id="327"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z291" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231) организация проведения внешкольных мероприятий республиканского значения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z292" w:id="328"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z292" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232) оказание методологической поддержки организациям образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z293" w:id="329"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z293" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233) проведение аккредитации организаций по оказанию содействия в устройстве детей-сирот, детей, оставшихся без попечения родителей, в семьи граждан Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z294" w:id="330"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z294" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234) выдача решений об аккредитации организации оказанию содействия в устройстве детей-сирот, детей, оставшихся без попечения родителей, в семьи граждан Республики Казахстан или отказе в аккредитации, мотивированных решений о продлении (об отказе в продлении), приостановлении, возобновлении и прекращении деятельности организации по оказанию содействия в устройстве детей-сирот, детей, оставшихся без попечения родителей, в семьи граждан Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z650" w:id="331"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z650" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-1) формирование в рамках учебно-воспитательного процесса знаний, умений и навыков у обучающихся и воспитанников организаций образования по вопросам предупреждения торговли людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z651" w:id="332"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z651" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-2) участие совместно с другими государственными органами и организациями в мероприятиях по предупреждению торговли людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z652" w:id="333"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z652" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-3) разработка и утверждение правил ведения внутришкольного учета обучающихся и воспитанников, требующих повышенного педагогического внимания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z653" w:id="334"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z653" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-4) разработка и утверждение правил деятельности центров психологической поддержки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z654" w:id="335"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z654" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-5) осуществление взаимодействия с государственными органами и организациями по вопросам правового воспитания обучающихся и воспитанников организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z655" w:id="336"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z655" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234-6) разработка и внедрение в практику работы организаций образования программ и методик, направленных на формирование законопослушного поведения обучающихся и воспитанников организаций образования, а также осуществление мониторинга их реализации и мониторинга проведения исследований уровня правовой грамотности и защищенности обучающихся и воспитанников организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkEnd w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8547,942 +8567,942 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z295" w:id="337"/>
+    <w:bookmarkStart w:name="z295" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235) разработка и утверждение методики и правил определения объемов расходов бюджетных средств на содержание вновь вводимых государственных объектов среднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z575" w:id="338"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z575" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-1) создание совета по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z576" w:id="339"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z576" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-2) представление информации по реализации государственного социального заказа в уполномоченный орган в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z577" w:id="340"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z577" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-3) размещение на своем интернет-ресурсе планируемых тем и информации по реализации государственного социального заказа, а также оценки результатов государственного социального заказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z578" w:id="341"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z578" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-4) предоставление государственных грантов в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассмотрение отчета оператора о результатах реализации государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z579" w:id="342"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z579" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-5) осуществление оценки эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z580" w:id="343"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z580" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-6) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирование государственных грантов по направлениям и объемам финансирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z581" w:id="344"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z581" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-7) проведение конкурсного отбора стратегических партнеров и заключение с ними договоров в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z582" w:id="345"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z582" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-8) осуществление оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkEnd w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-9) ежегодно до 1 декабря представление в уполномоченный орган в сфере взаимодействия с неправительственными организациями информации о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z583" w:id="346"/>
+    <w:bookmarkStart w:name="z583" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-10) осуществление анализа, мониторинга и выявления системных проблем, поднимаемых физическими и юридическими лицами в обращениях (заявлениях, жалобах), запросах, предложениях, откликах и сообщениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z584" w:id="347"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z584" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-11) обеспечение формирования у учащихся высокой культуры толерантности, межличностных и межэтнических коммуникаций, принятие профилактических мер и выявление межэтнических конфликтов среди детей и подростков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z585" w:id="348"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z585" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       235-12) организация мероприятий, направленных на укрепление толерантных межэтнических отношений среди учащихся, формирование у них инклюзивного и интеркультурного взаимодействия; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z608" w:id="349"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z608" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-13) утверждение правил награждения детей и молодежи в возрасте от четырнадцати до тридцати пяти лет знаком отличия за проявленный патриотизм и активную гражданскую позицию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z609" w:id="350"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z609" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-14) определение организации (администратора), осуществляющей мероприятия по награждению знаком отличия за проявленный патриотизм и активную гражданскую позицию детей и молодежи в возрасте от четырнадцати до тридцати пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z610" w:id="351"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z610" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-15) утверждение типовых штатов работников государственных организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z611" w:id="352"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z611" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-16) утверждение размеров квоты приема при поступлении на учебу в организации образования, реализующие образовательные программы технического, профессионального и послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z612" w:id="353"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z612" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-17) утверждение государственного образовательного заказа на подготовку кадров с техническим и профессиональным, послесредним образованием в организациях образования, финансируемых из республиканского бюджета (за исключением организаций образования, осуществляющих подготовку специалистов для Вооруженных Сил, других войск и воинских формирований, а также специальных государственных органов), с учетом потребностей рынка труда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z613" w:id="354"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z613" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-18) разработка и утверждение правил присуждения и размеров гранта "Өркен", а также методики определения его стоимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z614" w:id="355"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z614" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-19) утверждение правил признания аккредитационных органов, в том числе зарубежных, формирование и утверждение реестра признанных аккредитационных органов, аккредитованных организаций образования и образовательных программ, а также оснований их включения в него, приостановления и исключения из него;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z615" w:id="356"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z615" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-20) утверждение структуры и правил разработки программы развития организации дошкольного, среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z616" w:id="357"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z616" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-21) разработка и утверждение порядка распределения, расходования, мониторинга и отчетности средств Фонда поддержки инфраструктуры образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z617" w:id="358"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z617" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-22) разработка и утверждение критериев оценки наличия жестокого обращения, приведшего к социальной дезадаптации и социальной депривации, совместно с Министерством внутренних дел Республики Казахстан и уполномоченными органами в сфере социальной защиты и здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z618" w:id="359"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z618" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-23) согласование с уполномоченными органами соответствующей отрасли стандарта оказания специальных социальных услуг в области здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z619" w:id="360"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z619" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-24) разработка программы аттестации социальных работников в соответствии с профессиональным стандартом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z620" w:id="361"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z620" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-25) разработка и утверждение минимальных технических требований по техническому оснащению при проведении тестирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z621" w:id="362"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z621" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-26) создание межведомственной комиссии по делам несовершеннолетних и защите их прав и утверждение положения о ее деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z622" w:id="363"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z622" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-27) согласование правил оценки и определения потребности в специальных социальных услугах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z623" w:id="364"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z623" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-28) согласование правил аттестации социальных работников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z624" w:id="365"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z624" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-29) согласование стандарта оказания специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z626" w:id="366"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z626" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-30) разработка и утверждение профессиональных стандартов для педагогов организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z627" w:id="367"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z627" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-31) внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по внесению изменений и дополнений в реестр профессий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z628" w:id="368"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z628" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-32) выработка предложений по разработке и (или) актуализации профессиональных стандартов и направление их в уполномоченный орган в области признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z629" w:id="369"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z629" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-33) формирование потребности рынка труда в признании профессиональных квалификаций с учетом актуальности профессий в текущем и будущем периодах по согласованию с местными исполнительными органами областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z630" w:id="370"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z630" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-34) внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по условиям признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z631" w:id="371"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z631" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-35) разработка и (или) актуализация национальной рамки квалификаций совместно с уполномоченными органами в области признания профессиональных квалификаций, науки и высшего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkEnd w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-36) разработка и утверждение положения об отраслевых советах по профессиональным квалификациям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-37) определение порядка изменения штатной численности и штатного расписания управленческого, административного и вспомогательного персонала государственных дошкольных организаций, организаций среднего, технического и профессионального, послесреднего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z676" w:id="372"/>
+    <w:bookmarkStart w:name="z676" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-38) разработка и утверждение правил образования и организации деятельности комиссии по делам несовершеннолетних и защите их прав;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z677" w:id="373"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z677" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-39) разработка и утверждение совместно с уполномоченным органом в сфере электронной промышленности минимальных требований к компьютерному и интерактивному оборудованию для государственных организаций образования, реализующих образовательные программы начального, основного среднего и общего среднего, специального, технического и профессионального образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkEnd w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-40) участие в формировании государственной политики и принятие мер по противодействию теневой экономике в области дошкольного, среднего, технического и профессионального, послесреднего образования, дополнительного образования, охраны прав детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z689" w:id="374"/>
+    <w:bookmarkStart w:name="z689" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-41) обеспечение публикации результатов мониторинга, осуществляемого центральными государственными и местными исполнительными органами, администраторами бюджетных программ, субъектами квазигосударственного сектора, уполномоченными органами соответствующей отрасли (сферы) и иными юридическими лицами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z690" w:id="375"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z690" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-42) установление норматива отчисления части чистого дохода государственных предприятий, осуществляющих деятельность в социальной сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z691" w:id="376"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z691" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235-43) осуществление контроля за полнотой и своевременностью перечисления государственными предприятиями в бюджет части чистого дохода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z296" w:id="377"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z296" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236) осуществление иных функций, предусмотренных законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkEnd w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9821,522 +9841,522 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z297" w:id="378"/>
+    <w:bookmarkStart w:name="z297" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z298" w:id="379"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z298" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z299" w:id="380"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z299" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Министерства назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z300" w:id="381"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z300" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Министерства имеет заместителей (первый вице-министр, вице-министры), которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z301" w:id="382"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z301" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Министерства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z302" w:id="383"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z302" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяет обязанности и полномочия своих заместителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z303" w:id="384"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z303" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в соответствии с законодательством назначает на должности и освобождает от должностей работников Министерства, вопросы трудовых отношений которых отнесены к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z304" w:id="385"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z304" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в установленном законодательством порядке налагает дисциплинарные взыскания и применяет меры поощрения на сотрудников Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z305" w:id="386"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z305" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подписывает приказы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z306" w:id="387"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z306" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) представляет Министерство во всех государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z307" w:id="388"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z307" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) утверждает регламент работы Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z308" w:id="389"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z308" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) принимает меры, направленные на противодействие коррупции в Министерстве, и несет персональную ответственность за непринятие антикоррупционных мер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z309" w:id="390"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z309" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) принимает решения по другим вопросам, отнесенным к его компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z310" w:id="391"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z310" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Министерства в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z311" w:id="392"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z311" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z312" w:id="393"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z312" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Аппарат Министерства возглавляется руководителем аппарата, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z313" w:id="394"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z313" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z314" w:id="395"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z314" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z315" w:id="396"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z315" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z316" w:id="397"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z316" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z317" w:id="398"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z317" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z318" w:id="399"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z318" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z319" w:id="400"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z319" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z320" w:id="401"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z320" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkEnd w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 30.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10348,173 +10368,245 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 13.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 370</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); от 27.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z321" w:id="402"/>
+    <w:bookmarkStart w:name="z321" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное казенное предприятие "Республиканский научно-практический центр "Дарын".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z322" w:id="403"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z322" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное казенное предприятие "Национальный научно-практический центр физической культуры".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z323" w:id="404"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z323" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное казенное предприятие "Республиканский учебно-оздоровительный центр "Балдаурен".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z324" w:id="405"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z324" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное казенное предприятие "Республиканский учебно-методический центр дополнительного образования";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z325" w:id="406"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z325" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное предприятие на праве хозяйственного ведения "Национальная академия образования имени И. Алтынсарина".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен постановлением Правительства РК от 27.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z327" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Акционерное общество "Национальный центр исследований и оценки образования "Талдау" имени Ахмет Байтұрсынұлы".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
     <w:bookmarkStart w:name="z328" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -20590,55 +20682,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>