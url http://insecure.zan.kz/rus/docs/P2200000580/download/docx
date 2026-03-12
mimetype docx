--- v0 (2025-12-20)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b54cb0a" w14:textId="b54cb0a">
+    <w:p w14:paraId="5011c3a" w14:textId="5011c3a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -11441,823 +11441,895 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); от 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 897</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); от 27.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z303" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Акционерное общество "Центр международных программ".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z304" w:id="426"/>
-[...15 lines deleted...]
-      2. Акционерное общество "Финансовый центр" – 50 %.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Исключен постановлением Правительства РК от 27.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z502" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Акционерное общество "Национальное агентство по развитию инноваций "QazInnovations".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z502" w:id="427"/>
-[...15 lines deleted...]
-      2-1. Акционерное общество "Национальное агентство по развитию инноваций "QazInnovations".</w:t>
+    <w:bookmarkStart w:name="z305" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Некоммерческое акционерное общество "Казахский национальный исследовательский технический университет имени К.И. Сатпаева".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z305" w:id="428"/>
-[...15 lines deleted...]
-      3. Некоммерческое акционерное общество "Казахский национальный исследовательский технический университет имени К.И. Сатпаева".</w:t>
+    <w:bookmarkStart w:name="z306" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Некоммерческое акционерное общество "Атырауский университет нефти и газа имени Сафи Утебаева".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z306" w:id="429"/>
-[...15 lines deleted...]
-      4. Некоммерческое акционерное общество "Атырауский университет нефти и газа имени Сафи Утебаева".</w:t>
+    <w:bookmarkStart w:name="z307" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Некоммерческое акционерное общество "Южно-Казахстанский педагогический университет имени Өзбекәлі Жәнібеков".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z307" w:id="430"/>
-[...15 lines deleted...]
-      5. Некоммерческое акционерное общество "Южно-Казахстанский педагогический университет имени Өзбекәлі Жәнібеков".</w:t>
+    <w:bookmarkStart w:name="z308" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Некоммерческое акционерное общество "Евразийский национальный университет имени Л.Н. Гумилева".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z308" w:id="431"/>
-[...15 lines deleted...]
-      6. Некоммерческое акционерное общество "Евразийский национальный университет имени Л.Н. Гумилева".</w:t>
+    <w:bookmarkStart w:name="z309" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Некоммерческое акционерное общество "Казахский национальный университет имени аль-Фараби".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z309" w:id="432"/>
-[...15 lines deleted...]
-      7. Некоммерческое акционерное общество "Казахский национальный университет имени аль-Фараби".</w:t>
+    <w:bookmarkStart w:name="z310" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Некоммерческое акционерное общество "Аркалыкский педагогический университет имени Ыбырай Алтынсарин".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z310" w:id="433"/>
-[...15 lines deleted...]
-      8. Некоммерческое акционерное общество "Аркалыкский педагогический университет имени Ыбырай Алтынсарин".</w:t>
+    <w:bookmarkStart w:name="z311" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Некоммерческое акционерное общество "Восточно-Казахстанский университет имени Сарсена Аманжолова".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z311" w:id="434"/>
-[...15 lines deleted...]
-      9. Некоммерческое акционерное общество "Восточно-Казахстанский университет имени Сарсена Аманжолова".</w:t>
+    <w:bookmarkStart w:name="z312" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Некоммерческое акционерное общество "Жетысуский университет имени Ильяса Жансугурова".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z312" w:id="435"/>
-[...15 lines deleted...]
-      10. Некоммерческое акционерное общество "Жетысуский университет имени Ильяса Жансугурова".</w:t>
+    <w:bookmarkStart w:name="z313" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Некоммерческое акционерное общество "Кызылординский университет имени Коркыт Ата".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z313" w:id="436"/>
-[...15 lines deleted...]
-      11. Некоммерческое акционерное общество "Кызылординский университет имени Коркыт Ата".</w:t>
+    <w:bookmarkStart w:name="z314" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Некоммерческое акционерное общество "Северо-Казахстанский университет имени Манаша Козыбаева".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z314" w:id="437"/>
-[...15 lines deleted...]
-      12. Некоммерческое акционерное общество "Северо-Казахстанский университет имени Манаша Козыбаева".</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Исключена постановлением Правительства РК от 16.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 567</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z316" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Некоммерческое акционерное общество "Актюбинский региональный университет имени К. Жубанова".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z317" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Некоммерческое акционерное общество "Павлодарский педагогический университет имени Әлкея Марғұлана".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z318" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Некоммерческое акционерное общество "Западно–Казахстанский университет имени Махамбета Утемисова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z319" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Некоммерческое акционерное общество "Атырауский университет имени Халела Досмухамедова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z320" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Некоммерческое акционерное общество "Шәкәрім университет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z321" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Некоммерческое акционерное общество "Торайгыров университет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z322" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Некоммерческое акционерное общество "Карагандинский индустриальный университет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z323" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Некоммерческое акционерное общество "Костанайский региональный университет имени Ахмет Байтұрсынұлы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z324" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Некоммерческое акционерное общество "Карагандинский национальный исследовательский университет имени академика Е.А. Букетова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z325" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Некоммерческое акционерное общество "Карагандинский технический университет имени Абылкаса Сагинова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z326" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Некоммерческое акционерное общество "Южно-Казахстанский университет имени М. Ауэзова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z327" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Некоммерческое акционерное общество "Рудненский индустриальный университет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z328" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Некоммерческое акционерное общество "Каспийский университет технологий и инжиниринга имени Ш. Есенова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z329" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Некоммерческое акционерное общество "Кокшетауский университет имени Ш. Уалиханова".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z330" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Некоммерческое акционерное общество "Казахский национальный женский педагогический университет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z331" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Некоммерческое акционерное общество "Восточно-Казахстанский технический университет имени Д. Серикбаева".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z332" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Некоммерческое акционерное общество "Казахский национальный педагогический университет имени Абая".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z333" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Акционерное общество "Академия гражданской авиации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z448" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Высшая научная организация "Национальная академия наук Республики Казахстан" при Президенте Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z423" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Некоммерческое акционерное общество "Таразский университет имени М.Х. Дулати".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z424" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Некоммерческое акционерное общество "Казахский национальный университет водного хозяйства и ирригации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z334" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...478 lines deleted...]
-      34. Некоммерческое акционерное общество "Казахский национальный университет водного хозяйства и ирригации".</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень юридических лиц, права владения и пользования государственными пакетами акций и долями участия которых переданы Комитету науки Министерства науки и высшего образования Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z334" w:id="459"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 19.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12272,228 +12344,228 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 12.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 459</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z335" w:id="460"/>
+    <w:bookmarkStart w:name="z335" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Акционерное общество "Фонд науки".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z336" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Акционерное общество "Национальный центр государственной научно-технической экспертизы".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z336" w:id="461"/>
-[...15 lines deleted...]
-      2. Акционерное общество "Национальный центр государственной научно-технической экспертизы".</w:t>
+    <w:bookmarkStart w:name="z337" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Акционерное общество "Институт географии и водной безопасности".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z337" w:id="462"/>
-[...15 lines deleted...]
-      3. Акционерное общество "Институт географии и водной безопасности".</w:t>
+    <w:bookmarkStart w:name="z338" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Товарищество с ограниченной ответственностью "Центрально-Азиатский региональный гляциологический центр" категории 2 под эгидой ЮНЕСКО".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z338" w:id="463"/>
-[...15 lines deleted...]
-      4. Товарищество с ограниченной ответственностью "Центрально-Азиатский региональный гляциологический центр" категории 2 под эгидой ЮНЕСКО".</w:t>
+    <w:bookmarkStart w:name="z339" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Товарищество с ограниченной ответственностью "Институт Евразийской интеграции".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z339" w:id="464"/>
-[...15 lines deleted...]
-      5. Товарищество с ограниченной ответственностью "Институт Евразийской интеграции".</w:t>
+    <w:bookmarkStart w:name="z413" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Акционерное общество "Научно-производственный центр "Фитохимия".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z413" w:id="465"/>
-[...15 lines deleted...]
-      6. Акционерное общество "Научно-производственный центр "Фитохимия".</w:t>
+    <w:bookmarkStart w:name="z340" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень юридических лиц, права владения и пользования государственными пакетами акций и долями участия которых переданы Комитету языковой политики Министерства науки и высшего образования Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z340" w:id="466"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Перечень юридических лиц, права владения и пользования государственными пакетами акций и долями участия которых переданы Комитету языковой политики Министерства науки и высшего образования Республики Казахстан</w:t>
+    <w:bookmarkStart w:name="z341" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Некоммерческое акционерное общество "Национальный научно-практический центр "Тіл-Қазына" имени Шайсултана Шаяхметова".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z341" w:id="467"/>
-[...15 lines deleted...]
-      Некоммерческое акционерное общество "Национальный научно-практический центр "Тіл-Қазына" имени Шайсултана Шаяхметова".</w:t>
+    <w:bookmarkStart w:name="z342" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z342" w:id="468"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>