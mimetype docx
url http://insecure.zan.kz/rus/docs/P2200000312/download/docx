--- v0 (2025-10-03)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5d0bf1a" w14:textId="5d0bf1a">
+    <w:p w14:paraId="40ecfb0" w14:textId="40ecfb0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление Правительства Республики Казахстан от 17 мая 2022 года № 312.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Преамбула предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -155,233 +260,232 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 295-3 Предпринимательского кодекса Республики Казахстан Правительство Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правительства РК от 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Утвердить прилагаемые:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключения, внесения изменений, прекращения действия соглашения об инвестиционных обязательствах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) типовую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>форму соглашения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об инвестиционных обязательствах.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -629,986 +733,1524 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 мая 2022 года № 312</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила заключения, внесения изменений, прекращения действия соглашения об инвестиционных обязательствах</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила заключения, внесения изменений, прекращения действия соглашения об инвестиционных обязательствах (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 295-3 Предпринимательского кодекса Республики Казахстан (далее – Предпринимательский кодекс) и определяют порядок заключения, внесения изменений, прекращения действия соглашения об инвестиционных обязательствах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие термины и определения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) заявитель – инвестор, являющийся юридическим лицом Республики Казахстан, соответствующий одновременно условиям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 295-3 Предпринимательского кодекса;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заявление – заявка на заключение соглашения об инвестиционных обязательствах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) соглашение об инвестиционных обязательствах (далее – соглашение) – договор, заключаемый между Правительством Республики Казахстан и юридическим лицом, предусматривающий обязательства юридического лица по финансированию капитализируемых последующих расходов и (или) расходов на приобретение, производство, строительство новых фиксированных активов, а также по финансированию других затрат, увеличивающих стоимость фиксированных активов в соответствии с международными стандартами финансовой отчетности и (или) требованиями законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности, в течение восьми лет, включая год подачи заявки на заключение такого соглашения, суммарно в размере не менее семидесятипяти миллионнократного размера месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января года, в котором подана заявка на его заключение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) финансовая состоятельность – источники финансирования средств (собственные или заемные средства) с указанием наименования и номера документа, подтверждающего наличие средств;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
-[...15 lines deleted...]
-      2) заявление – заявка на заключение соглашения об инвестиционных обязательствах;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) инвестиционный проект – комплекс мероприятий, предусматривающих инвестиции в создание новых, расширение и (или) обновление действующих производств, включая производства, созданные, расширенные и (или) обновленные в ходе реализации проекта государственно-частного партнерства, в том числе концессионного проекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...15 lines deleted...]
-      3) соглашение об инвестиционных обязательствах (далее – соглашение) – договор, заключаемый между Правительством Республики Казахстан и юридическим лицом, предусматривающий обязательства юридического лица по финансированию капитализируемых последующих расходов и (или) расходов на приобретение, производство, строительство новых фиксированных активов, а также по финансированию других затрат, увеличивающих стоимость фиксированных активов в соответствии с международными стандартами финансовой отчетности и (или) требованиями законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности, в течение восьми лет, включая год подачи заявки на заключение такого соглашения, суммарно в размере не менее семидесятипяти миллионнократного размера месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января года, в котором подана заявка на его заключение;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным постановлением Правительства РК от 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок заключения соглашения об инвестиционных обязательствах</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      4) финансовая состоятельность – источники финансирования средств (собственные или заемные средства) с указанием наименования и номера документа, подтверждающего наличие средств;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для заключения соглашения заявитель обращается в уполномоченный орган по инвестициям с приложением следующих документов на государственном и русском языках на бумажном носителе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      5) инвестиционный проект – комплекс мероприятий, предусматривающих инвестиции в создание новых, расширение и (или) обновление действующих производств, включая производства, созданные, расширенные и (или) обновленные в ходе реализации проекта государственно-частного партнерства, в том числе концессионного проекта.</w:t>
+    <w:bookmarkStart w:name="z253" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление на заключение соглашения по форме согласно приложению 1 к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z254" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копия устава заявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z255" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) справка о государственной регистрации (перерегистрации) заявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z256" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) копии документов, подтверждающих финансовую состоятельность заявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z257" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бизнес-план, разработанный в соответствии с требованиями к составлению бизнес-плана инвестиционного проекта, согласно приложению 2 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z258" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) заключение комплексной вневедомственной экспертизы проектов строительства, заверенное подписью руководителя, в порядке, определенном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z259" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы, предусмотренные подпунктами 5) и 6) настоящего пункта Правил, прилагаются при реализации инвестиционных проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным постановлением Правительства РК от 16.02.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции постановления Правительства РК от 16.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...134 lines deleted...]
-      5) бизнес-план, разработанный в соответствии с требованиями к составлению бизнес-плана инвестиционного проекта, согласно приложению 2 к настоящим Правилам;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 1 пункта 4 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Уполномоченный орган по инвестициям принимает и рассматривает заявление и приложенные к нему документы на соответствие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 295-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Предпринимательского кодекса в течение пяти рабочих дней со дня поступления заявления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения заявителя после окончания рабочего времени, в выходные и праздничные дни, согласно Трудовому кодексу Республики Казахстан прием заявления осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z258" w:id="21"/>
-[...171 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. В случае несоответствия документов перечню, указанному в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, уполномоченный орган по инвестициям возвращает заявителю документы без рассмотрения в течение пяти рабочих дней со дня поступления заявления. Возврат документов не является основанием для отказа в рассмотрении заявления при повторном обращении заявителя после устранения причин отказа в рассмотрении документов на заключение соглашения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Уполномоченный орган по инвестициям в течение пяти рабочих дней со дня поступления заявления запрашивает сведения согласно пункту 7 настоящих Правил:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z260" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      у уполномоченного органа, осуществляющего руководство в сфере обеспечения поступлений налогов и платежей в бюджет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z261" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реестре субъектов предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции постановления Правительства РК от 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 7 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Уполномоченный орган, осуществляющий руководство в сфере обеспечения поступлений налогов и платежей в бюджет, в течение пяти рабочих дней со дня получения запроса представляет сведения о наличии или отсутствии задолженности по налогам и другим обязательным платежам в бюджет и задолженности по социальным платежам у заявителя на дату рассмотрения запроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z262" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о наличии задолженности у заявителя по налогам и другим обязательным платежам в бюджет и задолженности по социальным платежам являются основанием для возвращения заявления в целях устранения замечаний.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
-[...15 lines deleted...]
-      6. Уполномоченный орган по инвестициям в течение пяти рабочих дней со дня поступления заявления запрашивает сведения согласно пункту 7 настоящих Правил:</w:t>
+    <w:bookmarkStart w:name="z263" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае устранения выявленных замечаний заявитель вправе повторно направить заявление.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z260" w:id="27"/>
-[...161 lines deleted...]
-    <w:bookmarkStart w:name="z264" w:id="32"/>
+    <w:bookmarkStart w:name="z264" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченный орган по инвестициям запрашивает в реестре субъектов предпринимательства сведения о категории субъекта предпринимательства в отношении заявителя в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ведения и использования реестра субъектов предпринимательства, утвержденными постановлением Правительства Республики Казахстан от 28 декабря 2015 года № 1091.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z265" w:id="33"/>
+        <w:t xml:space="preserve"> ведения и использования реестра субъектов предпринимательства, утвержденными приказом Заместителя Премьер-Министра – Министра национальной экономики Республики Казахстан от 30 сентября 2024 года № 78 (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 35170).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z265" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Несоответствие заявителя условиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 295-3 Предпринимательского кодекса является основанием для отказа в рассмотрении заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции постановления Правительства РК от 16.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 8 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1619,228 +2261,332 @@
         </w:rPr>
         <w:t xml:space="preserve">
       8. При отсутствии задолженности по налогам, другим обязательным платежам в бюджет и социальным платежам, а также соответствии заявителя условиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 295-3 Предпринимательского кодекса уполномоченный орган по инвестициям в установленном порядке разрабатывает проект постановления Правительства Республики Казахстан для подписания такого соглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проект соглашения подготавливается уполномоченным органом по инвестициям в установленном законодательством порядке с учетом положений типовой формы соглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Решение о заключении соглашения принимается Правительством Республики Казахстан на основании заявления, прилагаемых к нему документов заявителя при соответствии условиям для заключения соглашения и сведений уполномоченного органа, осуществляющего руководство в сфере обеспечения поступлений налогов и платежей в бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В постановлении Правительства Республики Казахстан для заключения соглашения указывается должностное лицо, которое наделяется полномочиями на подписание соглашения от имени Правительства Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Одобренный постановлением Правительства Республики Казахстан проект соглашения в двух экземплярах направляется заявителю для подписания и заверения печатью (при наличии). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявитель в течение тридцати календарных дней со дня получения двух экземпляров соглашения подписывает их, заверяет печатью (при наличии) и направляет в уполномоченный орган по инвестициям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок внесения изменений и прекращения действия соглашения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 11 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Изменения в соглашение могут вноситься исключительно в части изменения графика вложения инвестиций с учетом сохранения положений, установленных в части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 295-3 Предпринимательского кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Внесение изменений в график вложения инвестиций рассматривается уполномоченным органом по инвестициям на основании официального обращения заявителя с вложением пояснительной записки с подтверждающими документами и проекта графика вложения инвестиций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1859,70 +2605,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Уполномоченный орган по инвестициям в течение десяти рабочих дней со дня поступления такого заявления запрашивает сведения согласно пункту 7 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1940,227 +2686,307 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 14 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Уполномоченный орган, осуществляющий руководство в сфере обеспечения поступлений налогов и платежей в бюджет, в течение пяти рабочих дней со дня получения запроса представляет сведения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил. Сведения о наличии задолженности у заявителя по налогам, другим обязательным платежам в бюджет и социальным платежам являются основанием для возвращения заявления для устранении замечаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае устранения выявленных замечаний заявитель вправе повторно направить заявление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Несоответствие заявителя условиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 295-3 Предпринимательского кодекса является основанием для отказа в рассмотрении заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Разработка проекта постановления Правительства Республики Казахстан, предусматривающего внесение изменений в соглашение, осуществляется уполномоченным органом по инвестициям в течение десяти рабочих дней со дня получения сведений согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Решение о внесении изменений в соглашение принимается Правительством Республики Казахстан на основании официального обращения заявителя и прилагаемых к нему документов, указанных в пункте 12 настоящих Правил, при соответствии условиям для внесения изменений и согласования согласно сведениям уполномоченного органа, осуществляющего руководство в сфере обеспечения поступлений налогов и платежей в бюджет, и реестру субъектов предпринимательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2179,91 +3005,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Одобренный постановлением Правительства Республики Казахстан проект внесения изменений в соглашение в двух экземплярах направляется заявителю для подписания и заверения печатью (при наличии). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявитель в течение тридцати календарных дней со дня получения двух экземпляров проекта внесения изменений в соглашение подписывает их, заверяет печатью (при наличии) и направляет в уполномоченный орган по инвестициям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 17 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Действие соглашения до истечения срока, указанного в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2278,52 +3219,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 289 Предпринимательского кодекса, может быть прекращено по соглашению сторон или в одностороннем порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 295-3 Предпринимательского кодекса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При неисполнении обязательств и условий, предусмотренных частью первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2378,131 +3318,245 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 295-3 Предпринимательского кодекса, в период действия соглашения Правительство Республики Казахстан досрочно прекращает его действие в одностороннем порядке по истечении трех месяцев с даты направления уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 18 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. При досрочном прекращении соглашения юридическое лицо, заключившее такое соглашение, осуществляет перерасчет своих налоговых обязательств в порядке, установленном в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Порядок расторжения соглашения осуществляется в соответствии с условиями самого соглашения и учетом действующего законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z60" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2728,129 +3782,129 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="54"/>
+    <w:bookmarkStart w:name="z79" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на заключение соглашения об инвестиционных обязательствах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="55"/>
+          <w:bookmarkStart w:name="z80" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4354,50 +5408,202 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Место реализации инвестиционного проекта (область, район, город)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Примечание ИЗПИ!</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Строка 13 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 1063</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вводится</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7012,928 +8218,928 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>соглашения об инвестиционных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>обязательствах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="56"/>
+    <w:bookmarkStart w:name="z82" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования по составлению бизнес-плана</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z83" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Бизнес-план состоит из следующих разделов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z84" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) резюме проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z85" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) технологический раздел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z86" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) коммерческий раздел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z87" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) социально-экономическое воздействие*;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z88" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) финансовый раздел*.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z89" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Резюме проекта включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z90" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информацию об юридическом лице:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z83" w:id="57"/>
-[...15 lines deleted...]
-      1. Бизнес-план состоит из следующих разделов:</w:t>
+    <w:bookmarkStart w:name="z91" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      доля иностранного участия (с указанием страны);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z84" w:id="58"/>
-[...15 lines deleted...]
-      1) резюме проекта;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      доля участия квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z85" w:id="59"/>
-[...15 lines deleted...]
-      2) технологический раздел;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) информацию по проекту:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z86" w:id="60"/>
-[...15 lines deleted...]
-      3) коммерческий раздел;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование проекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z87" w:id="61"/>
-[...15 lines deleted...]
-      4) социально-экономическое воздействие*;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      цель проекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z88" w:id="62"/>
-[...15 lines deleted...]
-      5) финансовый раздел*.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      характер предполагаемого инвестиционного проекта (приобретение, производство, строительство фиксированных активов);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z89" w:id="63"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="71"/>
+    <w:bookmarkStart w:name="z97" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       количество создаваемых рабочих мест (временных и постоянных); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z98" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      номенклатуру выпускаемой продукции по классификатору продукции по видам экономической деятельности (КПВЭД РК).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z99" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Технологический раздел включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z100" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) описание технологии инвестиционного проекта с указанием приобретаемых и используемых фиксированных активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z101" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) применение современных технологий в инвестиционном проекте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z102" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Коммерческий раздел включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z103" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) поставку оборудования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z104" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перечень необходимого технологического оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z105" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      новизну технологического оборудования (дата выпуска и модель</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z98" w:id="72"/>
-[...15 lines deleted...]
-      номенклатуру выпускаемой продукции по классификатору продукции по видам экономической деятельности (КПВЭД РК).</w:t>
+    <w:bookmarkStart w:name="z106" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оборудования);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z99" w:id="73"/>
-[...15 lines deleted...]
-      3. Технологический раздел включает в себя:</w:t>
+    <w:bookmarkStart w:name="z107" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) маркетинг:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z100" w:id="74"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z108" w:id="82"/>
+    <w:bookmarkStart w:name="z108" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сбыт продукции – в какие регионы, каким потребителям, в какие страны за рубежом предполагается поставка. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z109" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Социально-экономическое воздействие включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z110" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ожидаемый социальный эффект при реализации проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z111" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) вклад в социально-экономическое развитие региона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z112" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обязательства и намерения по развитию социально-экономического положения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z113" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Финансовый раздел включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z114" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) стоимость реализации проекта, источники финансирования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z115" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      собственные средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z116" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заемные средства (кредиты или привлеченные средства хозяйствующих субъектов) и/или грант;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z109" w:id="83"/>
-[...15 lines deleted...]
-      5. Социально-экономическое воздействие включает в себя:</w:t>
+    <w:bookmarkStart w:name="z117" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджетные средства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z110" w:id="84"/>
-[...15 lines deleted...]
-      1) ожидаемый социальный эффект при реализации проекта;</w:t>
+    <w:bookmarkStart w:name="z118" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) финансовый анализ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z111" w:id="85"/>
-[...15 lines deleted...]
-      2) вклад в социально-экономическое развитие региона;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      финансовую модель проекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z112" w:id="86"/>
-[...15 lines deleted...]
-      3) обязательства и намерения по развитию социально-экономического положения.</w:t>
+    <w:bookmarkStart w:name="z120" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      чистый дисконтированный доход за жизненный цикл проекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z113" w:id="87"/>
-[...15 lines deleted...]
-      6. Финансовый раздел включает в себя:</w:t>
+    <w:bookmarkStart w:name="z121" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      внутреннюю норму доходности за жизненный цикл проекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z114" w:id="88"/>
-[...15 lines deleted...]
-      1) стоимость реализации проекта, источники финансирования:</w:t>
+    <w:bookmarkStart w:name="z122" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      срок окупаемости проекта (простой и дисконтированный);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z115" w:id="89"/>
-[...15 lines deleted...]
-      собственные средства;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      простую норму прибыли (рентабельность).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z116" w:id="90"/>
-[...15 lines deleted...]
-      заемные средства (кредиты или привлеченные средства хозяйствующих субъектов) и/или грант;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бизнес-план инвестиционного проекта необходимо прошить и пронумеровать, заверить подписью руководителя и печатью юридического лица (при наличии).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z117" w:id="91"/>
-[...15 lines deleted...]
-      бюджетные средства;</w:t>
+    <w:bookmarkStart w:name="z125" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z118" w:id="92"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8012,126 +9218,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 мая 2022 года № 312</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z127" w:id="100"/>
+    <w:bookmarkStart w:name="z127" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовая форма соглашения об инвестиционных обязательствах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Типовая форма с изменениями, внесенными постановлением Правительства РК от 16.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="101"/>
+    <w:bookmarkStart w:name="z128" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящее соглашение об инвестиционных обязательствах заключено между Правительством Республики Казахстан в лице ________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8274,50 +9480,156 @@
       (устава или доверенности)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       именуемые в дальнейшем стороны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 2 преамбулы предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Принимая во внимание, что:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -8382,849 +9694,1161 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) (далее – Налоговый кодекс) при осуществлении инвестиций согласно настоящему соглашению,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правительство и инвестор заключили настоящее соглашение об инвестиционных обязательствах (далее – соглашение) и договорились о том, что соглашение будет регулировать их взаимные права и обязанности в течение срока его действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="102"/>
+    <w:bookmarkStart w:name="z135" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Основные понятия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z136" w:id="103"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Основные понятия, используемые в соглашении:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z137" w:id="104"/>
+    <w:bookmarkStart w:name="z137" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инвестиции – все виды имущества (кроме товаров, предназначенных для личного потребления), включая предметы финансового лизинга со дня договора лизинга, а также права на них, вкладываемые инвестором в уставный капитал юридического лица или увеличение фиксированных активов, используемых для предпринимательской деятельности, а также для реализации проекта государственно-частного партнерства, в том числе концессионного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z138" w:id="105"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z138" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инвестиционные обязательства – обязательства инвестора по финансированию капитализируемых последующих расходов и (или) расходов на приобретение, производство, строительство новых фиксированных активов, а также по финансированию других затрат, увеличивающих стоимость фиксированных активов в соответствии с международными стандартами финансовой отчетности и (или) требованиями законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z139" w:id="106"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z139" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) инвестиционный проект – комплекс мероприятий, предусматривающих инвестиции в создание новых, расширение и (или) обновление действующих производств, включая производства, созданные, расширенные и (или) обновленные в ходе реализации проекта государственно-частного партнерства, в том числе концессионного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z140" w:id="107"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z140" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) стабильность налогового законодательства – гарантия стабильности при изменении налогового законодательства Республики Казахстан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Налоговым кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z141" w:id="108"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z141" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Предмет соглашения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z142" w:id="109"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Предметом соглашения является осуществление инвестором инвестиционных обязательств в размере __________ тенге в течение восьми лет с учетом положений главы 3 настоящего соглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Инвестору, заключившему настоящее соглашение, гарантируется стабильность налогового законодательства Республики Казахстан в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 289</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="110"/>
+    <w:bookmarkStart w:name="z144" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Осуществление инвестиций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z145" w:id="111"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Инвестиции включают в себя финансирование инвестором капитализируемых последующих расходов и (или) расходов на приобретение, производство, строительство новых фиксированных активов, а также финансирование других затрат, увеличивающих стоимость фиксированных активов в соответствии с международными стандартами финансовой отчетности и (или) требованиями законодательства Республики Казахстан о бухгалтерском учете и финансовой отчетности (далее – инвестиции).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z146" w:id="112"/>
+    <w:bookmarkStart w:name="z146" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Инвестор направит на инвестиции _________ тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z266" w:id="113"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z266" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом финансирование не менее пятидесяти процентов от суммы инвестиционных обязательств, предусмотренной в пункте 2 настоящего соглашения, должно быть осуществлено в течение первых четырех лет, включая год подачи заявки на заключение настоящего соглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z267" w:id="114"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z267" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При исполнении инвестором инвестиционных обязательств:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z268" w:id="115"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z268" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) стоимость товаров, работ и услуг по договорам, заключенным со взаимосвязанной стороной, учитывается в размере фактически понесенных расходов, но не более пятидесяти процентов от суммы обязательств, предусмотренной в пункте 2 настоящего соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z269" w:id="116"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z269" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при заключении договоров на приобретение товаров, работ и услуг, стоимость которых учитывается в размере фактически понесенных расходов, со взаимосвязанной стороной такая взаимосвязанная сторона должна являться резидентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z147" w:id="117"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z147" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5. В сумму инвестиций, указанную в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего соглашения, включаются инвестиции, осуществляемые инвестором в год подачи заявки на заключение соглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z152" w:id="118"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z152" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Вложение инвестиций осуществляется инвестором в соответствии с графиком согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему соглашению, определяющим календарный график вложения инвестиций инвестором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z153" w:id="119"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z153" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Права Сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z154" w:id="120"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z154" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Правительство в лице уполномоченного органа по инвестициям имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z155" w:id="121"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z155" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в пределах, установленных законодательством Республики Казахстан, представлять Республику Казахстан при проведении переговоров с инвестором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z156" w:id="122"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z156" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) требовать от инвестора исполнения всех своих обязанностей и условий соглашения, а также запрашивать информацию, касающуюся исполнения соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z157" w:id="123"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z157" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) посещать объект инвестора, на котором осуществляется инвестиционный проект, с целью проверки исполнения обязательств в соответствии с графиком вложения инвестиций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z158" w:id="124"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z158" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) досрочно расторгнуть соглашение в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Предпринимательским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и настоящим соглашением;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z159" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) а также иные права, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z160" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Инвестор имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z161" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предпринимать любые действия, не противоречащие соглашению и действующему законодательству Республики Казахстан при осуществлении инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z162" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) досрочно расторгнуть соглашение в соответствии с Предпринимательским кодексом и настоящим соглашением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z163" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Обязанности сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z164" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Правительство в лице уполномоченного органа по инвестициям в пределах своей компетенции обязуется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z165" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проводить мониторинг исполнения обязательств в рамках соглашения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z166" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействовать с государственными органами Республики Казахстан по вопросам внесения изменений и расторжения соглашения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z167" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) разрабатывать проект постановления Правительства Республики Казахстан для подписания соглашения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z168" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оказывать содействие в урегулировании инвестиционных споров с участием инвестора в досудебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z169" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Инвестор обязуется:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z159" w:id="125"/>
-[...217 lines deleted...]
-    <w:bookmarkStart w:name="z170" w:id="136"/>
+    <w:bookmarkStart w:name="z170" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осуществлять инвестиции в размере и сроки, предусмотренные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9239,92 +10863,92 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z171" w:id="137"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z171" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соблюдать положения настоящего соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z172" w:id="138"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z172" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) ежегодно, начиная с года, следующего за годом заключения соглашения, осуществлять финансирование обучения казахстанских кадров в сумме не менее двадцати тысячекратного размера месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января года, в котором осуществляется такое финансирование непрерывного обучения казахстанских кадров, и проводить работу по повышению их квалификации (юридическое лицо, являющееся недропользователем, осуществляет финансирование расходов, указанных в подпункте 3) настоящего пункта, в соответствии с законодательством Республики Казахстан о недрах и недропользовании); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z173" w:id="139"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z173" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) представлять информацию о ходе осуществления инвестиций и соблюдать сроки представления отчетов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9339,1125 +10963,1301 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего соглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z174" w:id="140"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z174" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. Форс-мажор</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z175" w:id="141"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z175" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Ни одна из Сторон не несет ответственности за неисполнение каких-либо обязательств по соглашению, если такое неисполнение или задержка при выполнении вызваны обстоятельствами непреодолимой силы (далее – форс-мажор).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z176" w:id="142"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z176" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. К форс-мажору относятся обстоятельства непреодолимой силы, то есть чрезвычайные и непредотвратимые при данных условиях обстоятельства (стихийные явления, военные действия и т.п.)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z177" w:id="143"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z177" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. При полной или частичной приостановке осуществления инвестиционных обязательств, вызванной обстоятельствами форс-мажора, период осуществления инвестиционных обязательств продлевается путем внесения изменений в график вложения инвестиций на срок действия форс-мажора и возобновляется со дня его прекращения. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z178" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В случае возникновения обстоятельств форс-мажора сторона, пострадавшая от него, в течение 15 рабочих дней со дня возникновения уведомляет об этом другую Сторону путем вручения письменного извещения с его указанием даты начала события и описанием обстоятельств форс-мажора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z179" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При возникновении обстоятельств форс-мажора стороны незамедлительно проводят переговоры для поиска решения сложившейся ситуации и используют все средства для сведения к минимуму последствий таких обстоятельств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z180" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Конфиденциальность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z181" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Стороны в соответствии с законодательством Республики Казахстан соблюдают условия конфиденциальности по всем документам, информации и отчетам, относящимся к работе по реализации соглашения, в течение срока его действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z182" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ни одна из сторон без получения письменного согласия другой стороны не вправе раскрывать информацию, касающуюся содержания соглашения, или иную информацию, считаемую конфиденциальной и связанную с осуществлением инвестиций, кроме случаев, когда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z183" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информация используется в ходе судебного разбирательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z184" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) информация представляется третьим лицам, оказывающим услуги одной из сторон по соглашению, при условии, что такое третье лицо берет на себя обязательство соблюдения условий конфиденциальности такой информации и использования ее только в установленных сторонами целях и на определенный сторонами срок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z185" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) информация представляется банку или иной финансовой организации, у которой сторона по соглашению получает финансовые средства, при условии, что такой банк или финансовая организация берут на себя обязательство соблюдения условий конфиденциальности такой информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z186" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) информация представляется налоговым или иным уполномоченным государственным органам Республики Казахстан, которые имеют доступ к любой информации, в том числе являющейся банковской тайной, относящейся к любым банковским счетам инвестора, в том числе открытым в иностранных банках за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z187" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Мониторинг за соблюдением условий соглашения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z188" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Мониторинг за соблюдением условий соглашения осуществляется уполномоченным органом по инвестициям.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z178" w:id="144"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z180" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...165 lines deleted...]
-    <w:bookmarkStart w:name="z189" w:id="155"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 1 пункта 19 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. После заключения соглашения инвестор представляет по форме, устанавливаемой уполномоченным органом по инвестициям, годовой отчет о выполнении настоящего соглашения, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему соглашению, в соответствии с графиком вложения инвестиций не позднее двадцать пятого февраля года, следующего за отчетным годом, с разбивкой инвестиционных обязательств по графику вложения инвестиций, приложением сводного реестра документов, подтверждающих выполнение обязательств.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z190" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях нарушения инвестором условий соглашения или неисполнения обязательств, уполномоченный орган по инвестициям направляет инвестору уведомление с указанием выявленных нарушений и предоставляет 3 (три) месяца для их устранения. В случае неустранения выявленных нарушений Правительство в лице уполномоченного органа по инвестициям в одностороннем порядке расторгает настоящее соглашение в соответствии с пунктом 31 настоящего соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z191" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. После завершения реализации графика вложения инвестиций инвестор в течение двух месяцев представляет в уполномоченный орган по инвестициям аудиторский отчет, который должен содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z192" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информацию об осуществлении инвестиций согласно графику вложения инвестиций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z193" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сводный реестр документов, подтверждающих вложение инвестиций в соответствии с графиком вложения инвестиций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z194" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Разрешение споров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z195" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Стороны приложат все усилия для разрешения всех споров и разногласий, связанных с выполнением или интерпретацией любого из положений соглашения, путем переговоров между собой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z196" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. В случае недостижения сторонами согласия в течение двух месяцев со дня получения письменного обращения любой из сторон к другой стороне, разрешение споров может производиться в суде Международного финансового центра "Астана", Международном арбитражном центре Международного финансового центра "Астана" или судебных органах Республики Казахстан, а также арбитражах, определяемых соглашением сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z197" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Стороны не освобождаются от выполнения обязательств, установленных соглашением, до полного разрешения возникших споров и разногласий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z198" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Применимое право</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z199" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Для соглашения и других соглашений, подписанных на основе настоящего соглашения, применяется действующее право Республики Казахстан или Международного финансового центра "Астана".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z200" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Срок действия и вступления соглашения в силу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z201" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Срок действия соглашения определяется сроком действия гарантий стабильности налогового законодательства.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z190" w:id="156"/>
-[...15 lines deleted...]
-      В случаях нарушения инвестором условий соглашения или неисполнения обязательств, уполномоченный орган по инвестициям направляет инвестору уведомление с указанием выявленных нарушений и предоставляет 3 (три) месяца для их устранения. В случае неустранения выявленных нарушений Правительство в лице уполномоченного органа по инвестициям в одностороннем порядке расторгает настоящее соглашение в соответствии с пунктом 31 настоящего соглашения.</w:t>
+    <w:bookmarkStart w:name="z202" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок осуществления инвестиций определяется графиком вложения инвестиций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z191" w:id="157"/>
-[...15 lines deleted...]
-      20. После завершения реализации графика вложения инвестиций инвестор в течение двух месяцев представляет в уполномоченный орган по инвестициям аудиторский отчет, который должен содержать:</w:t>
+    <w:bookmarkStart w:name="z203" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Настоящее соглашение вступает в силу со дня его регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z192" w:id="158"/>
-[...15 lines deleted...]
-      1) информацию об осуществлении инвестиций согласно графику вложения инвестиций;</w:t>
+    <w:bookmarkStart w:name="z204" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Действие соглашения прекращается по истечении ______________________________. (дата)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z193" w:id="159"/>
-[...15 lines deleted...]
-      2) сводный реестр документов, подтверждающих вложение инвестиций в соответствии с графиком вложения инвестиций.</w:t>
+    <w:bookmarkStart w:name="z205" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Изменения, вносимые в соглашение</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z194" w:id="160"/>
+    <w:bookmarkStart w:name="z206" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Стороны вправе вносить изменения в соглашение только в части изменения графика вложения инвестиций с учетом сохранения положений пунктов 3, 4, 10, 13 настоящего соглашения путем заключения дополнительных соглашений не более двух раз в год по взаимному согласию в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z207" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9. Разрешение споров</w:t>
-[...19 lines deleted...]
-      21. Стороны приложат все усилия для разрешения всех споров и разногласий, связанных с выполнением или интерпретацией любого из положений соглашения, путем переговоров между собой.</w:t>
+        <w:t xml:space="preserve"> 13. Условия расторжения соглашения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z196" w:id="162"/>
-[...231 lines deleted...]
-    <w:bookmarkStart w:name="z208" w:id="174"/>
+    <w:bookmarkStart w:name="z208" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Действие соглашения до истечения срока, установленного в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего соглашения, может быть прекращено досрочно по соглашению сторон или в одностороннем порядке в соответствии с настоящим разделом. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z209" w:id="175"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z209" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. При досрочном прекращении соглашения юридическое лицо, заключившее такое соглашение, осуществляет перерасчет своих налоговых обязательств в порядке, установленном в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Налоговым кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z210" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. При неисполнении обязательств и условий, предусмотренных подпунктами 1), 2), 3), 4) пункта 10 соглашения, в период действия соглашения об инвестиционных обязательствах Правительство Республики Казахстан досрочно прекращает действие соглашения в одностороннем порядке по истечении трех месяцев с даты направления уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z211" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Инвестор вправе расторгнуть настоящее соглашение в одностороннем порядке с предварительным уведомлением уполномоченного органа по инвестициям не позднее 3 (трех) месяцев до даты расторжения настоящего соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z212" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Язык соглашения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z213" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Текст соглашения, изменения, приложения, дополнительные документы, прилагаемые к настоящему соглашению, составляются на государственном и русском языках в двух экземплярах. Все экземпляры являются равно аутентичными и имеют одинаковую юридическую силу, если иное не предусмотрено условиями соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z214" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Стороны договариваются, что ___________ язык будет использоваться как язык общения. Со дня вступления соглашения в силу информация относительно выполнения условий соглашения составляется на ___________ языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z215" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Дополнительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z216" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Уведомления и отчеты представляются собственноручно или отправляются почтой с уведомлением по следующему адресу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z217" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уполномоченный орган по инвестициям: ________________________________________; (название, юридический адрес, телефоны) руководитель уполномоченного органа по инвестициям: ____________________________; (фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z218" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инвестор:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z219" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ____________________________________________________; (название, юридический и фактический адреса, телефоны, электронный адрес) руководитель инвестора: _____________________________________. (фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z220" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. При изменении адресов, указанных в соглашении, каждая из сторон в двухнедельный срок должна письменно уведомить об этом другую сторону.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z221" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. При наличии каких-либо расхождений между положениями приложений и самим соглашением последний имеет основополагающее значение.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z210" w:id="176"/>
-[...15 lines deleted...]
-      31. При неисполнении обязательств и условий, предусмотренных подпунктами 1), 2), 3), 4) пункта 10 соглашения, в период действия соглашения об инвестиционных обязательствах Правительство Республики Казахстан досрочно прекращает действие соглашения в одностороннем порядке по истечении трех месяцев с даты направления уведомления.</w:t>
+    <w:bookmarkStart w:name="z222" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Соглашение подписано __ _________ ____ года в городе Астане, Республика Казахстан, уполномоченными представителями Сторон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z211" w:id="177"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z212" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...204 lines deleted...]
-    <w:bookmarkEnd w:id="188"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 38 - в редакции постановления Правительства РК от 16.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z223" w:id="189"/>
+          <w:bookmarkStart w:name="z223" w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 От лица Правительства Республики Казахстан:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="189"/>
+          <w:bookmarkEnd w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10473,139 +12273,139 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z225" w:id="190"/>
+          <w:bookmarkStart w:name="z225" w:id="178"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инвестор:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="190"/>
+          <w:bookmarkEnd w:id="178"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Подпись ________ (при наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М.П. (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z227" w:id="191"/>
+    <w:bookmarkStart w:name="z227" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10792,186 +12592,186 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z271" w:id="192"/>
+    <w:bookmarkStart w:name="z271" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> График вложения инвестиций </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z272" w:id="193"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z272" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование инвестора: _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z273" w:id="194"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z273" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестиционные обязательства, тысяч тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z274" w:id="195"/>
+          <w:bookmarkStart w:name="z274" w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="195"/>
+          <w:bookmarkEnd w:id="183"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12354,137 +14154,137 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z324" w:id="196"/>
+          <w:bookmarkStart w:name="z324" w:id="184"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Уполномоченный орган:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="196"/>
+          <w:bookmarkEnd w:id="184"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подпись __________ М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z326" w:id="197"/>
+          <w:bookmarkStart w:name="z326" w:id="185"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инвестор:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="197"/>
+          <w:bookmarkEnd w:id="185"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12496,50 +14296,148 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается исключить постановлением Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1063</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -12724,122 +14622,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>для сбора административных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z238" w:id="198"/>
+    <w:bookmarkStart w:name="z238" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Годовой отчет о выполнении соглашения об инвестиционных обязательствах от "__"________20__года № ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z239" w:id="199"/>
+          <w:bookmarkStart w:name="z239" w:id="187"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _____________________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="199"/>
+          <w:bookmarkEnd w:id="187"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12855,171 +14753,171 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заключившего соглашение об инвестиционных обязательствах)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z241" w:id="200"/>
+          <w:bookmarkStart w:name="z241" w:id="188"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ___________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="200"/>
+          <w:bookmarkEnd w:id="188"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (Местонахождение инвестора)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z242" w:id="201"/>
+    <w:bookmarkStart w:name="z242" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: 20 ____ год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z243" w:id="202"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z243" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: годовая</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z244" w:id="203"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z244" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляют: юридические лица Республики Казахстан, заключившие соглашение об инвестиционных обязательствах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z245" w:id="204"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z245" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сроки представления: до 25 февраля года, следующего за отчетным годом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -15674,64 +17572,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z246" w:id="205"/>
+      <w:bookmarkStart w:name="z246" w:id="193"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заверяем подлинность и достоверность указанных сведений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Исполнитель _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15745,64 +17643,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       __________ Фамилия, имя, отчество (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z247" w:id="206"/>
+      <w:bookmarkStart w:name="z247" w:id="194"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Подпись ______________________М.П (при наличии).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15844,204 +17742,204 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Подпись ______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Фамилия, имя, отчество (при наличии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z248" w:id="207"/>
+    <w:bookmarkStart w:name="z248" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пояснение по заполнению формы годового отчета о выполнении соглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z249" w:id="208"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z249" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Форма "Годовой отчет о выполнении соглашения" разработана в соответствии со статьей 295-3 Предпринимательского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z250" w:id="209"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z250" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма "Годовой отчет о выполнении соглашения" представляется юридическими лицами Республики Казахстан, заключившими соглашение об инвестиционных обязательствах с уполномоченным органом по инвестициям, не позднее 25 февраля, ежегодно до завершения графика вложения инвестиций с расшифровкой по статьям затрат, предусмотренных графиком вложения инвестиций, приложением документов, подтверждающих ввод в эксплуатацию фиксированных активов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z251" w:id="210"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z251" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приложения: прилагаются копии документов, подтверждающих ввод в эксплуатацию фиксированных активов, исполнение принятых обязательств, заверенные подписью руководителя и печатью Сторон, заключивших соглашение об инвестиционных обязательствах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z252" w:id="211"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z252" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16367,31 +18265,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>