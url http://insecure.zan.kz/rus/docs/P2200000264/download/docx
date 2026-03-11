--- v0 (2025-10-14)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0d2a914" w14:textId="0d2a914">
+    <w:p w14:paraId="6c65299" w14:textId="6c65299">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -956,50 +956,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 28.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1010</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1073</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -5162,262 +5182,248 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-МЮ, ГП (по согласованию), НПП "Атамекен" (по согласованию), заинтересованные государственные органы </w:t>
+              <w:t>
+МЮ, ГП (по согласованию), НПП "Атамекен" (по согласованию), заинтересованные государственные органы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="32"/>
+          <w:bookmarkStart w:name="z9" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рассмотрение возможности:</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1) введения градации административных правонарушений на категории незначительных, значительных и грубых правонарушений, каждая из которых содержала бы предельные размеры штрафа в зависимости от характера и степени общественной опасности правонарушения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1) введения градации административных правонарушений на категории незначительных, значительных и грубых правонарушений, каждая из которых содержала бы предельные размеры штрафа в зависимости от характера и степени общественной опасности правонарушения;</w:t>
-[...26 lines deleted...]
-              </w:rPr>
               <w:t>2) исключения составов административных правонарушений, содержащих санкции за неконкретизированные требования нормативных правовых актов, корректировки диспозиций с учетом позиций уполномоченных органов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) формирования единого подхода при определении размера штрафа в зависимости от категории субъектов предпринимательства (а также установления ответственности должностных лиц организаций, финансируемых из государственного бюджета)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z46" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Предложения в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
-[...18 lines deleted...]
-          <w:bookmarkStart w:name="z47" w:id="34"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ноябрь 2022 года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -5496,70 +5502,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="35"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+март 2028 года</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5661,70 +5665,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="36"/>
+          <w:bookmarkStart w:name="z50" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
+          <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5831,126 +5835,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проработка возможности исключения из подведомственности судов общей юрисдикции рассмотрения оставшихся видов публично-правовых споров с последующей их передачей в подведомственность специализированных административных судов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z51" w:id="37"/>
+          <w:bookmarkStart w:name="z51" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предложения в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
+          <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="38"/>
+          <w:bookmarkStart w:name="z52" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6145,70 +6149,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="39"/>
+          <w:bookmarkStart w:name="z53" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
+          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6351,70 +6355,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предложения в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="40"/>
+          <w:bookmarkStart w:name="z54" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июль</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
+          <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6557,70 +6561,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="41"/>
+          <w:bookmarkStart w:name="z55" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 январь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
+          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6815,70 +6819,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="42"/>
+          <w:bookmarkStart w:name="z56" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июнь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7021,70 +7025,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="43"/>
+          <w:bookmarkStart w:name="z57" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 май</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="43"/>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7304,70 +7308,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="44"/>
+          <w:bookmarkStart w:name="z58" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июнь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
@@ -7517,188 +7521,188 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="45"/>
+          <w:bookmarkStart w:name="z59" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июнь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="46"/>
+          <w:bookmarkStart w:name="z60" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МИОР, НПП "Атамекен" (по согласованию), РКА (по согласованию), заинтересованные государственные органы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="47"/>
+          <w:bookmarkStart w:name="z61" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
+          <w:bookmarkEnd w:id="44"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7745,70 +7749,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="48"/>
+          <w:bookmarkStart w:name="z62" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь 2027 года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="45"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7933,70 +7937,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="49"/>
+          <w:bookmarkStart w:name="z63" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь 2027 года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
+          <w:bookmarkEnd w:id="46"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8121,70 +8125,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="50"/>
+          <w:bookmarkStart w:name="z64" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь 2027 года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkEnd w:id="47"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8201,70 +8205,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="51"/>
+          <w:bookmarkStart w:name="z65" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
+          <w:bookmarkEnd w:id="48"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8311,70 +8315,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="52"/>
+          <w:bookmarkStart w:name="z66" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь 2027 года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
+          <w:bookmarkEnd w:id="49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8499,108 +8503,108 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="53"/>
+          <w:bookmarkStart w:name="z67" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь 2027 года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
-[...18 lines deleted...]
-          <w:bookmarkStart w:name="z68" w:id="54"/>
+          <w:bookmarkEnd w:id="50"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z68" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МЮ, РКА (по согласованию), заинтересованные государственные органы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkEnd w:id="51"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -8689,70 +8693,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="55"/>
+          <w:bookmarkStart w:name="z69" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь 2027 года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkEnd w:id="52"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8877,70 +8881,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="56"/>
+          <w:bookmarkStart w:name="z70" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь 2027 года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkEnd w:id="53"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9065,70 +9069,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="57"/>
+          <w:bookmarkStart w:name="z71" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
+          <w:bookmarkEnd w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9271,70 +9275,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="58"/>
+          <w:bookmarkStart w:name="z72" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 январь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
+          <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2026 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9477,70 +9481,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="59"/>
+          <w:bookmarkStart w:name="z73" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь 2027 года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
+          <w:bookmarkEnd w:id="56"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9665,70 +9669,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="60"/>
+          <w:bookmarkStart w:name="z74" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь 2027 года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
+          <w:bookmarkEnd w:id="57"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9853,70 +9857,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z75" w:id="61"/>
+          <w:bookmarkStart w:name="z75" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь 2027 года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="61"/>
+          <w:bookmarkEnd w:id="58"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9933,70 +9937,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z76" w:id="62"/>
+          <w:bookmarkStart w:name="z76" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="62"/>
+          <w:bookmarkEnd w:id="59"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10043,70 +10047,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z77" w:id="63"/>
+          <w:bookmarkStart w:name="z77" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь 2027 года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="63"/>
+          <w:bookmarkEnd w:id="60"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10231,70 +10235,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="64"/>
+          <w:bookmarkStart w:name="z78" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сентябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="64"/>
+          <w:bookmarkEnd w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2028 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10329,70 +10333,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="65"/>
+          <w:bookmarkStart w:name="z79" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="65"/>
+          <w:bookmarkEnd w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10457,70 +10461,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="66"/>
+          <w:bookmarkStart w:name="z80" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="66"/>
+          <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2029 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10715,70 +10719,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="67"/>
+          <w:bookmarkStart w:name="z81" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 февраль</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="67"/>
+          <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2027 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -10885,126 +10889,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рассмотрение возможности законодательного закрепления института злоупотребления правом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="68"/>
+          <w:bookmarkStart w:name="z82" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предложения в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="68"/>
+          <w:bookmarkEnd w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z83" w:id="69"/>
+          <w:bookmarkStart w:name="z83" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 январь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="69"/>
+          <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2029 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11199,70 +11203,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z84" w:id="70"/>
+          <w:bookmarkStart w:name="z84" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="70"/>
+          <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11405,70 +11409,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z85" w:id="71"/>
+          <w:bookmarkStart w:name="z85" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 февраль</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11663,70 +11667,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z86" w:id="72"/>
+          <w:bookmarkStart w:name="z86" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="72"/>
+          <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11869,70 +11873,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="73"/>
+          <w:bookmarkStart w:name="z87" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 январь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkEnd w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12127,70 +12131,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z88" w:id="74"/>
+          <w:bookmarkStart w:name="z88" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkEnd w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12333,70 +12337,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z89" w:id="75"/>
+          <w:bookmarkStart w:name="z89" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 февраль</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="75"/>
+          <w:bookmarkEnd w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2027 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12519,70 +12523,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z90" w:id="76"/>
+          <w:bookmarkStart w:name="z90" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Проработка комплексных подходов, направленных на стимулирование бережного отношения к окружающей среде, в том числе на:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="76"/>
+          <w:bookmarkEnd w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12639,70 +12643,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z92" w:id="77"/>
+          <w:bookmarkStart w:name="z92" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkEnd w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12861,126 +12865,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оптимизация процедур, связанных со сферой недропользования, которая будет реализована в многофункциональной национальной базе данных минеральных ресурсов, соответствующей аналогичным базам данных стран-лидеров инвестиционного рейтинга горно-металлургического комплекса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z93" w:id="78"/>
+          <w:bookmarkStart w:name="z93" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приказ Министра индустрии и инфраструктурного развития Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
+          <w:bookmarkEnd w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z94" w:id="79"/>
+          <w:bookmarkStart w:name="z94" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сентябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkEnd w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13123,70 +13127,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z95" w:id="80"/>
+          <w:bookmarkStart w:name="z95" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="80"/>
+          <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13309,70 +13313,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z96" w:id="81"/>
+          <w:bookmarkStart w:name="z96" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Совершенствование механизмов назначения наказания по уголовным правонарушениям</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="81"/>
+          <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13401,70 +13405,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z97" w:id="82"/>
+          <w:bookmarkStart w:name="z97" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="82"/>
+          <w:bookmarkEnd w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13650,70 +13654,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z98" w:id="83"/>
+          <w:bookmarkStart w:name="z98" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="83"/>
+          <w:bookmarkEnd w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13881,70 +13885,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z99" w:id="84"/>
+          <w:bookmarkStart w:name="z99" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkEnd w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14094,126 +14098,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Совершенствование порядка формирования списков присяжных заседателей, перевод их в цифровой формат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z100" w:id="85"/>
+          <w:bookmarkStart w:name="z100" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Закон Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="85"/>
+          <w:bookmarkEnd w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z101" w:id="86"/>
+          <w:bookmarkStart w:name="z101" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="86"/>
+          <w:bookmarkEnd w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14312,70 +14316,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z103" w:id="87"/>
+          <w:bookmarkStart w:name="z103" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Выработка подходов по обеспечению конфискации имущества, находящегося в том числе за рубежом, в отдельном производстве на основании вступившего в силу приговора по уголовному делу </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14404,70 +14408,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z104" w:id="88"/>
+          <w:bookmarkStart w:name="z104" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkEnd w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14610,70 +14614,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z105" w:id="89"/>
+          <w:bookmarkStart w:name="z105" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 август</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -14780,126 +14784,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Анализ практики применения в уголовном процессе мер государственного принуждения и мер пресечения с выработкой предложений по совершенствованию порядка применения перечисленных мер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z106" w:id="90"/>
+          <w:bookmarkStart w:name="z106" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z107" w:id="91"/>
+          <w:bookmarkStart w:name="z107" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -15070,70 +15074,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z109" w:id="92"/>
+          <w:bookmarkStart w:name="z109" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
+          <w:bookmarkEnd w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -15444,70 +15448,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предложения в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z116" w:id="93"/>
+          <w:bookmarkStart w:name="z116" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15614,126 +15618,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выработка понятия "искусственный интеллект", в том числе порядка, сферы и круга его использования, статуса и правовых последствий, с последующим введением отдельного состава правонарушения, предусматривающего ответственность за его применение в преступных целях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z117" w:id="94"/>
+          <w:bookmarkStart w:name="z117" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="94"/>
+          <w:bookmarkEnd w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z118" w:id="95"/>
+          <w:bookmarkStart w:name="z118" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="95"/>
+          <w:bookmarkEnd w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -15932,70 +15936,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z121" w:id="96"/>
+          <w:bookmarkStart w:name="z121" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="96"/>
+          <w:bookmarkEnd w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2026 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16138,70 +16142,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z122" w:id="97"/>
+          <w:bookmarkStart w:name="z122" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июль</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="97"/>
+          <w:bookmarkEnd w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2028 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16344,70 +16348,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z123" w:id="98"/>
+          <w:bookmarkStart w:name="z123" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:bookmarkEnd w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2028 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16530,70 +16534,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z124" w:id="99"/>
+          <w:bookmarkStart w:name="z124" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Изменение механизмов взаимодействия с местными исполнительными органами для разрешения вопросов, связанных с отбыванием наказания осужденными:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="99"/>
+          <w:bookmarkEnd w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -16614,126 +16618,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 учреждений УИС и пересмотр подходов к реализации пенитенциарной пробации, то есть ресоциализации лиц, отбывающих наказание в виде лишения свободы, с учетом международного передового опыта с привлечением представителей гражданского общества</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z126" w:id="100"/>
+          <w:bookmarkStart w:name="z126" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 постановление Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="100"/>
+          <w:bookmarkEnd w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приказ Министра внутренних дел Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z127" w:id="101"/>
+          <w:bookmarkStart w:name="z127" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июнь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="101"/>
+          <w:bookmarkEnd w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -16932,70 +16936,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Канцелярию Премьер-Министра Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z130" w:id="102"/>
+          <w:bookmarkStart w:name="z130" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июль</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="102"/>
+          <w:bookmarkEnd w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17138,70 +17142,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z131" w:id="103"/>
+          <w:bookmarkStart w:name="z131" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="103"/>
+          <w:bookmarkEnd w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17369,70 +17373,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z132" w:id="104"/>
+          <w:bookmarkStart w:name="z132" w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сентябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="104"/>
+          <w:bookmarkEnd w:id="101"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17575,70 +17579,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z133" w:id="105"/>
+          <w:bookmarkStart w:name="z133" w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="105"/>
+          <w:bookmarkEnd w:id="102"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17781,70 +17785,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z134" w:id="106"/>
+          <w:bookmarkStart w:name="z134" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="106"/>
+          <w:bookmarkEnd w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17987,126 +17991,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z135" w:id="107"/>
+          <w:bookmarkStart w:name="z135" w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 февраль</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="107"/>
+          <w:bookmarkEnd w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2029 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z136" w:id="108"/>
+          <w:bookmarkStart w:name="z136" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МВД, МЦРИАП</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="108"/>
+          <w:bookmarkEnd w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18265,70 +18269,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предложения в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z137" w:id="109"/>
+          <w:bookmarkStart w:name="z137" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="109"/>
+          <w:bookmarkEnd w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18471,70 +18475,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z138" w:id="110"/>
+          <w:bookmarkStart w:name="z138" w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 январь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="110"/>
+          <w:bookmarkEnd w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18569,80 +18573,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z139" w:id="111"/>
+          <w:bookmarkStart w:name="z139" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Направление 2. Совершенствование правоохранительной деятельности</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="111"/>
+          <w:bookmarkEnd w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18811,70 +18815,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z140" w:id="112"/>
+          <w:bookmarkStart w:name="z140" w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="112"/>
+          <w:bookmarkEnd w:id="109"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19017,70 +19021,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z141" w:id="113"/>
+          <w:bookmarkStart w:name="z141" w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="113"/>
+          <w:bookmarkEnd w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19187,126 +19191,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Развитие сервисной модели полиции, базовым компонентом которой станет проактивная работа с обществом и обеспечение шаговой доступности к полиции </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z142" w:id="114"/>
+          <w:bookmarkStart w:name="z142" w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="114"/>
+          <w:bookmarkEnd w:id="111"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z143" w:id="115"/>
+          <w:bookmarkStart w:name="z143" w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ежегодно, декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="115"/>
+          <w:bookmarkEnd w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19477,70 +19481,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z145" w:id="116"/>
+          <w:bookmarkStart w:name="z145" w:id="113"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 январь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="116"/>
+          <w:bookmarkEnd w:id="113"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19683,70 +19687,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z146" w:id="117"/>
+          <w:bookmarkStart w:name="z146" w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="117"/>
+          <w:bookmarkEnd w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -20057,70 +20061,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z153" w:id="118"/>
+          <w:bookmarkStart w:name="z153" w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="118"/>
+          <w:bookmarkEnd w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20263,70 +20267,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z154" w:id="119"/>
+          <w:bookmarkStart w:name="z154" w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="119"/>
+          <w:bookmarkEnd w:id="116"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20397,182 +20401,182 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z155" w:id="120"/>
+          <w:bookmarkStart w:name="z155" w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Индексация заработных плат сотрудникам правоохранительных органов в зависимости от ежегодной инфляции и иных макроэкономических показателей раз в три года </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="120"/>
+          <w:bookmarkEnd w:id="117"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z156" w:id="121"/>
+          <w:bookmarkStart w:name="z156" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="121"/>
+          <w:bookmarkEnd w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z157" w:id="122"/>
+          <w:bookmarkStart w:name="z157" w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkEnd w:id="119"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -20635,80 +20639,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z159" w:id="123"/>
+          <w:bookmarkStart w:name="z159" w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Направление 3. Совершенствование судебной системы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="123"/>
+          <w:bookmarkEnd w:id="120"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -20877,70 +20881,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z160" w:id="124"/>
+          <w:bookmarkStart w:name="z160" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="124"/>
+          <w:bookmarkEnd w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21083,70 +21087,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предложения в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z161" w:id="125"/>
+          <w:bookmarkStart w:name="z161" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="125"/>
+          <w:bookmarkEnd w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -21281,126 +21285,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Развитие судебно-экспертной деятельности путем сбалансированного распределения на рынке судебно-экспертных услуг государственного и частного секторов, дальнейшего укрепления материально-технического оснащения, а также внедрения инновационных подходов при производстве экспертиз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z163" w:id="126"/>
+          <w:bookmarkStart w:name="z163" w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="126"/>
+          <w:bookmarkEnd w:id="123"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z164" w:id="127"/>
+          <w:bookmarkStart w:name="z164" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="127"/>
+          <w:bookmarkEnd w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -21599,70 +21603,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z167" w:id="128"/>
+          <w:bookmarkStart w:name="z167" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="128"/>
+          <w:bookmarkEnd w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21805,70 +21809,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Концепции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z168" w:id="129"/>
+          <w:bookmarkStart w:name="z168" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="129"/>
+          <w:bookmarkEnd w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22011,70 +22015,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предложения в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z169" w:id="130"/>
+          <w:bookmarkStart w:name="z169" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 февраль</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="130"/>
+          <w:bookmarkEnd w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22217,70 +22221,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предложения в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z170" w:id="131"/>
+          <w:bookmarkStart w:name="z170" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="131"/>
+          <w:bookmarkEnd w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22423,70 +22427,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предложения в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z171" w:id="132"/>
+          <w:bookmarkStart w:name="z171" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июнь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="132"/>
+          <w:bookmarkEnd w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22521,80 +22525,80 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z172" w:id="133"/>
+          <w:bookmarkStart w:name="z172" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Направление 4. Совершенствование государственного управления</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="133"/>
+          <w:bookmarkEnd w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -22763,70 +22767,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z173" w:id="134"/>
+          <w:bookmarkStart w:name="z173" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="134"/>
+          <w:bookmarkEnd w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22969,70 +22973,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проект Закона Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z174" w:id="135"/>
+          <w:bookmarkStart w:name="z174" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="135"/>
+          <w:bookmarkEnd w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -23175,70 +23179,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предложения в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z175" w:id="136"/>
+          <w:bookmarkStart w:name="z175" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="136"/>
+          <w:bookmarkEnd w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -23381,70 +23385,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приказы уполномоченных органов Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z176" w:id="137"/>
+          <w:bookmarkStart w:name="z176" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 февраль</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="137"/>
+          <w:bookmarkEnd w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -23587,70 +23591,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z177" w:id="138"/>
+          <w:bookmarkStart w:name="z177" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="138"/>
+          <w:bookmarkEnd w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -23793,70 +23797,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z178" w:id="139"/>
+          <w:bookmarkStart w:name="z178" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 март</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="139"/>
+          <w:bookmarkEnd w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -23999,70 +24003,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z179" w:id="140"/>
+          <w:bookmarkStart w:name="z179" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="140"/>
+          <w:bookmarkEnd w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -24249,126 +24253,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Совершенствование таможенного регулирования путем расширения сфер применения цифровых технологий, обеспечивающих автоматическое совершение таможенных операций, с минимизацией участия должностных лиц и утверждение порядка и сроков проведения пилотного проекта в сфере таможенного администрирования трансграничной электронной торговли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z181" w:id="141"/>
+          <w:bookmarkStart w:name="z181" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приказ Министра финансов Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="141"/>
+          <w:bookmarkEnd w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z182" w:id="142"/>
+          <w:bookmarkStart w:name="z182" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="142"/>
+          <w:bookmarkEnd w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -24539,70 +24543,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 предложение в ЕЭК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z184" w:id="143"/>
+          <w:bookmarkStart w:name="z184" w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 июнь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="143"/>
+          <w:bookmarkEnd w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2026 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -24725,182 +24729,182 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z185" w:id="144"/>
+          <w:bookmarkStart w:name="z185" w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Принятие мер, направленных на развитие правовой культуры общества, в частности, проведение системной и взаимосвязанной работы по формированию основы правовой культуры обучающихся и воспитанников в государственных организациях среднего образования, а также среди студентов в организациях технического и профессионального, послесреднего и высшего образования</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="144"/>
+          <w:bookmarkEnd w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z186" w:id="145"/>
+          <w:bookmarkStart w:name="z186" w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 совместный приказ</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="145"/>
+          <w:bookmarkEnd w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Администрацию Президента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z187" w:id="146"/>
+          <w:bookmarkStart w:name="z187" w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ноябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="146"/>
+          <w:bookmarkEnd w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -25099,70 +25103,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приказ Министра образования и науки Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z190" w:id="147"/>
+          <w:bookmarkStart w:name="z190" w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 декабрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="147"/>
+          <w:bookmarkEnd w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2022 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -25491,70 +25495,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 постановление Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z191" w:id="148"/>
+          <w:bookmarkStart w:name="z191" w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 октябрь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="148"/>
+          <w:bookmarkEnd w:id="145"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2023 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -25697,70 +25701,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z192" w:id="149"/>
+          <w:bookmarkStart w:name="z192" w:id="146"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 февраль</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="149"/>
+          <w:bookmarkEnd w:id="146"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -25903,70 +25907,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 информация в Аппарат Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z193" w:id="150"/>
+          <w:bookmarkStart w:name="z193" w:id="147"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 январь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="150"/>
+          <w:bookmarkEnd w:id="147"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2025 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -26001,70 +26005,70 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="151"/>
+    <w:bookmarkStart w:name="z194" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -29149,55 +29153,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -29523,31 +29527,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>