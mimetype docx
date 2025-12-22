--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="21e0416" w14:textId="21e0416">
+    <w:p w14:paraId="d0f38d6" w14:textId="d0f38d6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2483,51 +2484,85 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5207000" cy="2971800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5207000" cy="2971800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z48" w:id="21"/>
     <w:p>
@@ -2787,102 +2822,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="7810500" cy="6616700"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="7810500" cy="6616700"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5130800" cy="4127500"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5130800" cy="4127500"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -3165,102 +3268,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5168900" cy="4813300"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5168900" cy="4813300"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5029200" cy="4826000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5029200" cy="4826000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -5272,51 +5443,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="3213100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="3213100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z160" w:id="121"/>
     <w:p>
@@ -5650,102 +5855,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="7810500" cy="4902200"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="7810500" cy="4902200"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="7810500" cy="4826000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="7810500" cy="4826000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -5899,51 +6172,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7112000" cy="3505200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7112000" cy="3505200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z177" w:id="136"/>
     <w:p>
@@ -6121,61 +6428,129 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
-[...9 lines deleted...]
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5969000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5969000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="5727700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="5727700"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z185" w:id="144"/>
     <w:p>
@@ -6882,51 +7257,85 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z215" w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:bookmarkEnd w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId15"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> государственная поддержка деятельности Продкорпорации и статус национальной компании;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6934,51 +7343,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId16"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> многолетний опыт деятельности на зерновом рынке, долгосрочные партнерские отношения с его участниками. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6986,51 +7429,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId17"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> успешный опыт оперирования крупными объемами зерна в стране, положительное влияние на рыночную конъюнктуру через установление закупочных и реализационных цен.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7038,51 +7515,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId18"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> наличие собственной инфраструктуры хранения и экспорта зерна.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7090,51 +7601,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId19"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> наличие представительств в основных зерносеющих регионах Республики Казахстан и за рубежом.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7142,51 +7687,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId20"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> долгосрочные взаимоотношения с сетью партнерских ХПП, расположенных в зерносеющих регионах страны, что позволяет диверсифицировать структуру хранения и издержки экспорта продукции.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7194,92 +7773,160 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId21"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> высокий "кредит" доверия со стороны бизнес-партнеров в силу государственной поддержки, позволяющий привлекать коммерческие займы на выгодных условиях.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId22"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> наличие кредитного рейтинга.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7303,51 +7950,85 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z222" w:id="175"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:bookmarkEnd w:id="175"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId23"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> объективное конкурентное отставание от крупных мировых трейдеров в силу географического расположения Казахстана.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7355,51 +8036,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId24"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> менее гибкие, чем у частных компаний условия заключения и исполнения контрактов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7407,51 +8122,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId25"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> характерная для государственных компаний высокая степень согласовательных процедур, влияющая на оперативность принятия решений.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7459,51 +8208,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId26"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> наличие большого объема просроченной дебиторской задолженности, связанной с финансированием и поддержкой субъектов АПК.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7511,92 +8294,160 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId27"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> недостаточность собственных мощностей для обеспечения сохранности всего объема резервного запаса, а также содержания дополнительных объемов зерна, необходимых для безубыточной деятельности хлебных баз.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId28"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> слабое географическое размещение собственных хлебных баз, их значительный износ и необходимость в проведении капитального ремонта.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7702,51 +8553,85 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z227" w:id="176"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:bookmarkEnd w:id="176"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId29"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> привлечение бюджетных средств для выполнения государственных задач.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7754,51 +8639,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId30"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> расширение товарной линейки.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7806,51 +8725,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId31"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> расширение сети представительств на рынке, в том числе за рубежом. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7858,51 +8811,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId32"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> трейдинг с импортной продукцией на соседних рынках.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7910,51 +8897,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId33"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>расширение мощностей хранения зерна путем обращения в собственность ТОО "Астык Коймалары" дополнительных хлебных баз в результате взыскания задолженности.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7962,51 +8983,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId34"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> привлечение инвестиций, в том числе исламских продуктов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8014,51 +9069,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId35"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>продвижение продукции Продкорпорации на дипломатическом и межправительственном уровне.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8066,51 +9155,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId36"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> улучшение финансового положения за счет погашения просроченной дебиторской задолженности.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8118,92 +9241,160 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId37"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> повышение уровня корпоративного управления Продкорпорации.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId38"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> внедрение автоматизации бизнес-процессов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8227,51 +9418,85 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z236" w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:bookmarkEnd w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId39"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> неисполнение производственных планов из-за погодно-климатического фактора.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8279,51 +9504,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId40"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> хищение/порча зерна на ХПП ввиду ограниченных возможностей прямого воздействия Продкорпорации на процесс предупреждения фактов хищения/порчи.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8331,51 +9590,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId41"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> убытки от операционной деятельности вследствие неблагоприятной ценовой конъюнктуры на внешних рынках.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8383,51 +9676,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId42"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> введение нормативно-правовых ограничений в транзитных государствах и странах-импортерах.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8435,51 +9762,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId43"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> неблагоприятное изменение валютных курсов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8487,51 +9848,85 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId44"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> повышение ставок по привлекаемым средствам вследствие проблем на международном финансовом рынке и увеличение инфляционной нагрузки.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8539,92 +9934,160 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId45"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> рост проблемной задолженности вследствие ухудшения финансового состояния дебиторов Продкорпорации.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>[MISSING IMAGE: ,  ]</w:t>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="355600" cy="292100"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId46"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="355600" cy="292100"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> угроза потери средств Продкорпорации, размещенных в БВУ, вследствие ухудшения ситуации в банковском секторе.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8682,51 +10145,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId47"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в связи с ростом населения в мире существует долгосрочный тренд увеличения спроса на продовольствие на мировом рынке, в том числе на зерновые культуры и продукты их переработки;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -8743,51 +10240,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId48"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в стрессовых ситуациях, вызванных негативным влиянием внешних факторов, таких как пандемия, глобализация несет угрозу продовольственной безопасности стран, зависимых от импорта продовольственных товаров; </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -8804,51 +10335,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId49"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сельское хозяйство Республики Казахстан нуждается в инвестициях и масштабной модернизации средств производства и объектов инфраструктуры, внедрении передовых технологий ведения хозяйства, повышении и поддержании качества производимой продукции; </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -8865,51 +10430,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId50"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в целях снижения зависимости от импорта и валютных рисков существует объективная необходимость обеспечения производства в Республике Казахстан всей товарной номенклатурой, используемой в производстве конечной сельхозпродукции (от элитных семян, средств защиты растений и минеральных удобрений до сельхозтехники и технологических линий по переработке);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -8926,51 +10525,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId51"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государство должно содержать резервный запас продовольственного зерна в связи с нестабильным уровнем производства зерна и сокращением площадей посевов под пшеницу при сохранении ее низкой урожайности;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -8987,51 +10620,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId52"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> зерновая отрасль как важная составляющая продовольственной безопасности страны нуждается в присутствии государства для сохранения мер воздействия на внутренний рынок, в том числе через стабилизацию цен на зерно и СЗПТ; </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9048,51 +10715,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId53"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> отечественные сельхозпроизводители нуждаются в долгосрочных льготных инвестициях и мерах финансовой поддержки, в том числе для производства в стране приоритетных сельскохозяйственных культур;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9109,51 +10810,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId54"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> рост урожайности казахстанской сельхозпродукции в первую очередь зависит от удовлетворения потребности внутреннего рынка в качественном семенном материале; </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9170,51 +10905,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId55"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> для стабилизации цен на мукомольную и мясную продукцию требуется стабильное наличие зерна на внутреннем рынке по доступным ценам в течение всего сезона; </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9231,51 +11000,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId56"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> наряду с развитием экспорта несырьевой казахстанской сельхозпродукции необходимо поддерживать экспорт зерновых культур для сохранения позиций Республики Казахстан на стратегических рынках сбыта;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9292,51 +11095,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId57"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Казахстану необходимо развивать сотрудничество с международными организациями и региональными институтами развития, способствующее продвижению казахстанского зерна на мировом рынке и привлечению инвестиций в отрасль;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9353,51 +11190,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId58"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Продкорпорация как оператор государства должна принимать активное участие в решении государственных задач на зерновом рынке, в том числе обеспечении продовольственной безопасности и стабилизации цен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9414,51 +11285,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId59"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> деятельность Продкорпорации должна быть ориентирована на удовлетворение потребностей внутреннего рынка и содействие продвижению зерна на экспорт;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9475,51 +11380,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId60"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> для повышения финансовой устойчивости Продкорпорации требуется выработка системного механизма финансирования мероприятий, направленных на решение государственных задач на внутреннем рынке зерна;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9536,51 +11475,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId61"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> от менеджмента компании требуется реализация мер, направленных на эффективное управление активами, снижение финансовых рисков в операционной деятельности и сокращение проблемной дебиторской задолженности прошлых лет;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9597,51 +11570,85 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>[MISSING IMAGE: ,  ]</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="355600" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId62"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="355600" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> имеется необходимость проведения дальнейшей работы по повышению уровня корпоративного управления Продкорпорации в соответствии с передовыми стандартами в области корпоративного управления.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -15282,1136 +17289,1108 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+соответствующего года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="878" w:type="dxa"/>
-[...414 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цель 2. Участие в стабилизации цен на зерно и СЗПТ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...42 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объем закупа сельскохозяйственной продукции, являющейся сырьем для СЗПТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тыс. тонн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+315</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+330</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+335</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+340</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объем закупа сельскохозяйственной продукции, являющейся сырьем для СЗПТ</w:t>
+Объем сельскохозяйственной продукции, в том числе являющейся сырьем для СЗПТ, охваченный программами поддержки Продкорпорации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16430,505 +18409,517 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+310</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+280</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 330</w:t>
             </w:r>
-          </w:p>
-[...294 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объем сельскохозяйственной продукции, в том числе являющейся сырьем для СЗПТ, охваченный программами поддержки Продкорпорации</w:t>
+Доля финансирования трехстороннего форвардного закупа от общего объема финансирования программы форвардного закупа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-тыс. тонн</w:t>
+%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17048,344 +19039,344 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-800*</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-310</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-280</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-360</w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-260</w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-330</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля финансирования трехстороннего форвардного закупа от общего объема финансирования программы форвардного закупа</w:t>
+Обеспечение потребности регионов в продовольственном и фуражном зерне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17541,854 +19532,361 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="878" w:type="dxa"/>
-[...481 lines deleted...]
-100</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стратегическое направление 2. Содействие диверсификации посевных площадей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стратегическое направление 2. Содействие диверсификации посевных площадей</w:t>
+Цель 1. Стимулирование производства приоритетных сельскохозяйственных культур</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...40 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -18817,559 +20315,50 @@
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...507 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -39877,90 +40866,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объемы сельхозпродукции, являющейся сырьем для СЗПТ, закупленные Продкорпорацией в отчетном году.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      КПД 2. Объем сельскохозяйственной продукции, в том числе являющейся сырьем для СЗПТ, охваченный программами поддержки Продкорпорации, = объем сельскохозяйственной продукции, профинансированный по программам форвардного закупа в отчетном году, + объем сельскохозяйственной продукции, профинансированный через прямой закуп в отчетном году, + объем товарного кредита, выданного СХТП в отчетном году, + объем сельскохозяйственной продукции, поставленный по пролонгированным договорам.</w:t>
+      КПД 2. Объем сельхозпродукции, в том числе являющейся сырьем для СЗПТ, охваченный программами поддержки Продкорпорации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z655" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Формула расчета КПД:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="456"/>
     <w:bookmarkStart w:name="z656" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Объем сельхозпродукции, в том числе являющейся сырьем для СЗПТ, охваченный программами поддержки Продкорпорации, = объем сельхозпродукции, профинансированный по программе форвардного закупа в отчетном году, + объем сельхозпродукции, приобретенный через прямой закуп в отчетном году, + объем товарного кредита, выданного СХТП в отчетном году.</w:t>
+      Объем сельскохозяйственной продукции, в том числе являющейся сырьем для СЗПТ, охваченный программами поддержки Продкорпорации, = объем сельскохозяйственной продукции, профинансированный по программам форвардного закупа в отчетном году, + объем сельскохозяйственной продукции, профинансированный через прямой закуп в отчетном году, + объем товарного кредита, выданного СХТП в отчетном году, + объем сельскохозяйственной продукции, поставленный по пролонгированным договорам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="457"/>
     <w:bookmarkStart w:name="z657" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КПД 3. Доля финансирования трехстороннего форвардного закупа от общего объема финансирования программы форвардного закупа, %.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
     <w:bookmarkStart w:name="z658" w:id="459"/>
     <w:p>
@@ -41439,35 +42428,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/><Relationship Target="media/document_image_rId36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId36"/><Relationship Target="media/document_image_rId37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId37"/><Relationship Target="media/document_image_rId38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId38"/><Relationship Target="media/document_image_rId39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId39"/><Relationship Target="media/document_image_rId40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId40"/><Relationship Target="media/document_image_rId41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId41"/><Relationship Target="media/document_image_rId42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId42"/><Relationship Target="media/document_image_rId43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId43"/><Relationship Target="media/document_image_rId44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId44"/><Relationship Target="media/document_image_rId45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId45"/><Relationship Target="media/document_image_rId46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId46"/><Relationship Target="media/document_image_rId47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId47"/><Relationship Target="media/document_image_rId48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId48"/><Relationship Target="media/document_image_rId49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId49"/><Relationship Target="media/document_image_rId50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId50"/><Relationship Target="media/document_image_rId51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId51"/><Relationship Target="media/document_image_rId52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId52"/><Relationship Target="media/document_image_rId53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId53"/><Relationship Target="media/document_image_rId54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId54"/><Relationship Target="media/document_image_rId55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId55"/><Relationship Target="media/document_image_rId56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId56"/><Relationship Target="media/document_image_rId57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId57"/><Relationship Target="media/document_image_rId58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId58"/><Relationship Target="media/document_image_rId59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId59"/><Relationship Target="media/document_image_rId60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId60"/><Relationship Target="media/document_image_rId61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId61"/><Relationship Target="media/document_image_rId62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId62"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>