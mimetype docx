--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8eb32df" w14:textId="8eb32df">
+    <w:p w14:paraId="0874d08" w14:textId="0874d08">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -807,812 +807,1794 @@
         <w:t>
       4) для транспортировки органов (частей органов) и (или) тканей (частей ткани) для последующей трансплантации в соответствующую медицинскую организацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Первичная медико-санитарная помощь (далее – ПМСП), в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции постановления Правительства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) диагностика, лечение и управление наиболее распространенными заболеваниями;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 2) предусматривается в редакции постановления Правительства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) профилактические осмотры целевых групп населения (детей, взрослых);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) раннее выявление и мониторинг поведенческих факторов риска заболеваний и обучение навыкам снижения выявленных факторов риска;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      2) профилактические осмотры целевых групп населения (детей, взрослых);</w:t>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иммунизация;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...15 lines deleted...]
-      3) раннее выявление и мониторинг поведенческих факторов риска заболеваний и обучение навыкам снижения выявленных факторов риска;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) формирование и пропаганда здорового образа жизни;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...15 lines deleted...]
-      4) иммунизация;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мероприятия по охране репродуктивного здоровья;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      5) формирование и пропаганда здорового образа жизни;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) наблюдение за беременными и наблюдение за родильницами в послеродовом периоде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
-[...15 lines deleted...]
-      6) мероприятия по охране репродуктивного здоровья;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) санитарно-противоэпидемические и санитарно-профилактические мероприятия в очагах инфекционных заболеваний.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      7) наблюдение за беременными и наблюдение за родильницами в послеродовом периоде;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Специализированная медицинская помощь в амбулаторных условиях в порядке, определяемом уполномоченным органом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...15 lines deleted...]
-      8) санитарно-противоэпидемические и санитарно-профилактические мероприятия в очагах инфекционных заболеваний.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции постановления Правительства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) профилактика и диагностика ВИЧ-инфекции и туберкулеза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) услуги при травмах, отравлениях или других неотложных состояниях, в том числе услуги мобильной бригады при заболеваниях, вызывающих ухудшение эпидемиологической ситуации в стране и в случаях подозрения на них для лиц, не являющихся потребителями услуг в системе обязательного социального медицинского страхования (далее – ОСМС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
-[...15 lines deleted...]
-      4. Специализированная медицинская помощь в амбулаторных условиях в порядке, определяемом уполномоченным органом:</w:t>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) диагностика и лечение при социально значимых заболеваниях по перечню, определяемому уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
-[...15 lines deleted...]
-      1) профилактика и диагностика ВИЧ-инфекции и туберкулеза;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 4) предусматривается исключить постановлением Правительства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) диагностика и лечение при хронических заболеваниях, подлежащих динамическому наблюдению, по перечню и в порядке, определяемым уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) скрининговые исследования на раннее выявление онкологических заболеваний.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
-[...15 lines deleted...]
-      2) услуги при травмах, отравлениях или других неотложных состояниях, в том числе услуги мобильной бригады при заболеваниях, вызывающих ухудшение эпидемиологической ситуации в стране и в случаях подозрения на них для лиц, не являющихся потребителями услуг в системе обязательного социального медицинского страхования (далее – ОСМС);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4 предусматривается дополнить подпунктом 6) в соответствии с постановлением Правительства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным постановлением Правительства РК от 23.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 786</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и распространяется на отношения, возникшие с 07.05.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 5 предусматривается в редакции постановления Правительства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Специализированная медицинская помощь в стационарозамещающих условиях в порядке, определяемом уполномоченным органом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лечение при социально значимых заболеваниях по перечню, определяемому уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
-[...15 lines deleted...]
-      3) диагностика и лечение при социально значимых заболеваниях по перечню, определяемому уполномоченным органом;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) услуги стационара на дому при заболеваниях, вызывающих ухудшение эпидемиологической ситуации в стране и в случаях подозрения на них для лиц, не являющихся потребителями услуг в системе ОСМС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z61" w:id="26"/>
-[...15 lines deleted...]
-      4) диагностика и лечение при хронических заболеваниях, подлежащих динамическому наблюдению, по перечню и в порядке, определяемым уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лечение при хронических заболеваниях, подлежащих динамическому наблюдению, по перечню и в порядке, определяемым уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z62" w:id="27"/>
-[...15 lines deleted...]
-      5) скрининговые исследования на раннее выявление онкологических заболеваний.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Специализированная медицинская помощь в стационарных условиях, оказываемая:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при изоляции лиц, находившихся в контакте с больным инфекционным или паразитарным заболеванием, представляющим опасность для окружающих, а также бактерионосителей, вирусоносителей и лиц с подозрением на инфекционное или паразитарное заболевание, представляющее опасность для окружающих, по перечню, определяемому уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при лечении инфекционных, паразитарных заболеваний и заболеваний, представляющих опасность для окружающих, по перечню, определяемому уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным постановлением Правительства РК от 23.09.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования и распространяется на отношения, возникшие с 07.05.2025).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...56 lines deleted...]
-      2) услуги стационара на дому при заболеваниях, вызывающих ухудшение эпидемиологической ситуации в стране и в случаях подозрения на них для лиц, не являющихся потребителями услуг в системе ОСМС;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 3) предусматривается в редакции постановления Правительства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в экстренной форме для лиц, не являющихся потребителями услуг в системе ОСМС, в том числе проведение лечебно-диагностических мероприятий в приемном отделении круглосуточного стационара, по перечню, определяемому уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в плановой форме по перечню заболеваний, утвержденному уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
-[...15 lines deleted...]
-      3) лечение при хронических заболеваниях, подлежащих динамическому наблюдению, по перечню и в порядке, определяемым уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Медицинская реабилитация:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z37" w:id="32"/>
-[...15 lines deleted...]
-      6. Специализированная медицинская помощь в стационарных условиях, оказываемая:</w:t>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при лечении основного заболевания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z38" w:id="33"/>
-[...15 lines deleted...]
-      1) при изоляции лиц, находившихся в контакте с больным инфекционным или паразитарным заболеванием, представляющим опасность для окружающих, а также бактерионосителей, вирусоносителей и лиц с подозрением на инфекционное или паразитарное заболевание, представляющее опасность для окружающих, по перечню, определяемому уполномоченным органом;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 2) предусматривается в редакции постановления Правительства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) больных туберкулезом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Паллиативная медицинская помощь по перечню заболеваний, определяемому уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
-[...15 lines deleted...]
-      2) при лечении инфекционных, паразитарных заболеваний и заболеваний, представляющих опасность для окружающих, по перечню, определяемому уполномоченным органом;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 9 предусматривается в редакции постановления Правительства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Обеспечение препаратами крови и ее компонентами при наличии медицинских показаний при оказании специализированной медицинской помощи в стационарозамещающих и стационарных условиях в соответствии с номенклатурой крови, ее компонентов и препаратов крови, определяемой уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Патологоанатомическая диагностика при оказании специализированной медицинской помощи в амбулаторных, стационарозамещающих и стационарных условиях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z40" w:id="35"/>
-[...15 lines deleted...]
-      3) в экстренной форме для лиц, не являющихся потребителями услуг в системе ОСМС, в том числе проведение лечебно-диагностических мероприятий в приемном отделении круглосуточного стационара, по перечню, определяемому уполномоченным органом;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 11 предусматривается исключить постановлением Правительства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Подготовка посмертного донора к изъятию органов (частей органов) и (или) тканей (частей ткани), изъятие, консервация, заготовка, хранение, транспортировка органов (частей органов) и (или) тканей (частей ткани).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Направление граждан Республики Казахстан на лечение за рубеж и (или) привлечение зарубежных специалистов для проведения лечения в отечественных медицинских организациях по перечню заболеваний, определяемому уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z41" w:id="36"/>
-[...15 lines deleted...]
-      4) в плановой форме по перечню заболеваний, утвержденному уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Обеспечение лекарственными средствами, медицинскими изделиями, специализированными лечебными продуктами, иммунобиологическими лекарственными препаратами при оказании:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z42" w:id="37"/>
-[...15 lines deleted...]
-      7. Медицинская реабилитация:</w:t>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) скорой помощи, а также специализированной помощи, в том числе высокотехнологичных медицинских услуг, в стационарных и стационарозамещающих условиях в соответствии с лекарственными формулярами организаций здравоохранения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
-[...15 lines deleted...]
-      1) при лечении основного заболевания;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ПМСП в соответствии с перечнем заболеваний, против которых проводятся профилактические прививки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z44" w:id="39"/>
-[...15 lines deleted...]
-      2) больных туберкулезом.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ПМСП и специализированной медицинской помощи в амбулаторных условиях в соответствии с утверждаемым уполномоченным органом перечнем лекарственных средств и медицинских изделий для бесплатного и (или) льготного обеспечения отдельных категорий граждан Республики Казахстан с определенными заболеваниями (состояниями).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z45" w:id="40"/>
-[...178 lines deleted...]
-    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Перечень предусматривается дополнить пунктом 14 в соответствии с постановлением Правительства РК от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1740,322 +2722,322 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 октября 2020 года № 672</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z56" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 декабря 2009 года № 2136 "Об утверждении Перечня гарантированного объема бесплатной медицинской помощи" (САПП Республики Казахстан, 2009 г., № 59, ст. 529).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z57" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 декабря 2010 года № 1363 "О внесении дополнений в постановление Правительства Республики Казахстан от 15 декабря 2009 года № 2136" (САПП Республики Казахстан, 2011 г., № 5, ст. 66).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z58" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 января 2014 года № 29 "О внесении изменения в постановление Правительства Республики Казахстан от 15 декабря 2009 года № 2136 "Об утверждении перечня гарантированного объема бесплатной медицинской помощи" (САПП Республики Казахстан, 2014 г., № 3, ст. 23).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z59" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 июня 2019 года № 420 "О внесении изменения в постановление Правительства Республики Казахстан от 15 декабря 2009 года № 2136 "Об утверждении перечня гарантированного объема бесплатной медицинской помощи" (САПП Республики Казахстан, 2019 г., № 21, ст. 198).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z60" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 3 сентября 2019 года № 655 "О некоторых вопросах апробирования обязательного социального медицинского страхования в пилотном режиме и внесении дополнений в постановление Правительства Республики Казахстан от 15 декабря 2009 года № 2136 "Об утверждении перечня гарантированного объема бесплатной медицинской помощи" (САПП Республики Казахстан, 2019 г., № 36-37, ст. 336).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>