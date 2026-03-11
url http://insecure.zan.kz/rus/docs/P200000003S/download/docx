--- v0 (2025-11-13)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="36640a7" w14:textId="36640a7">
+    <w:p w14:paraId="43d0c26" w14:textId="43d0c26">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -294,3740 +294,5272 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. При квалификации деяния по </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 214</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Уголовного кодекса Республики Казахстан (далее – УК) по признаку отсутствия регистрации судам следует иметь в виду, что государственная регистрация физического лица, осуществляющего частное предпринимательство без образования юридического лица, заключается в постановке его на учет в качестве индивидуального предпринимателя в органе государственных доходов по месту нахождения этого лица. Уголовная ответственность за незаконное предпринимательство по признаку отсутствия регистрации наступает в случаях, когда согласно </w:t>
+        <w:t xml:space="preserve"> Уголовного кодекса Республики Казахстан (далее - УК) по признаку отсутствия регистрации судам следует иметь в виду, что государственная регистрация физического лица, осуществляющего частное предпринимательство без образования юридического лица, заключается в постановке его на учет в качестве индивидуального предпринимателя в органе государственных доходов по месту нахождения этого лица. Уголовная ответственность за незаконное предпринимательство по признаку отсутствия регистрации наступает в случаях, когда согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 35 Предпринимательского кодекса физическое лицо обязано было зарегистрироваться в качестве индивидуального предпринимателя, но не сделало этого, и эти деяния причинили крупный ущерб гражданину, организации или государству либо они сопряжены с извлечением дохода в крупном размере или производством, хранением, перевозкой либо сбытом подакцизных товаров в значительных размерах.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z106" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом судам необходимо учитывать, что </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктами 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> статьи 774 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" плательщиками единого совокупного платежа признаются физические лица, осуществляющие предпринимательскую деятельность без регистрации в качестве индивидуального предпринимателя, которые одновременно соответствуют следующим условиям:</w:t>
+        <w:t>3-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 35 Предпринимательского кодекса и налоговым законодательством предусмотрены случаи, когда лицо, осуществляющее предпринимательскую деятельность, вправе не осуществлять регистрацию в качестве индивидуального предпринимателя. Указанные лица к уголовной ответственности по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК не привлекаются. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...15 lines deleted...]
-      уплатили единый совокупный платеж;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции нормативного постановления Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 17 апреля 1995 года № 2198 "О государственной регистрации юридических лиц и учетной регистрации филиалов и представительств" (далее – Закон о государственной регистрации) документом, подтверждающим государственную регистрацию юридического лица, является справка по форме, установленной Министерством юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
-[...15 lines deleted...]
-      не используют труд наемных работников;</w:t>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осуществление предпринимательской деятельности физическим лицом после снятия с регистрационного учета в качестве индивидуального предпринимателя в регистрирующем органе (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 38 Предпринимательского кодекса), юридическим лицом - после внесения сведений о прекращении деятельности в Национальный реестр бизнес-идентификационных номеров (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статья 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о государственной регистрации) признается незаконным предпринимательством по признаку отсутствия регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...15 lines deleted...]
-      оказывают услуги исключительно физическим лицам, не являющимся налоговыми агентами, и (или) реализуют исключительно физическим лицам, не являющимся налоговыми агентами, сельскохозяйственную продукцию личного подсобного хозяйства собственного производства, за исключением подакцизной продукции.</w:t>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. При решении вопроса о наличии в действиях лица признаков осуществления предпринимательской деятельности без обязательной для такой деятельности лицензии либо с нарушением законодательства Республики Казахстан о разрешениях и уведомлениях суды должны иметь в виду, что </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 16 мая 2014 года № 202-V "О разрешениях и уведомлениях" (далее – Закон о разрешениях и уведомлениях) определены виды деятельности или действий (операций), для осуществления которых установлен разрешительный или уведомительный порядок. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
-[...15 lines deleted...]
-      Физические лица, осуществляющие предпринимательскую деятельность, соответствующую требованиям </w:t>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Установленный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о разрешениях и уведомлениях перечень видов деятельности, действий (операций), для осуществления которых установлен разрешительный или уведомительный порядок, является исчерпывающим и расширительному толкованию не подлежит.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Разрешительный порядок заключается в установлении обязанности лица до начала осуществления деятельности или действий (операций) иметь в наличии действительное разрешение соответствующей категории (первой или второй). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уведомительный порядок заключается в установлении обязанности физического или юридического лица до начала осуществления деятельности или действий уведомить государственный орган, осуществляющий прием уведомлений, об этом порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Судам следует иметь в виду, что соблюдение разрешительного или уведомительного порядка должно иметь место до начала осуществления деятельности или действий, последующее получение разрешения или осуществление уведомления не освобождает лицо от уголовной ответственности по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Необходимо иметь в виду, что согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о разрешениях и уведомлениях разрешение и (или) приложение к разрешению считаются выданными, если разрешительным органом допущена просрочка их выдачи, за исключением случаев, предусмотренных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 26 Закона о разрешениях и уведомлениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Невыполнение лицензиатом требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о разрешениях и уведомлениях о переоформлении лицензии и (или) приложения к лицензии не влечет уголовную ответственность по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="0000ff"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьям 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="0000ff"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="0000ff"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>214-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 с изменением, внесенным нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. По уголовным делам об осуществлении незаконной банковской деятельности (банковских операций) суды должны учитывать, что банк – это юридическое лицо, являющееся коммерческой организацией, которое в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 31 августа 1995 года № 2444 "О банках и банковской деятельности в Республике Казахстан" (далее – Закон о банках) правомочно осуществлять банковскую деятельность путем проведения банковских и иных операций, перечисленных в указанном законе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Официальный статус банка определяется государственной регистрацией юридического лица в качестве банка в Государственной корпорации "Правительство для граждан" и наличием лицензии уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (далее - уполномоченный орган) на проведение банковских операций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Юридическое лицо, не имеющее официального статуса банка, не может именоваться "банком" или характеризовать себя как занимающееся банковской деятельностью. Вместе с тем, в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о банках юридическое лицо, не являющееся банком, правомочно проводить отдельные виды банковских операций на основании лицензии уполномоченного органа или Национального Банка, либо в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. По делам о незаконной коллекторской деятельности следует исходить из того, что согласно подпункту 6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 6 мая 2017 года № 62-VI "О коллекторской деятельности" (далее – Закон о коллекторской деятельности) коллекторская деятельность - это деятельность коллекторского агентства, направленная на досудебные взыскание и урегулирование задолженности, а также на сбор информации, связанной с задолженностью. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 3 Закона о коллекторской деятельности юридическое лицо, не включенное в реестр коллекторских агентств, не вправе осуществлять коллекторскую деятельность, характеризовать себя как занимающееся коллекторской деятельностью, а также использовать в своем наименовании слова "коллекторское агентство", производные от них слова, предполагающие, что оно осуществляет коллекторскую деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Для осуществления коллекторской деятельности юридическое лицо должно пройти учетную регистрацию в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о коллекторской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Частью первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК предусмотрена уголовная ответственность за занятие запрещенными видами предпринимательской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Запрещенными видами деятельности признается деятельность, за занятие которой установлена уголовная ответственность или ответственность, предусмотренная </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об административных правонарушениях Республики Казахстан (далее-КоАП).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если лицо занимается запрещенными видами предпринимательской деятельности, ответственность за которую предусмотрена иными статьями УК, например, за незаконное изготовление, переработку, хранение, перевозку с целью сбыта или сбыт наркотических средств, психотропных веществ, их аналогов, содеянное им дополнительной квалификации по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК не требует.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 с изменением, внесенным нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Уголовная ответственность по частям первым </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статей 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>214-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>214-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК наступает при осуществлении предпринимательской деятельности, банковской деятельности (банковских операций), микрофинансовой или коллекторской деятельности без регистрации, а равно без обязательной для такой деятельности лицензии, учетной регистрации или после исключения коллекторского агентства из реестра коллекторских агентств, либо с нарушением законодательства Республики Казахстан о разрешениях и уведомлениях, а равно за занятие запрещенными видами предпринимательской деятельности, если эти деяния причинили крупный ущерб гражданину, организации или государству либо сопряжены с извлечением дохода в крупном размере или производством, хранением, перевозкой либо сбытом подакцизных товаров в значительных размерах, а по частям вторым </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статей 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>214-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>214-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК - за те же деяния, совершенные преступной группой; сопряженные с извлечением дохода в особо крупном размере; неоднократно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z107" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При исчислении размера дохода, полученного преступной группой, судам следует исходить из общей суммы дохода, извлеченного всеми ее участниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Крупный ущерб, крупный размер или особо крупный размер дохода, значительный размер товара определяются в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, в редакции, действующей на момент совершения уголовного правонарушения, и должны быть подтверждены заключением эксперта, специалиста и другими доказательствами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При определении имущественного дохода физического лица следует руководствоваться законом, действовавшим во время совершения уголовно наказуемого деяния, то есть положениями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 774 Налогового кодекса, не подлежат регистрации в качестве индивидуальных предпринимателей, в связи с чем указанные лица к уголовной ответственности по </w:t>
-[...259 lines deleted...]
-      Судам следует иметь в виду, что соблюдение разрешительного или уведомительного порядка должно иметь место до начала осуществления деятельности или действий, последующее получение разрешения или осуществление уведомления не освобождает лицо от уголовной ответственности по </w:t>
+        <w:t xml:space="preserve"> статьи 330 Налогового Кодекса (в редакции 2017 года) либо </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 382 Налогового Кодекса (в редакции 2025 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом доходом является вся сумма денежных средств или стоимость другого имущества, полученных от реализации товаров (работ, услуг) без вычета расходов, связанных с осуществлением незаконной предпринимательской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень подакцизных товаров установлен законом, действовавшим во время совершения уголовно наказуемого деяния, то есть </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 462</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Налогового Кодекса (в редакции 2017 года) либо </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 536</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Налогового Кодекса (в редакции 2025 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 с изменениями, внесенными нормативными постановлениями Верховного Суда РК от 29.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Судам необходимо иметь в виду, что согласно части третьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК при осуществлении незаконной предпринимательской деятельности в виде организации незаконного игорного бизнеса с извлечением крупного или особо крупного дохода совокупность уголовных правонарушений, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>307</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, отсутствует, и уголовная ответственность наступает по статье 307 УК, являющейся по отношению к </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 214</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> УК специальной нормой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z109" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Не требуют дополнительной квалификации по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК действия лица, осуществляющего незаконную банковскую деятельность (банковские операции), незаконные микрофинансовую и коллекторскую деятельность без регистрации, а равно без обязательной для такой деятельности лицензии, учетной регистрации или после исключения коллекторского агентства из реестра коллекторских агентств, либо с нарушением законодательства Республики Казахстан о разрешениях и уведомлениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z110" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае осуществления незаконной предпринимательской, банковской, микрофинансовой, коллекторской деятельности, то есть деяний, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>214-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>214-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, у лица не возникает обязательств по уплате налогов и других обязательных платежей в бюджет. Соответственно, действия виновного не требуют дополнительной квалификации по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьям 244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>245</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> УК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> Закона о разрешениях и уведомлениях разрешение и (или) приложение к разрешению считаются выданными, если разрешительным органом допущена просрочка их выдачи, за исключением случаев, предусмотренных в </w:t>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Незаконная медицинская и фармацевтическая деятельность при отсутствии последствий, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 322</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, влечет ответственность по соответствующей части </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК в случае, если эта деятельность повлекла причинение крупного ущерба гражданину, организации или государству либо сопряжена с извлечением дохода в крупном или в особо крупном размере либо с производством, хранением, перевозкой, либо сбытом подакцизных товаров в значительном размере. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z108" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если указанная деятельность повлекла последствия, предусмотренные как </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, так и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 322</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, то действия виновного лица подлежат квалификации по совокупности уголовных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Если при осуществлении незаконной предпринимательской деятельности лицо незаконно использует чужой товарный знак, знак обслуживания, фирменное наименование, наименование места происхождения товара или сходных с ними обозначений для однородных товаров или услуг, то при наличии признаков уголовного правонарушения, предусмотренного статьей 222 УК, это деяние необходимо квалифицировать по совокупности уголовных правонарушений, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 214</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Объективная сторона уголовного правонарушения, предусмотренного частью первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 216</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, выражается в совершении действий по выписке счетов-фактур без фактического выполнения работ, оказания услуг, отгрузки товаров с целью извлечения имущественной выгоды, причинивших крупный ущерб гражданину, организации или государству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При рассмотрении уголовных дел должно быть доказано, что субъектом частного предпринимательства выписка счета-фактуры была осуществлена без фактического выполнения работ, оказания услуг, отгрузки товаров. Суд обязан исследовать доказательства, свидетельствующие о наличии у субъекта частного предпринимательства соответствующих активов, зданий, транспортных средств на праве собственности либо на правах аренды и иных основаниях, материальных и трудовых ресурсов, без которых невозможно выполнить работы и оказать услуги. В случае если субъектом частного предпринимательства оказаны услуги путем привлечения подрядчика, исследованию и оценке подлежат доказательства, подтверждающие оказание таких услуг непосредственным исполнителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если предметом сделки является товар, то следует исследовать документы, подтверждающие его производство или приобретение у третьих лиц, в том числе осуществление оплаты за приобретение и реализацию товара. Предметом исследования и оценки могут выступать документы, подтверждающие транспортные расходы по отгрузке товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Субъектом уголовного правонарушения, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 216</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, являются субъекты частного предпринимательства, к которым относятся граждане, кандасы, нерезиденты, лица без гражданства, осуществляющие предпринимательскую деятельность, а также лица, выполняющие управленческие функции в негосударственных коммерческих юридических лицах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лицо, не являющееся субъектом частного предпринимательства и участвовавшее в совершении деяния, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 216</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, несет уголовную ответственность, соответственно, в качестве его организатора, подстрекателя либо пособника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменением, внесенным нормативным постановлением Верховного Суда РК от 11.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Выписка нескольких счетов-фактур без фактического выполнения работ, оказания услуг, отгрузки товаров, охватываемая единым умыслом, образует одно продолжаемое уголовное правонарушение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При выписке нескольких фиктивных счетов-фактур различным контрагентам и квалификации органом уголовного преследования данных действий как одного продолжаемого уголовного правонарушения судам следует проверять наличие у виновного лица единого умысла. Если же совершение указанных действий не связано единым умыслом и образует неоднократность, то при недостижении суммы ущерба в отношении каждого контрагента размеру, указанному в пункте 38) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, деяния подсудимого надлежит квалифицировать как административное правонарушение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Совершение двух и более деяний, не связанных единым умыслом, образует неоднократность уголовных правонарушений и подлежит квалификации по пункту 1) части второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 216</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Судам следует иметь в виду, что при постановлении обвинительного приговора, постановления о прекращении производства по делу по нереабилитирующему основанию по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 216</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, сделка, подтвержденная фиктивным счетом-фактурой, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 158 ГК, является ничтожной. Предъявления налоговыми органами исков об оспаривании сделок, подтвержденных фиктивными счетами-фактурами, не требуется. Доначисление соответствующих сумм налогов осуществляется налоговым органом на основании вступившего в законную силу обвинительного приговора либо постановления о прекращении производства по делу по нереабилитирующему основанию, которым дана правовая оценка противоправным действиям лица по выписке счетов-фактур без фактического выполнения работ, оказания услуг, отгрузки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Если действия по выписке фиктивных счетов-фактур сопряжены с совершением других уголовных правонарушений в сфере экономической деятельности, то в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статей 24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>113</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан (далее – УПК) по делу должны быть установлены и оценены обстоятельства использования фиктивных счетов-фактур контрагентами, их соучастия в выписке, а также соучастие субъекта частного предпринимательства, выписавшего фиктивный счет-фактуру, в совершении как экономических, так и иных уголовных правонарушений. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Ущербом, причиненным в результате совершения действий по выписке счетов-фактур без фактического выполнения работ, оказания услуг, отгрузки товаров, является сумма налога и других обязательных платежей, от уплаты которых уклонился контрагент, или сумма кредита, дохода, похищенных средств, имущественной выгоды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сумма неуплаченных налогов, платежей в бюджет определяется на основании совокупности доказательств, в том числе показаниями контрагентов или их представителей, актом налоговой проверки, заключением эксперта и другими доказательствами. При допросе контрагентов или их представителей необходимо выяснять, обжалованы ли контрагентами результаты налоговых проверок органов государственных доходов, в случаях судебного обжалования приобщать к делу и исследовать состоявшиеся судебные акты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z111" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если последствия в виде причинения крупного или особо крупного ущерба гражданину, организации или государству не наступили по не зависящим от виновного лица обстоятельствам, то при доказанности у субъекта частного предпринимательства при выписке фиктивного счета-фактуры цели извлечения имущественной выгоды с причинением гражданину, организации или государству крупного или особо крупного ущерба его действия образуют покушение на совершение уголовного правонарушения, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 216</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК. Для установления наступления общественно опасных последствий необходимо исследовать доказательства, подтверждающие факт уклонения контрагентов от уплаты обязательных платежей в бюджет, в том числе принятые в их отношении решения об уголовном преследовании либо привлечении к ответственности в соответствии с КоАП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 с изменением, внесенным нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1. Финансовая (инвестиционная) пирамида - это деятельность по извлечению дохода (имущественной выгоды), основанная на постоянном привлечении денежных средств или иного имущества участников, либо права на него физических и (или) юридических лиц, без использования привлеченных средств на предпринимательскую деятельность, обеспечивающую принятые обязательства, путем перераспределения данных активов и обогащения одних участников за счет взносов других.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z113" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При рассмотрении дел данной категории судам необходимо устанавливать наличие отдельных признаков финансовой (инвестиционной) пирамиды, таких как: привлечение денежных средств или иного имущества участников, при отсутствии иных источников доходов и инвестиций, обогащение одних участников за счет взносов других, необоснованное обещание высоких доходов, отсутствие лицензий на осуществление банковской и иной финансовой деятельности по привлечению средств населения, не осуществление производства продукции и иных видов деятельности, отсутствие собственных основных средств и других активов, а также информации о финансовом положении, активная реклама деятельности в масс-медиа с целью привлечения большого числа заинтересованных лиц, организация презентаций с вручением дорогих подарков участникам и другие.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z114" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Под руководством финансовой (инвестиционной) пирамидой понимается принятие решений, связанных с функционированием организации в целях извлечения дохода (имущественной выгоды) путем привлечения денежных средств или иного имущества участников, координация ее деятельности, распределение между ее участниками обязанностей, поиск и аренда офиса для осуществления деятельности финансовой (инвестиционной) пирамиды, привлечение вкладчиков, принятие непосредственно либо через онлайн ресурсы денежных средств и иного имущества участников и так далее.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z115" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Создание и (или) руководство финансовой (инвестиционной) пирамидой может осуществляться как несколькими лицами, так и совершаться одним лицом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z116" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При создании и руководстве финансовой (инвестиционной) пирамидой уголовная ответственность наступает только по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 217</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК и дополнительной квалификации по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьям 190</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>250</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК не требуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Нормативное постановление дополнено пунктом 18-1 в соответствии с нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Под легализацией (отмыванием) денег и (или) иного имущества, полученных преступным путем, применительно к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 218</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК следует понимать не любое распоряжение деньгами или иным имуществом, полученным путем совершения уголовного правонарушения, а лишь вовлечение их в законный оборот посредством совершения сделок в виде конверсии или перевода имущества, представляющего доходы от уголовных правонарушений, либо владение и использование такого имущества, сокрытие или утаивание его подлинного характера, источника, места нахождения, способа распоряжения, перемещения, прав на имущество или его принадлежности, если лицу известно, что такое имущество представляет доходы от уголовных правонарушений, а равно посредничество в легализации денег и (или) иного имущества, полученных преступным путем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z54" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При этом судам также необходимо руководствоваться разъяснениями, содержащимися в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 26 Закона о разрешениях и уведомлениях.</w:t>
-[...49 lines deleted...]
-        <w:t>статье 214</w:t>
+        <w:t xml:space="preserve"> Нормативного постановления Верховного Суда Республики Казахстан от 11 июля 2003 года № 8 "О судебной практике по делам о хищениях" о том, что распоряжение виновным похищенным имуществом по своему усмотрению (продажа или безвозмездная передача другим лицам, порча, разукомплектование, уничтожение и т.п.) не образует самостоятельного состава уголовного правонарушения и дополнительной квалификации не требует.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z55" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для привлечения к ответственности лиц, участвующих в легализации денежных средств и иного имущества, приобретенных преступным путем, необходимо осознание ими того обстоятельства, что финансовая операция или другая сделка с их участием, а равно предпринимательская или иная экономическая деятельность осуществляются с денежными средствами или другим имуществом, приобретенными преступным путем, и желание совершить такие действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z56" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обязательным признаком субъективной стороны уголовного правонарушения является наличие специальной цели совершения финансовых операций и других сделок с денежными средствами или иным имуществом, приобретенным преступным путем, придание правомерного вида владению, пользованию и распоряжению указанными денежными средствами или иным имуществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z103" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Цель придания видимости законного происхождения денежным средствам, на которые имущество приобретено, может проявляться, например:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z104" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в вовлечении в законный оборот денежных средств, полученных преступным путем, путем приобретения ценного имущества (недвижимое имущество, произведения искусства, предметы роскоши и т.п.); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z105" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в приобретении имущества на денежные средства, полученные преступным путем, с использованием фиктивных гражданско-правовых договоров (займа, дарения, купли-продажи товаров, выполнения работ, оказания услуг и так далее), бухгалтерских документов (о получении выплат по трудовому договору, денежных средств в подотчет и так далее).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z117" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Легализация (отмывание) денег может осуществляться путем совершения нескольких финансовых операций, затрудняющих отслеживание происхождения средств (переводы между счетами, вывод в цифровые активы, операции через оффшорные зоны, смешение преступных средств с легальными и другие).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 с изменениями, внесенными нормативными постановлениями Верховного Суда РК от 29.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Под сделкой в виде конверсии применительно к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 218</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК понимаются сделки по легализации денег или иного имущества, добытых преступным путем, направленные на установление, изменение или прекращение гражданских прав и обязанностей, а равно на создание видимости возникновения или перехода гражданских прав и обязанностей. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z118" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При этом финансовые операции и сделки заведомо для виновного прикрывают связь легализуемых денег или иного имущества с уголовным правонарушением, направлены на сокрытие факта преступного приобретения имущества и обеспечение его открытого оборота. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z119" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20-1. Необходимо учитывать, что легализации (отмыванию) имущества, полученного преступным путем, предшествует совершение уголовного правонарушения, в результате которого получено данное имущество. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z120" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К таким уголовным правонарушениям относятся деяния, предусмотренные Особенной частью УК, которые сопряжены с получением дохода, такие как торговля людьми, вымогательство, финансирование террористической или экстремисткой деятельности и иное пособничество терроризму либо экстремизму, незаконный оборот наркотических средств, психотропных веществ и их аналогов, сводничество, получение взятки и так далее.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z121" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К имуществу, полученному в результате преступной деятельности, могут относиться цифровые активы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Нормативное постановление дополнено пунктом 20-1 в соответствии с нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. Исключен нормативным постановлением Верховного Суда РК от 29.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Состав уголовного правонарушения, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 231</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, образует как подделка отдельных элементов денег или ценных бумаг (например, внесение изменений в данные о номинальной стоимости подлинных денежных знаков или ценных бумаг, иное изменение их содержания, номеров, серий и других реквизитов), так и их незаконное изготовление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z68" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сбыт заведомо поддельных денег или ценных бумаг состоит в использовании их в качестве средства платежа при оплате товаров и услуг, а также при исполнении обязательств по договорам мены, дарения, займа, возмещении ущерба и включении их в гражданский оборот в иной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z69" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сбыт заведомо поддельных денег или ценных бумаг, совершенный с целью незаконного завладения чужим имуществом, необходимо квалифицировать по совокупности уголовных правонарушений, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 190</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>231</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...499 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z70" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Использование в качестве средства обмана при незаконном завладении чужим имуществом сувениров, медальонов, открыток, художественных, фотографических и иных изделий, исполненных в виде денежных знаков или ценных бумаг, квалифицируется как мошенничество.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z71" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Как мошенничество подлежат квалификации и действия лица, завладевшего чужим имуществом с использованием поддельных банкнот и ценных бумаг, отличающихся от подлинных денежных купюр и ценных бумаг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z72" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Крупный размер поддельных банкнот и монет Национального Банка, государственных ценных бумаг или других ценных бумаг в валюте Республики Казахстан либо иностранной валюты или ценных бумаг в иностранной валюте определяется в соответствии с пунктом 38) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, в редакции, действующей на момент совершения уголовного правонарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 с изменением, внесенным нормативным постановлением Верховного Суда РК от 29.11.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Исключен нормативным постановлением Верховного Суда РК от 29.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...46 lines deleted...]
-        <w:t>статьями 214</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Исключен нормативным постановлением Верховного Суда РК от 29.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. При рассмотрении уголовных дел об уклонении от уплаты налога, платежей в бюджет судам следует иметь в виду, что нормы Налогового кодекса определяют виды налогов и платежей, подлежащих уплате в бюджет, сроки их уплаты и объекты налогообложения и платежей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 с изменением, внесенным нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Обязательным признаком состава уголовных правонарушений, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>307</w:t>
-[...179 lines deleted...]
-        <w:t>статьями 214</w:t>
+        <w:t>245</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, является крупный или особо крупный размер неуплаченных налогов, платежей в бюджет, определяемый в соответствии с пунктами 3) и 38) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, в редакции, действующей на момент их совершения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сумма неуплаченных налогов, платежей в бюджет определяется на основании совокупности доказательств, в том числе актом налоговой проверки, заключением эксперта и другими доказательствами, независимо от вида налога и обязательного платежа и сроков их уплаты, с вменением общей суммы за весь период неуплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 27 с изменением, внесенным нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Уклонение от уплаты налогов, платежей в бюджет совершается только с прямым умыслом. При этом гражданин, с целью уклонения от уплаты налогов и платежей, умышленно не предоставляет декларацию о доходах, хотя обязан это сделать, либо вносит в декларацию или иные документы, связанные с исчислением или уплатой налогов, платежей в бюджет, заведомо искаженные данные о доходах или расходах, либо об имуществе, подлежащем налогообложению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уклонение от уплаты налога, платежей в бюджет с организаций совершается путем непредставления декларации, когда подача декларации является обязательной, либо внесения в декларацию заведомо искаженных данных о доходах и (или) расходах, путем сокрытия других объектов налогообложения и (или) других обязательных платежей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 с изменением, внесенным нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. При уклонении от уплаты налогов, платежей в бюджет с использованием счетов-фактур без фактического выполнения работ, оказания услуг, отгрузки товаров необходимо установить наличие или отсутствие у лица, уклоняющегося от уплаты налогов, и лица, предоставившего фиктивные счета-фактуры, соучастия в совершении уголовных правонарушений, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 216</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>222</w:t>
+        <w:t>244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, либо </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>245</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...159 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При задержании лица, выписавшего фиктивные счета-фактуры и (или) обналичившего денежные средства по ним, а также в других случаях, требующих проведения безотлагательных следственных действий, невыполнение которых может повлечь сокрытие или уничтожение документов, орган, ведущий уголовный процесс, в рамках начатого досудебного расследования в соответствии с частью второй </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УПК вправе инициировать налоговую проверку лица, в адрес которого выписаны фиктивные счета-фактуры, привлечь специалиста либо назначить судебно-экономическую экспертизу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменением, внесенным нормативным постановлением Верховного Суда РК от 11.12.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 29 с изменениями, внесенными нормативными постановлениями Верховного Суда РК от 11.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
-[...185 lines deleted...]
-        <w:t>статей 24</w:t>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      30. В обвинительном акте (протоколе обвинения) по уголовным делам по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьям 244</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>113</w:t>
-[...272 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
+        <w:t>245</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК подлежат обязательному изложению нормы налогового законодательства в редакции на момент совершения уголовного правонарушения, нарушенные обвиняемым, сроки представления декларации по налогам, платежам в бюджет и сроки их уплаты, а также проверяемый период, за который лицо уклонилось от уплаты платежей. При отсутствии таких данных в обвинительном акте (протоколе обвинения), суд в предварительном слушании, а также при их установлении в главном судебном разбирательстве должен признать эти обстоятельства существенными нарушениями уголовно-процессуального законодательства, препятствующими назначению главного судебного разбирательства и решить вопрос о возвращении дела прокурору в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 323</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 19 с изменением, внесенным нормативным постановлением Верховного Суда РК от 29.11.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 6</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 30 – в редакции нормативного постановления Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="56"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      31. Освобождение лица от уголовной ответственности на основании примечаний к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьям 244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>245</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК (за исключением деяния, совершенного преступной группой – часть третья </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 245</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК) может иметь место лишь при полном возмещении ущерба путем уплаты задолженности по налогам, платежам в бюджет, а также пени, установленной законодательством Республики Казахстан. Частичное возмещение ущерба, обязательства виновного лица возместить ущерб в будущем не являются основанием для его освобождения от уголовной ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 с изменением, внесенным нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">21. Исключен нормативным постановлением Верховного Суда РК от 29.11.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 6</w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. Налоговым кодексом в зависимости от вида налогов и платежей в бюджет предусмотрены различные сроки представления деклараций и различные сроки уплаты налогов. Судам следует иметь в виду, что срок представления декларации и срок уплаты налогов и платежей в бюджет может не совпадать. Моментом окончания уголовного правонарушения, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>245</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, является день, следующий за последним днем срока уплаты налога (платежа в бюджет), установленного налоговым законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 32 с изменением, внесенным нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
-[...15 lines deleted...]
-      22. Состав уголовного правонарушения, предусмотренного </w:t>
+    <w:bookmarkStart w:name="z124" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      33. Субъектом уголовного правонарушения, предусмотренного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 247</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК, является работник государственного органа либо государственной организации, не являющийся лицом, уполномоченным на выполнение государственных функций, или приравненным к нему лицом, а равно работник негосударственной организации, не выполняющий управленческие функции. При этом не имеет значения, исполнял ли работник свои обязанности постоянно, временно или по специальному полномочию, в рабочее или иное время. Судам в каждом случае надлежит выяснять, входило ли в круг его обязанностей выполнение работы или оказание услуги, за которые получено незаконное вознаграждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z122" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      33-1. Обратить внимание судов на то, что все признаки преступной группы должны быть изложены в обвинительном акте и подлежат всестороннему и полному исследованию в главном судебном разбирательстве. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z123" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При этом один лишь факт участия в совершении преступления руководителя (руководителей) юридического лица, его структурного подразделения и подчиненных ему (им) в силу трудовых правоотношений работников, при отсутствии других признаков преступной группы, перечисленных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нормативном постановлении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Верховного Суда Республики Казахстан от 21 июня 2001 года № 2 "О некоторых вопросах применения судами законодательства об ответственности за бандитизм и другие уголовные правонарушения, совершенные в соучастии", не является достаточным основанием для признания наличия преступной группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Нормативное постановление дополнено пунктом 33-1 в соответствии с нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      34. При назначении наказания лицу, совершившему уголовное правонарушение в сфере экономической деятельности, суду согласно части третьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 50</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК следует обсуждать вопрос о применении к виновному дополнительного наказания в виде лишения права занимать определенную должность или заниматься определенной деятельностью. При назначении дополнительного наказания в приговоре должно быть указано, какую должность запрещено занимать или какой деятельностью запрещено заниматься и на какой срок. Дополнительное наказание в виде лишения права занимать определенную должность или заниматься определенной деятельностью может быть назначено и в случаях, когда оно не предусмотрено санкцией статьи Особенной части УК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z90" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      35. Деньги и иное имущество, а также любые доходы, полученные от них в результате совершения уголовного правонарушения в сфере экономической деятельности, подлежат обращению в собственность государства, как добытые преступным путем, в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК. В обвинительном акте (протоколе обвинения) должны быть указаны наименование, количество имущества, сумма денежных средств, подлежащих возможной конфискации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z91" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По делам о получении незаконного вознаграждения (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статья 247</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УК) деньги и иное имущество, полученные виновным лицом в качестве вознаграждения, подлежат возвращению их владельцу в тех случаях, когда он ошибочно полагал, что оплатил работу или услуги, не входящие в круг обязанностей осужденного. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z125" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Деньги и иные ценности, признанные вещественными доказательствами, подлежат возврату их владельцу в том случае, когда он до их передачи заявил в соответствующие органы о вымогательстве у него незаконного вознаграждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 35 с изменением, внесенным нормативным постановлением Верховного Суда РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      36. В соответствии с пунктом 4) части третьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 118</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УПК имущество, предметы, непосредственно применявшиеся для извлечения дохода при осуществлении незаконной предпринимательской деятельности, признанные вещественными доказательствами, подлежат обращению в доход государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z94" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Вещественные доказательства в виде поддельных денег и ценных бумаг по делам, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 231</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> УК, образует как подделка отдельных элементов денег или ценных бумаг (например, внесение изменений в данные о номинальной стоимости подлинных денежных знаков или ценных бумаг, иное изменение их содержания, номеров, серий и других реквизитов), так и их незаконное изготовление.</w:t>
-[...1086 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> УК, подлежат обязательному уничтожению. Отдельные образцы могут быть переданы в соответствующие экспертные учреждения и уполномоченные подразделения правоохранительных и специальных органов, Национальному Банку Республики Казахстан, по их ходатайствам, для создания базы данных, необходимой для проведения экспертиз и иных исследований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z95" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Признать утратившими силу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z96" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нормативное постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Верховного Суда Республики Казахстан от 18 июня 2004 года № 2 "О некоторых вопросах квалификации уголовных правонарушений в сфере экономической деятельности";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z97" w:id="83"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z97" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> нормативного постановления Верховного Суда Республики Казахстан от 21 апреля 2011 года № 1 "О внесении изменений и дополнений в некоторые нормативные постановления Верховного Суда Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z98" w:id="84"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z98" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нормативное постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Верховного Суда Республики Казахстан от 4 апреля 2014 года № 1 "О внесении изменений и дополнений в нормативное постановление Верховного Суда Республики Казахстан от 18 июня 2004 года № 2 "О некоторых вопросах квалификации преступлений в сфере экономической деятельности";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z99" w:id="85"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z99" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нормативное постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Верховного Суда Республики Казахстан от 7 июля 2016 года № 5 "О внесении изменений и дополнений в некоторые нормативные постановления Верховного Суда Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z100" w:id="86"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z100" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституции Республики Казахстан настоящее нормативное постановление включается в состав действующего права, является общеобязательным и вводится в действие со дня первого официального опубликования.    </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -4352,55 +5884,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4726,31 +6258,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>