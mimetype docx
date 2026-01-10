--- v0 (2025-10-14)
+++ v1 (2026-01-10)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8353571" w14:textId="8353571">
+    <w:p w14:paraId="6096364" w14:textId="6096364">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1248,3359 +1248,3293 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z56" w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Утратил силу постановлением Правительства РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 915</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Для служебного пользования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z61" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. В </w:t>
+      12. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 14 марта 2016 года № 137 "Об утверждении перечня интернет-ресурсов и информационных систем, интегрируемых с системой информационного обмена правоохранительных, специальных государственных и иных органов" (САПП Республики Казахстан, 2016 г., № 19, ст. 95):</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="17"/>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2017 года № 939 "О некоторых вопросах оплаты труда административных государственных служащих в пилотном режиме" (САПП Республики Казахстан, 2017 г., № 68-69-70, ст. 434):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Положения настоящего постановления не распространяются на сотрудников Агентства Республики Казахстан по противодействию коррупции (Антикоррупционная служба) и его территориальных органов по областям, городам республиканского значения, столице, осуществляющих правоохранительную деятельность.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанному постановлению изложить в редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим изменениям и дополнениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>перечне</w:t>
-[...49 lines deleted...]
-      "Агентство Республики Казахстан по делам государственной службы".</w:t>
+        <w:t>приложении 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанному постановлению:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z60" w:id="20"/>
-[...15 lines deleted...]
-      11. Для служебного пользования.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выплаты бонусов, оказания материальной помощи административным государственным служащим, а также установления надбавок к должностным окладам административных государственных служащих корпуса "Б" пилотных органов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z61" w:id="21"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 5</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="22"/>
+        <w:t>подпункт 4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "5. Положения настоящего постановления не распространяются на сотрудников Агентства Республики Казахстан по противодействию коррупции (Антикоррупционная служба) и его территориальных органов по областям, городам республиканского значения, столице, осуществляющих правоохранительную деятельность.";</w:t>
+      "4) целевые индикаторы государственного органа – целевые индикаторы пилотного органа, установленные в меморандуме, заключенном между Премьер-Министром Республики Казахстан и Министром юстиции Республики Казахстан, акимами городов Нур-Султан, Алматы, Шымкента и Мангистауской области, а также Руководителем Администрации Президента и Председателем Агентства Республики Казахстан по делам государственной службы, Председателем Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы);".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z69" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 марта 2018 года № 124 "Об утверждении Государственной программы по противодействию религиозному экстремизму и терроризму в Республике Казахстан на 2018 – 2022 годы" (САПП Республики Казахстан, 2018 г., № 15, ст. 65):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z70" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной программе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по противодействию религиозному экстремизму и терроризму в Республике Казахстан на 2018 – 2022 годы, утвержденной указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z71" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "1. Паспорт программы":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z72" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в перечне государственных органов, ответственных за реализацию программы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z73" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      слова "Агентство Республики Казахстан по делам государственной службы и противодействию коррупции" заменить словами "Агентство Республики Казахстан по делам государственной службы, Агентство Республики Казахстан по противодействию коррупции (Антикоррупционная служба)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z74" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>примечании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z75" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>расшифровке аббревиатур</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z76" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строку "АДГСПК – Агентство Республики Казахстан по делам государственной службы и противодействию коррупции" исключить.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z77" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 марта 2018 года № 125 "Об утверждении Правил подготовки, переподготовки и повышения квалификации государственных служащих" (САПП Республики Казахстан, 2018 г., № 16, ст. 67):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z78" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовки, переподготовки и повышения квалификации государственных служащих, утвержденных указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложения 1</w:t>
-[...72 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="23"/>
+        <w:t>пункт 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Государственным служащим, успешно завершившим переподготовку, выдается документ, подтверждающий завершение курсов переподготовки, в бумажном и/или электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z81" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В документе, подтверждающем завершение курсов переподготовки, указываются сведения о государственном служащем, прошедшем переподготовку (фамилия, имя, отчество (при наличии), наименование учебного заведения, в котором проходил переподготовку государственный служащий, название курса переподготовки, количество академических часов и период курсов переподготовки, должность, фамилия, имя, отчество (при наличии), подпись уполномоченного лица учебного заведения, номер удостоверения о переподготовке, город, в котором проходила переподготовка, и печать учебного заведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z82" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документ, подтверждающий завершение курсов переподготовки, выдаваемый в электронном виде, удостоверяется электронной цифровой подписью уполномоченного лица учебного заведения.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19. Государственным служащим, успешно завершившим повышение квалификации, выдается сертификат, подтверждающий завершение повышения квалификации, в бумажном и/или электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z85" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В сертификате указываются сведения о государственном служащем, прошедшем повышение квалификации (фамилия, имя, отчество (при наличии), наименование учебного заведения, в котором проходил повышение квалификации государственный служащий, направление повышения квалификации, количество академических часов и период повышения квалификации, должность, фамилия, имя, отчество (при наличии), подпись уполномоченного лица учебного заведения, номер сертификата, город, в котором проходило повышение квалификации, и печать учебного заведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z86" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификат, выдаваемый в электронном виде, удостоверяется электронной цифровой подписью уполномоченного лица учебного заведения.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z87" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 2 мая 2018 года № 231 "Об определении центрального компетентного органа и компетентных органов Республики Казахстан по Соглашению о сотрудничестве государств-участников Содружества Независимых Государств в борьбе с хищениями автотранспортных средств и обеспечении их возврата":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z88" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзац третий </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z89" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "компетентными органами – Министерство внутренних дел Республики Казахстан, Генеральную прокуратуру Республики Казахстан (по согласованию), Агентство Республики Казахстан по противодействию коррупции (Антикоррупционную службу) (по согласованию), Службу экономических расследований органов по финансовому мониторингу Министерства финансов Республики Казахстан.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z90" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 6 ноября 2018 года № 722 "Об определении компетентных органов от Республики Казахстан по Соглашению между Правительством Республики Казахстан и Правительством Чешской Республики о сотрудничестве в борьбе с преступностью":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Определить компетентными органами от Республики Казахстан по реализации Соглашения Министерство внутренних дел Республики Казахстан, Генеральную прокуратуру Республики Казахстан (по согласованию), Комитет национальной безопасности Республики Казахстан (по согласованию), Службу государственной охраны Республики Казахстан (по согласованию), Агентство Республики Казахстан по противодействию коррупции (Антикоррупционную службу) (по согласованию), Службу экономических расследований органов по финансовому мониторингу Министерства финансов Республики Казахстан.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z93" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 13 мая 2019 года № 271 "Об утверждении Плана мероприятий по реализации Концепции развития Ассамблеи народа Казахстана (до 2025 года) на 2019-2021 годы":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z94" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложении 4</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="24"/>
+        <w:t>Плане</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятий по реализации Концепции развития Ассамблеи народа Казахстана (до 2025 года) на 2019 – 2021 годы, утвержденном указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z95" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 4 строк, порядковые номера 4, 49, 50 и 54, аббревиатуру "АДГСПК" заменить абберивиатурой "АДГС";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z96" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Правилах</w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+        <w:t>примечании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z97" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в расшифровке аббревиатур:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z98" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строку "АДГСПК – Агентство Республики Казахстан по делам государственной службы и противодействию коррупции" изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z99" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "АДГС – Агентство Республики Казахстан по делам государственной службы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z100" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 мая 2018 года № 309 "Об утверждении Плана мероприятий на 2018 – 2020 годы по реализации Антикоррупционной стратегии Республики Казахстан на 2015 – 2025 годы":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпункт 4)</w:t>
+        <w:t>подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="25"/>
+    <w:bookmarkStart w:name="z102" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "4) целевые индикаторы государственного органа – целевые индикаторы пилотного органа, установленные в меморандуме, заключенном между Премьер-Министром Республики Казахстан и Министром юстиции Республики Казахстан, акимами городов Нур-Султан, Алматы, Шымкента и Мангистауской области, а также Руководителем Администрации Президента и Председателем Агентства Республики Казахстан по делам государственной службы, Председателем Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы);".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="26"/>
+      "2) один раз в год, не позднее 15 числа месяца, следующего за отчетным годом, представлять информацию о ходе исполнения мероприятий Плана в Агентство Республики Казахстан по противодействию коррупции (Антикоррупционную службу).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. В </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="27"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Агентству Республики Казахстан по противодействию коррупции (Антикоррупционной службе) (по согласованию) не позднее 15 февраля, следующего за отчетным годом, представлять в Канцелярию Премьер-Министра Республики Казахстан сводную информацию о проведенном мониторинге и оценке исполнения мероприятий Плана по разделу "Противодействие коррупции".";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z105" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Государственной программе</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="28"/>
+        <w:t>Плане</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятий на 2018 – 2020 годы по реализации Антикоррупционной стратегии Республики Казахстан на 2015 – 2025 годы, утвержденном указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z106" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 4 строк, порядковые номера 10, 15, 19 и 41, аббревиатуру "АДГСПК" заменить аббревиатурами "АПК", "АДГС";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z107" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 4 строки, порядковый номер 13, аббревиатуру "АДГСПК" заменить аббревиатурой "АДГС";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z108" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 4 строк, порядковые номера 16, 18, 30,40, 43, 51, 53, 54, 56, 57, 58, 62, 63, 65, 66 и 67, аббревиатуру "АДГСПК" заменить аббревиатурой "АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z109" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>главе</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="29"/>
+        <w:t>примечании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z110" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в перечне государственных органов, ответственных за реализацию программы:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="30"/>
+      в расшифровке аббревиатур:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z111" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      слова "Агентство Республики Казахстан по делам государственной службы и противодействию коррупции" заменить словами "Агентство Республики Казахстан по делам государственной службы, Агентство Республики Казахстан по противодействию коррупции (Антикоррупционная служба)";</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="31"/>
+      дополнить строками:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z112" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "АДГС – Агентство Республики Казахстан по делам государственной службы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z113" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АПК – Агентство Республики Казахстан по противодействию коррупции (Антикоррупционная служба)".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z114" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>распоряжении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 15 сентября 2011 года № 129-р "Об образовании Межведомственного штаба по координации деятельности государственных органов, направленной на противодействие наркомании и наркобизнесу":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z115" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>примечании</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="32"/>
+        <w:t>составе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Межведомственного штаба по координации деятельности государственных органов, направленной на противодействие наркомании и наркобизнесу, образованного указанным распоряжением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z116" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строку "заместитель Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции (по согласованию)" изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z117" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "заместитель Председателя Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы) (по согласованию)".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z118" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>распоряжении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 7 октября 2015 года № 89-р "О Комиссии по дальнейшему совершенствованию государственной языковой политики":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z119" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>расшифровке аббревиатур</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="33"/>
+        <w:t>составе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссии по дальнейшему совершенствованию государственной языковой политики, утвержденном указанным распоряжением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z120" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      строку "АДГСПК – Агентство Республики Казахстан по делам государственной службы и противодействию коррупции" исключить.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="34"/>
+      строку "Председатель Агентства Республики Казахстан по делам государственной службы и противодействию коррупции, заместитель председателя (по согласованию)" изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z121" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Председатель Агентства Республики Казахстан по делам государственной службы, заместитель председателя (по согласованию)".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z122" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. В </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="35"/>
+      21. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>распоряжении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 19 февраля 2016 года № 11-р "О Межведомственной комиссии по вопросам законопроектной деятельности":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z123" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Правилах</w:t>
-[...17 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t>составе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Межведомственной комиссии по вопросам законопроектной деятельности, утвержденном указанным распоряжением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z124" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1 lines deleted...]
-    </w:p>
+      строку "заместитель Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции (по согласованию)" изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z125" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "заместитель Председателя Агентства Республики Казахстан по делам государственной службы (по согласованию);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z126" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заместитель Председателя Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы) (по согласованию);".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z127" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...454 lines deleted...]
-    <w:bookmarkStart w:name="z94" w:id="48"/>
+      22. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>распоряжении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 29 сентября 2016 года № 90-р "О некоторых вопросах консультативно-совещательных органов при Правительстве Республики Казахстан":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z128" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Плане</w:t>
-[...33 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="50"/>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанному распоряжению:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z129" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>составе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета по конкурентоспособности при Правительстве Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z130" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строку "Председатель Агентства Республики Казахстан по делам государственной службы и противодействию коррупции (по согласованию)" изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z131" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Председатель Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы) (по согласованию)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z132" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанному распоряжению:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z133" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>составе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Консультационного совета по вопросам налогообложения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z134" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строку "заместитель Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции (по согласованию)" изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z135" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "заместитель Председателя Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы) (по согласованию)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z136" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанному распоряжению:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z137" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>составе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Межведомственной комиссии по профилактике правонарушений при Правительстве Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z138" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строку "Председатель Агентства Республики Казахстан по делам государственной службы и противодействию коррупции (по согласованию)" изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z139" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Председатель Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы) (по согласованию)".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z140" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>распоряжении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 3 ноября 2016 года № 111-р "О Комиссии по выработке предложений по вопросам координации государственной политики в религиозной сфере":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z141" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>составе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссии по выработке предложений по вопросам координации государственной политики в религиозной сфере, утвержденном указанным распоряжением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z142" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строку "Председатель Агентства Республики Казахстан по делам государственной службы и противодействию коррупции" изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z143" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Председатель Агентства Республики Казахстан по делам государственной службы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z144" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>распоряжении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 30 января 2018 года № 9-р "О мерах по реализации Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" и Закона Республики Казахстан от 25 декабря 2017 года "О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам налогообложения" и внесении изменений в некоторые распоряжения Премьер-Министра Республики Казахстан":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z145" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>перечне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативных правовых и правовых актов, принятие которых необходимо в целях реализации Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" и Закона Республики Казахстан от 25 декабря 2017 года "О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам налогообложения", утвержденном указанным распоряжением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z146" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 4 строк, порядковые номера 37 и 38, аббревиатуру "АДГСПК" заменить аббревиатурой "АПК";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z147" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 5 строк, порядковые номера 37, 38, 154, 155, 156, 157, 158, 159, 160, 161 и 164, цифры "2019" заменить цифрами "2020";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z148" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>примечании</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="51"/>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z149" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в расшифровке аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z98" w:id="52"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z150" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      строку "АДГСПК – Агентство Республики Казахстан по делам государственной службы и противодействию коррупции" изложить в следующей редакции:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z99" w:id="53"/>
+      строку "АДГСГЖ – Агентство Республики Казахстан по делам государственной службы и противодействию коррупции" изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z151" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "АДГС – Агентство Республики Казахстан по делам государственной службы".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z100" w:id="54"/>
+      "АПК – Агентство Республики Казахстан по противодействию коррупции (Антикоррупционая служба)".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z152" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      18. В </w:t>
-[...175 lines deleted...]
-    <w:bookmarkStart w:name="z105" w:id="57"/>
+      25. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>распоряжении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 20 июня 2018 года № 73-р "Об образовании Комиссии по перспективам развития Туркестанской области":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z153" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Плане</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="58"/>
+        <w:t>составе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссии по перспективам развития Туркестанской области, образованной указанным распоряжением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z154" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в графе 4 строк, порядковые номера 10, 15, 19 и 41, аббревиатуру "АДГСПК" заменить аббревиатурами "АПК", "АДГС";</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="59"/>
+      строку "заместитель Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции (по согласованию)" изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z155" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      в графе 4 строки, порядковый номер 13, аббревиатуру "АДГСПК" заменить аббревиатурой "АДГС";</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z109" w:id="61"/>
+      "заместитель Председателя Агентства Республики Казахстан по делам государственной службы (по согласованию) заместитель Председателя Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы) (по согласованию)".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z156" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>распоряжении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 13 августа 2018 года № 102-р "О Комиссии по систематизации законодательства и его модернизации":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z157" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>примечании</w:t>
-[...158 lines deleted...]
-        </w:rPr>
         <w:t>составе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Межведомственного штаба по координации деятельности государственных органов, направленной на противодействие наркомании и наркобизнесу, образованного указанным распоряжением:</w:t>
-[...1119 lines deleted...]
-        <w:t xml:space="preserve"> Комиссии по перспективам развития Туркестанской области, образованной указанным распоряжением:</w:t>
+        <w:t xml:space="preserve"> Комиссии по систематизации законодательства и его модернизации, образованной указанным распоряжением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z154" w:id="106"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z158" w:id="110"/>
+    <w:bookmarkStart w:name="z158" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку "Руководитель аппарата Агентства Республики Казахстан по делам государственной службы и противодействию коррупции (по согласованию)" изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z159" w:id="111"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z159" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "заместитель Председателя Агентства Республики Казахстан по делам государственной службы (по согласованию)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z160" w:id="112"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z160" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заместитель Председателя Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы) (по согласованию)".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -4815,348 +4749,348 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 декабря 2017 года № 939</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z163" w:id="113"/>
+    <w:bookmarkStart w:name="z163" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень пилотных органов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z164" w:id="114"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z164" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Агентство Республики Казахстан по делам государственной службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z165" w:id="115"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z165" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Территориальные органы Агентства Республики Казахстан по делам государственной службы по областям, городам республиканского значения, столице.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z166" w:id="116"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z166" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Агентство Республики Казахстан по противодействию коррупции (Антикоррупционная служба).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z167" w:id="117"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z167" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Территориальные органы Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы) по областям, городам республиканского значения, столице.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z168" w:id="118"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z168" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Министерство юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z169" w:id="119"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z169" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент юстиции города Нур-Султана Министерства юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z170" w:id="120"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z170" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление юстиции района Алматы Департамента юстиции города Нур-Султана Министерства юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z171" w:id="121"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z171" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Управление юстиции района Сарыарка Департамента юстиции города Нур-Султана Министерства юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z172" w:id="122"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z172" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Управление юстиции района Есиль Департамента юстиции города Нур-Султана Министерства юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z173" w:id="123"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z173" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Управление юстиции района Байконур Департамента юстиции города Нур-Султана Министерства юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z174" w:id="124"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z174" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Местный исполнительный орган города Нур-Султана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z175" w:id="125"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z175" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Местный исполнительный орган Мангистауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z176" w:id="126"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z176" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Местный исполнительный орган города Алматы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z177" w:id="127"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z177" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Местный исполнительный орган города Шымкента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -5371,68 +5305,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 декабря 2017 года № 939</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z180" w:id="128"/>
+    <w:bookmarkStart w:name="z180" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Распределение административных государственных должностей пилотных органов по уровням и функциональным блокам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5858,70 +5792,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z181" w:id="129"/>
+          <w:bookmarkStart w:name="z181" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ответственный секретарь Министерства юстиции Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="129"/>
+          <w:bookmarkEnd w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Руководитель аппарата Агентства Республики Казахстан по делам государственной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6248,70 +6182,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z182" w:id="130"/>
+          <w:bookmarkStart w:name="z182" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Директор департамента Агентства Республики Казахстан по делам государственной службы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="130"/>
+          <w:bookmarkEnd w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6666,70 +6600,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z184" w:id="131"/>
+          <w:bookmarkStart w:name="z184" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Руководитель территориального органа Агентства Республики Казахстан по делам государственной службы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="131"/>
+          <w:bookmarkEnd w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6983,70 +6917,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z189" w:id="132"/>
+          <w:bookmarkStart w:name="z189" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заместитель директора департамента Агентства Республики Казахстан по делам государственной службы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="132"/>
+          <w:bookmarkEnd w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7216,70 +7150,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z191" w:id="133"/>
+          <w:bookmarkStart w:name="z191" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аким города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="133"/>
+          <w:bookmarkEnd w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7533,70 +7467,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z196" w:id="134"/>
+          <w:bookmarkStart w:name="z196" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заведующий аппаратом (секретариатом) Ассамблеи народа Казахстана аппарата акима области, города республиканского значения, столицы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="134"/>
+          <w:bookmarkEnd w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7878,70 +7812,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z202" w:id="135"/>
+          <w:bookmarkStart w:name="z202" w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Руководитель управления (службы) Агентства Республики Казахстан по делам государственной службы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="135"/>
+          <w:bookmarkEnd w:id="131"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8167,70 +8101,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z206" w:id="136"/>
+          <w:bookmarkStart w:name="z206" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уполномоченный по этике Агентства Республики Казахстан по делам государственной службы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="136"/>
+          <w:bookmarkEnd w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уполномоченный по этике Министерства юстиции Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8372,70 +8306,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z207" w:id="137"/>
+          <w:bookmarkStart w:name="z207" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Советник акима области, города республиканского значения</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="137"/>
+          <w:bookmarkEnd w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8605,70 +8539,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z209" w:id="138"/>
+          <w:bookmarkStart w:name="z209" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Руководитель управления территориального органа Агентства Республики Казахстан по делам государственной службы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="138"/>
+          <w:bookmarkEnd w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9107,70 +9041,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z214" w:id="139"/>
+          <w:bookmarkStart w:name="z214" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уполномоченный по этике аппарата акима области, города республиканского значения, столицы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="139"/>
+          <w:bookmarkEnd w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пресс-секретарь аппарата акима столицы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9497,70 +9431,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z215" w:id="140"/>
+          <w:bookmarkStart w:name="z215" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Руководитель отдела территориального органа Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="140"/>
+          <w:bookmarkEnd w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9943,70 +9877,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z218" w:id="141"/>
+          <w:bookmarkStart w:name="z218" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Главный консультант Агентства Республики Казахстан по делам государственной службы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="141"/>
+          <w:bookmarkEnd w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10389,70 +10323,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z221" w:id="142"/>
+          <w:bookmarkStart w:name="z221" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Помощник Председателя Агентства Республики Казахстан по делам государственной службы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="142"/>
+          <w:bookmarkEnd w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10835,70 +10769,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z224" w:id="143"/>
+          <w:bookmarkStart w:name="z224" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заведующий сектором отдела районного исполнительного органа, финансируемого из местного бюджета</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="143"/>
+          <w:bookmarkEnd w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Руководитель структурного подразделения аппарата акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11040,70 +10974,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z225" w:id="144"/>
+          <w:bookmarkStart w:name="z225" w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Главный эксперт Агентства Республики Казахстан по делам государственной службы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="144"/>
+          <w:bookmarkEnd w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11542,70 +11476,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z230" w:id="145"/>
+          <w:bookmarkStart w:name="z230" w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Главный специалист территориального органа Агентства Республики Казахстан по делам государственной службы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="145"/>
+          <w:bookmarkEnd w:id="141"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12341,70 +12275,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z239" w:id="146"/>
+          <w:bookmarkStart w:name="z239" w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эксперт Агентства Республики Казахстан по делам государственной службы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="146"/>
+          <w:bookmarkEnd w:id="142"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12574,70 +12508,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z241" w:id="147"/>
+          <w:bookmarkStart w:name="z241" w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ведущий специалист аппарата акима столицы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="147"/>
+          <w:bookmarkEnd w:id="143"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12807,70 +12741,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z243" w:id="148"/>
+          <w:bookmarkStart w:name="z243" w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ведущий специалист аппарата акима области, города республиканского значения</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="148"/>
+          <w:bookmarkEnd w:id="144"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13373,344 +13307,344 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z251" w:id="149"/>
+    <w:bookmarkStart w:name="z251" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z252" w:id="150"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z252" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Уровень – показатель, определяющий позицию административной государственной должности пилотного органа в зависимости от результатов ее оценки и используемый для установления должностного оклада.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z253" w:id="151"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z253" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оценка административной государственной должности проводится в соответствии с методическими рекомендациями по оценке и распределению административных государственных должностей по уровням и функциональным блокам в пилотном режиме, утвержденными уполномоченным органом в сфере государственной службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z254" w:id="152"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z254" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ** Функциональный блок SCS (Высший управленческий персонал) – административные государственные должности корпуса "А".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z255" w:id="153"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z255" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Функциональный блок А (основной персонал) – административные государственные должности корпуса "Б", на которые возложены функции по формированию и реализации государственной политики в соответствующей сфере (отрасли) государственного управления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z256" w:id="154"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z256" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К данному блоку могут быть отнесены должности советников первых руководителей пилотных органов, должности структурного подразделения, осуществляющего функции по мобилизационной подготовке и гражданской обороне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z257" w:id="155"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z257" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Функциональный блок В (содействующий персонал) – административные государственные должности корпуса "Б", за исключением должностей, относимых к основному или вспомогательному персоналу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z258" w:id="156"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z258" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К данному блоку относятся должности структурных подразделений, ответственных за внутренний аудит, связи с общественностью, юридическое сопровождение, финансовое, кадровое и информационно-технологическое обеспечение деятельности государственного органа, а также должности уполномоченного по этике.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z259" w:id="157"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z259" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если указанные виды деятельности являются отраслевой деятельностью государственного органа, данные должности соотносятся с функциональным блоком "А".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z260" w:id="158"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z260" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Функциональный блок С (вспомогательный персонал) – административные государственные должности корпуса "Б", на которые возложены функции по обеспечению административно-хозяйственной деятельности, внутреннего контроля исполнения поручений руководства пилотного органа или вышестоящих органов, а также по защите государственных секретов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z261" w:id="159"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z261" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К данному блоку относятся также должности помощников первых руководителей пилотных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z262" w:id="160"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z262" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель Министерства юстиции Республики Казахстан самостоятельно осуществляет распределение структурных подразделений и отдельных должностей их сотрудников в функциональные блоки в зависимости от приоритетных задач, стоящих перед государственным органом в том или ином временном периоде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>