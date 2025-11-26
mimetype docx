--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6ac4a05" w14:textId="6ac4a05">
+    <w:p w14:paraId="c9102c6" w14:textId="c9102c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,54 +132,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 9)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 18 марта 2019 года "Об оборонной промышленности и государственном оборонном заказе" Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об оборонной промышленности и государственном оборонном заказе" Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции постановления Правительства РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -659,54 +741,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила осуществления контроля за качеством выполнения государственного оборонного заказа в организациях независимо от форм собственности (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 9)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 18 марта 2019 года "Об оборонной промышленности и государственном оборонном заказе" (далее – Закон) и определяют порядок осуществления контроля за качеством выполнения государственного оборонного заказа Республики Казахстан (далее – оборонный заказ) в организациях независимо от форм собственности (далее – организация).</w:t>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об оборонной промышленности и государственном оборонном заказе" (далее – Закон) и определяют порядок осуществления контроля за качеством выполнения государственного оборонного заказа Республики Казахстан (далее – оборонный заказ) в организациях независимо от форм собственности (далее – организация).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Контроль за качеством выполнения оборонного заказа осуществляется в отношении товаров (продукции) военного назначения, товаров (продукции) двойного назначения, выполняемых работ военного назначения и оказываемых услуг военного назначения (далее – продукция), поставляемых в рамках оборонного заказа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -739,54 +883,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Качество продукции, поставляемой в рамках оборонного заказа, должно соответствовать требованиям нормативной и технической документации, тактико-технического задания (технической спецификации, тактико-технической характеристики) (далее – НТД) и условиям договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Представители уполномоченного органа, получателя оборонного заказа, военные представительства организуют свою работу с учетом правил внутреннего распорядка, установленного в организации. Их допуск в служебные, производственные и складские помещения осуществляется в порядке, установленном в организации.</w:t>
+      5. Представители уполномоченного органа в области государственного оборонного заказа (далее – уполномоченный орган), получателя оборонного заказа, военные представительства организуют свою работу с учетом правил внутреннего распорядка, установленного в организации. Их допуск в служебные, производственные и складские помещения осуществляется в порядке, установленном в организации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции постановления Правительства РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Руководители организаций представителям уполномоченного органа, получателя оборонного заказа, военным представительствам предоставляют:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -803,922 +1009,906 @@
         <w:t>
       1) для ознакомления документацию, справочные материалы и научно-техническую информацию, необходимую для контроля качества и приемки продукции, документы в отношении контролируемой продукции, а также расчетно-калькуляционные материалы, обосновывающие фактические затраты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) контрольно-измерительные приборы, инструменты и оснастку, а также производственный персонал для проведения испытаний, контроля качества продукции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Уполномоченный орган, получатели оборонного заказа, военные представительства по вопросам осуществления контроля за качеством выполнения оборонного заказа взаимодействуют с руководством организации в течение всего срока исполнения договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...26 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Осуществление контроля за качеством выполнения оборонного заказа уполномоченным органом и/или получателем оборонного заказа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Уполномоченный орган, получатель оборонного заказа вправе направлять своих представителей исполнителям оборонного заказа для осуществления контроля за выполнением оборонного заказа и соответствием качества продукции, поставляемой в рамках оборонного заказа, в соответствии с законодательством Республики Казахстан и заключенным договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На указанных представителей распространяются права и обязанности, предусмотренные Законом и иными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Представители уполномоченного органа, получателя оборонного заказа при осуществлении контроля за качеством продукции изучают представляемые организациями сопроводительные документы на продукцию (сертификаты качества, сертификаты соответствия, удостоверение, подтверждающее качество продукции, формуляры, паспорта, этикеты и другие документы) на соответствие действующему законодательству Республики Казахстан, международным и национальным стандартам, требованиям НТД и условиям договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении контроля за качеством экспортируемой продукции дополнительно изучаются сопроводительные документы, предусмотренные договорами, а также условиями на поставку продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Осуществление контроля за качеством выполнения оборонного заказа уполномоченным органом и/или получателем оборонного заказа</w:t>
-[...96 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Осуществление контроля за качеством выполнения оборонного заказа военными представительствами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Для осуществления контроля за качеством выполнения оборонного заказа в организациях размещаются военные представительства Министерства обороны Республики Казахстан (далее – военные представительства).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководители организаций обеспечивают военные представительства служебными помещениями, отвечающими установленным санитарно-эпидемиологическим и техническим требованиям, оргтехникой, канцелярскими принадлежностями, мебелью, имеющимися в организациях средствами связи, услугами по секретному и несекретному делопроизводству, а также помещениями для прибывающих представителей получателя оборонного заказа при получении и сопровождении продукции. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Военные представительства осуществляют контроль качества выполнения оборонного заказа на основании договоров, заключенных между уполномоченным органом или получателем оборонного заказа и организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На основании этих договоров военные представительства централизовано разрабатывают номенклатуру продукции, подлежащей контролю и приемке военным представительством, которая утверждается уполномоченным органом или получателем оборонного заказа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель военного представительства на основании номенклатуры разрабатывает перечень изделий, сборочных единиц, деталей и операций технологического процесса, по которым будет осуществляться контроль качества, который доводится до руководителя организации и уточняется военным представительством в зависимости от результатов эксплуатации и осуществления контроля качества выполнения оборонного заказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В случаях, когда в организациях не размещаются военные представительства, получатели оборонного заказа могут направить в них своих представителей, которые осуществляют контроль качества и приемку продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На представителей получателей оборонного заказа распространяются положения настоящих Правил. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Военные представительства осуществляют контроль качества выполнения оборонного заказа и приемку продукции на соответствие НТД на этапах разработки, производства, сервисного обслуживания, ремонта, модернизации и утилизации продукции, а также производят выборочную проверку, разборку и испытания отдельных комплектующих, сборочных единиц, узлов и агрегатов. Порядок контроля качества, а также количество отдельных комплектующих, сборочных единиц, узлов и агрегатов, подлежащих разборке, и методика испытаний устанавливаются руководителем военного представительства по согласованию с руководством организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Контроль качества продукции на соответствие ее требованиям НТД и условиям договора осуществляется путем проведения сплошного, выборочного, летучего и входного видов контроля изделий, сборочных единиц, деталей и операций технологического процесса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Сплошной контроль предусматривается для изделий, сборочных единиц, деталей и операций технологического процесса, качество исполнения которых не может быть проверено военным представительством на последующих этапах изготовления и испытания изделий, а также для продукции на стадии освоения ее в производстве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Выборочный контроль осуществляется от партии изделий, полностью предъявленной военному представительству, в этом случае должны быть указаны заводские номера или маркировка изделий, входящих в партию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Основным направлением летучего контроля является контроль технологических операций и процессов изготовления продукции. Летучему контролю, как правило, подвергаются технологические процессы изготовления и контроля изделий, сборочных единиц и деталей, которые не вошли в перечень изделий, сборочных единиц, деталей и операций технологического процесса, подлежащих обязательному предъявлению военному представительству для контроля качества продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Летучим контролем также проверяется выполнение требований НТД, состояние общей культуры производства, работа лабораторий организации, соблюдение правил хранения принятой продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Входной контроль проводят с целью предотвращения применения при разработке, производстве, ремонте, модернизации и ремонте образцов (систем, комплексов) продукции, не соответствующих требованиям НТД и условиям договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По заявке уполномоченного органа и/или получателя оборонного заказа военное представительство осуществляет входной контроль комплектующих изделий, сырья и материалов до заключения договора, в этом случае указывается регистрационный номер соответствующей заявки. Принятые военным представительством комплектующие изделия, сырье и материалы в дальнейшее производство не допускаются до момента заключения договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Изделия, сборочные единицы, детали, операции технологического процесса, предъявляемые для контроля военному представительству, предварительно принимаются отделом технического контроля организации (далее – ОТК) на соответствие требованиям НТД и условиям договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предъявление изделий, сборочных единиц, деталей и операций технологического процесса военному представительству производится ОТК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Контроль качества продукции военным представительством производится в присутствии представителя ОТК. Приемосдаточные и периодические испытания продукции при сплошном и выборочном контроле проводятся в объеме и последовательности, которые установлены НТД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В случаях, когда цикл проведения необходимых испытаний продукции превышает восемь часов, а также когда время испытаний влияет на выработку ресурса продукции, допускается совместный контроль качества ОТК и военного представительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Продукция предъявляется на контроль качества военному представительству вместе с сопроводительными документами (формулярами, паспортами, этикетками, маршрутными картами), свидетельствующими о соответствии продукции требованиям НТД и условиям договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Параметры, полученные при контроле качества изделий, сборочных единиц, деталей, операций технологического процесса, а также проведении приемосдаточных и других категорий испытаний продукции в целом, записываются (фиксируются) в протоколах испытаний или других документах, предусмотренных НТД, которые подписываются лицами, проводившими испытание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По окончании контроля качества продукции военное представительство производит оформление представленной организацией документации с отметкой времени окончания приемки (время предъявления продукции отмечается при получении документации), а также пломбирование и клеймение продукции в случае, предусмотренном НТД. При выборочном контроле в заключении о качестве партии указываются заводские номера изделий, которые подвергались испытаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. При применении в изделиях продукции драгоценных металлов данные об их содержании отражаются в формулярах, паспортах или этикетках на эти изделия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. При обнаружении в процессе контроля качества несоответствия предъявляемой продукции требованиям НТД продукция возвращается организации для устранения выявленного дефекта, перепроверки и повторного предъявления военному представительству после повторных испытаний и приемки ОТК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организация при вторичном предъявлении продукции на контроль качества представляет военному представительству письменную информацию с указанием причин изготовления и предъявления продукции с дефектами, а также принятия мер по их устранению и предупреждению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результаты анализа обнаруженных дефектов и принятые организацией меры отражаются в акте, прилагаемом к вторичному извещению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если возвращенное военным представительством изделие (партия) предъявляется повторно, оформленный акт предъявляют военному представительству вместе с извещением на предъявление очередного изделия (партии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Продукцию, не выдержавшую повторные приемосдаточные испытания, забраковывают и изолируют от годной продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. При выявлении нарушений технологических процессов производства продукции, установленных НТД, использования в производстве продукции контрафактных, фальсифицированных, некондиционных комплектующих изделий, материалов и полуфабрикатов, признании изготавливаемой продукции контрафактной, а также нарушениях требований по противодействию иностранным техническим разведкам, способствующих созданию каналов утечки (разглашения, утраты) сведений, составляющих государственные секреты, военные представительства приостанавливают приемку и отгрузку продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель военного представительства письменно уведомляет Центр военных представительств Министерства обороны Республики Казахстан, руководителя организации, получателя оборонного заказа, а также уполномоченный орган о приостановке приемки и отгрузки продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приемка и отгрузка продукции возобновляются после проведения организацией согласованных с военным представительством, уполномоченным органом и/или получателем оборонного заказа мероприятий по устранению выявленных недостатков и причин их возникновения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Окончательный контроль качества и приемка полностью укомплектованной готовой продукции осуществляются военным представительством после получения подписанного руководителем и начальником ОТК организации извещения, а также паспорта (формуляра) или иного документа, удостоверяющего готовность и соответствие продукции НТД и условиям договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Окончательно принятой военным представительством считается продукция, которая выдержала приемосдаточные испытания, полностью укомплектована, опломбирована организацией и военным представительством, если иное не предусмотрено НТД или договором, и ее качество подтверждено периодическими и другими испытаниями, предусмотренными НТД. В случаях, предусмотренных НТД или договором, продукция упаковывается (зачехляется) и укладывается в транспортировочную тару.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. После приемки продукции, изготовленной по договору, руководитель военного представительства выдает организации удостоверение, подтверждающее качество продукции, по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, с двумя заверенными копиями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Выдача военным представительством удостоверения на продукцию, не законченной производством, не укомплектованной, без проведения установленных испытаний и с другими несоответствиями НТД и условиям договора не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1907,131 +2097,131 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z66" w:id="57"/>
+      <w:bookmarkStart w:name="z66" w:id="58"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       штампа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> УДОСТОВЕРЕНИЕ №_____,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>подтверждающее качество продукции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z68" w:id="60"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдано военным представительством № ______ организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________ в том, что изготовленная и укомплектованная в соответствии</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2100,70 +2290,70 @@
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="60"/>
+          <w:bookmarkStart w:name="z69" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
+          <w:bookmarkEnd w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2745,64 +2935,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z70" w:id="61"/>
+      <w:bookmarkStart w:name="z70" w:id="62"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель военного представительства №__________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Ф.И.О. (при его наличии), подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2961,55 +3151,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3335,31 +3525,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>