--- v0 (2025-11-08)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6178265" w14:textId="6178265">
+    <w:p w14:paraId="42d1ba2" w14:textId="42d1ba2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -619,131 +619,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему Положению.</w:t>
+        <w:t>
+      1. Специальная экономическая зона "Qyzyljar" (далее – СЭЗ "Qyzyljar") расположена на территории Северо-Казахстанской области в пределах административно-территориальных границ города Петропавловска, Тайыншинского района и района имени Габита Мусрепова Северо-Казахстанской области согласно прилагаемому плану.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z66" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Территория СЭЗ "Qyzyljar" является неотъемлемой частью территории Республики Казахстан и составляет 236,8 гектара.</w:t>
+      Территория СЭЗ "Qyzyljar" составляет 622,3 гектара и является неотъемлемой частью территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 10.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 424</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 854</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1461,1411 +1441,1106 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Положению о специальной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экономической зоне "Qyzyljar"</w:t>
+              <w:t>экономической зоне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Qyzyljar"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z48" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План границ специальной экономической зоны "Qyzyljar"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. План - в редакции постановления Правительства РК от 10.06.2025 </w:t>
+      Сноска. План - в редакции постановления Правительства РК от 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 424</w:t>
+        <w:t>№ 854</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z67" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Специальная экономическая зона "Qyzyljar" (далее – СЭЗ "Qyzyljar") расположена на территории Северо-Казахстанской области в пределах административно-территориальных границ города Петропавловска, Тайыншинского района и района имени Габита Мусрепова Северо-Казахстанской области (субзона № 1 – 15 га, субзона № 2 – 7,3 га, субзона № 3 – 160 га, субзона № 4 – 30 га, субзона № 5 – 150 га, субзона № 6 – 200 га, субзона № 7 – 60 га). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Специальная экономическая зона "Qyzyljar" (далее – СЭЗ "Qyzyljar") находится в границах города Петропавловска на 5 свободных площадках в виде "субзон" (субзона № 1 – 15 га, субзона № 2 – 7,3 га, субзона № 3 – 160 га, субзона № 4 – 30 га, субзона № 5 – 24,5 га). Общая площадь СЭЗ "Qyzyljar" – 236,8 га.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
+      Общая площадь СЭЗ "Qyzyljar" – 622,3 га.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="5384800"/>
+            <wp:extent cx="7810500" cy="4724400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="5384800"/>
+                      <a:ext cx="7810500" cy="4724400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="37"/>
+    <w:bookmarkStart w:name="z80" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Субзона № 1 СЭЗ "Qyzyljar"</w:t>
+      Субзона № 1 СЭЗ "Qyzyljar".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z69" w:id="38"/>
+    <w:bookmarkStart w:name="z81" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Территория находится в центре города, улица Парковая. Площадь – 15 га.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z20" w:id="39"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5295900" cy="3797300"/>
+            <wp:extent cx="7810500" cy="3606800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5295900" cy="3797300"/>
+                      <a:ext cx="7810500" cy="3606800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субзона № 2 СЭЗ "Qyzyljar".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z83" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территория находится в районе микрорайона Береке, улица Нефтепроводная. Площадь – 7,3 га.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z70" w:id="40"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="3213100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="3213100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Субзона № 2 СЭЗ "Qyzyljar"</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="41"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Территория находится в районе микрорайона Береке, улица Нефтепроводная. Площадь – 7,3 га.</w:t>
+      Субзона № 3 СЭЗ "Qyzyljar".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:tbl>
-[...242 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="45"/>
+    <w:bookmarkStart w:name="z85" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Территория находится в районе объездной кольцевой дороги, район улицы Промышленная, ТЭЦ 2. Площадь – 160 га.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-[...233 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="46"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="4127500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="4127500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субзона № 4 СЭЗ "Qyzyljar"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z74" w:id="47"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z87" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Территория находится в районе микрорайона Шығыс. Площадь – 30 га.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="3035300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="3035300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субзона № 5 СЭЗ "Qyzyljar".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z89" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территория находится в северной части города Петропавловска, район улицы Теплые Кусты. Площадь – 150 га.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:tbl>
-[...232 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="48"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="2908300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="2908300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Субзона № 5 СЭЗ "Qyzyljar"</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="49"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Территория находится в северной части города Петропавловска, район улицы Теплые Кусты. Площадь – 24,5 га.</w:t>
+      Субзона № 6 СЭЗ "Qyzyljar".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:tbl>
-[...203 lines deleted...]
-    </w:tbl>
+    <w:bookmarkStart w:name="z91" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территория находится в Амандыкском сельском округе Тайыншинского района Северо-Казахстанской области. Площадь – 200 га.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="2692400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="2692400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субзона № 7 СЭЗ "Qyzyljar".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z93" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Территория находится в селе Новоишимка Новоишимского сельского округа района имени Габита Мусрепова Северо-Казахстанской области. Площадь – 60 га.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="3162300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="3162300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2979,1955 +2654,2224 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 11 октября 2019 года № 758</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="50"/>
+    <w:bookmarkStart w:name="z79" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Целевые индикаторы специальной экономической зоны "Qyzyljar"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Целевые индикаторы - в редакции постановления Правительства РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 854</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Цели, задачи и показатели (наименования)</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цели, задачи и показатели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Ед. изм.*</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единица измерения*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...66 lines deleted...]
-Достижение к 2024 году</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Базовый период (2019 год)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижение целевого индикатора к 2024 году</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижение целевого индикатора к 2029 году</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижение целевого индикатора к 2034 году</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижение целевого индикатора к 2039 году</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижение целевого индикатора к 2044 году</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2020</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2022</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2023</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2024</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+Общий объем привлеченных инвестиций, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+млрд тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+175</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+225,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+227,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+228</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+229</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Общий объем привлеченных инвестиций, в том числе (с нарастающим)</w:t>
+объем иностранных инвестиций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-млрд. тенге</w:t>
+млрд тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
+158</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-93</w:t>
+98,157</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-159</w:t>
+100,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-174</w:t>
+100,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175</w:t>
+101,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объем иностранных инвестиций</w:t>
+объем отечественных инвестиций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-млрд. тенге</w:t>
+млрд тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79</w:t>
+127,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-142</w:t>
+127,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158</w:t>
+128,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158</w:t>
+128,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...70 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
-[...71 lines deleted...]
-17</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объем производства товаров и услуг (работ) на территории СЭЗ</w:t>
+Объем производства товаров и услуг (работ) на территории специальной экономической зоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-млрд. тенге</w:t>
+млрд тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4946,241 +4890,245 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,5</w:t>
+250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1,0</w:t>
+260</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1,5</w:t>
+265</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4,5</w:t>
+270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5280,236 +5228,236 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5609,272 +5557,272 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
+29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
+41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество рабочих мест, создаваемых на территории СЭЗ (с нарастающим)</w:t>
+Количество рабочих мест, создаваемых на территории специальной экономической зоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5938,272 +5886,272 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+2 641</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-535</w:t>
+2680</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-570</w:t>
+2 800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+3 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля местного содержания в общем объеме производства на территории СЭЗ</w:t>
+Доля казахстанского содержания в общем объеме производства на территории специальной экономической зоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6267,7846 +6215,274 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
+55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
+75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
+85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...7 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z94" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...7572 lines deleted...]
-    </w:p>
+      * - показатели индикаторов приведены с нарастающим итогом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -14428,35 +6804,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>