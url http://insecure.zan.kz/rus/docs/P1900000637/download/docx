--- v0 (2025-10-03)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7f3e9b5" w14:textId="7f3e9b5">
+    <w:p w14:paraId="655ac78" w14:textId="655ac78">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,110 +132,192 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 18 марта 2019 года "Об оборонной промышленности и государственном оборонном заказе" Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об оборонной промышленности и государственном оборонном заказе" Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции постановления Правительства РК от 17.02.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 64</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции постановления Правительства РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Определить республиканское государственное предприятие на праве хозяйственного ведения "Қазарнаулыэкспорт (Казспецэкспорт)" Комитета государственного оборонного заказа Министерства обороны Республики Казахстан уполномоченной организацией, осуществляющей импорт товаров (продукции) военного назначения, товаров (продукции) двойного назначения (применения), работ военного назначения и услуг военного назначения, реализацию (в том числе экспорт), ликвидацию посредством уничтожения, утилизации, захоронения и переработку неиспользуемого имущества, за исключением боеприпасов, оказание услуг по предоставлению имущественного найма (аренды) неиспользуемых оборонных объектов, участие в международных выставках в области оборонной промышленности и их организацию на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -290,137 +372,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее постановление вводится в действие со дня его подписания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министр</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>