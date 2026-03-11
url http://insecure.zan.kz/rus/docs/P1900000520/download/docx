--- v0 (2025-10-20)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="33805c3" w14:textId="33805c3">
+    <w:p w14:paraId="942724b" w14:textId="942724b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1119,176 +1119,171 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 26 ноября 2012 года "О микрофинансовых организациях".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок использования средств на снижение долговой нагрузки граждан Республики Казахстан по беззалоговым потребительским займам в банках второго уровня и микрофинансовых организациях, оплату комиссии за оказание платежных услуг</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Местные исполнительные органы в срок до 19 ноября 2019 года направляют в Министерство образования и науки Республики Казахстан список детей-сирот, детей, оставшихся без попечения родителей, не достигших двадцати девяти лет, потерявших родителей до совершеннолетия, по состоянию на 26 июня 2019 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерство образования и науки Республики Казахстан в срок до 20 ноября 2019 года направляет в Министерство труда и социальной защиты населения Республики Казахстан список детей-сирот, детей, оставшихся без попечения родителей, не достигших двадцати девяти лет, потерявших родителей до совершеннолетия, по состоянию на 26 июня 2019 года, сформированный на основании списков, предоставленных местными исполнительными органами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Министерство труда и социальной защиты населения Республики Казахстан в срок до 22 ноября 2019 года формирует список лиц, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 настоящих Правил, и направляет его в акционерное общество "Государственное кредитное бюро" (далее – кредитное бюро).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Кредитное бюро в срок до 26 ноября 2019 года направляет в банки второго уровня и микрофинансовые организации представленный Министерством труда и социальной защиты населения Республики Казахстан список лиц, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Банки второго уровня и микрофинансовые организации в срок до 27 ноября 2019 года по форме и формату, установленным кредитным бюро, направляют в кредитное бюро официальное письмо за подписью первого руководителя или уполномоченного лица с приложением информации о задолженности лиц, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1323,712 +1318,712 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" и от 24 декабря 2012 года № 378 "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил расчета годовой эффективной ставки вознаграждения по предоставляемым микрокредитам</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" (далее – ГЭСВ).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Достоверность, корректность и полнота представляемых в кредитное бюро сведений обеспечивается банками второго уровня и микрофинансовыми организациями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Кредитное бюро в срок до 29 ноября 2019 года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) рассчитывает общую задолженность по займу по каждому лицу, предусмотренному </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 настоящих Правил, и определяет лиц, имеющих общую задолженность, не превышающую 3000000 (три миллиона) тенге (далее – должник);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет должников, их займы и (или) микрокредиты, по которым осуществляется погашение задолженности по основному долгу и вознаграждению в размере, не превышающем 300000 (триста тысяч) тенге на одного заемщика по состоянию на 1 июня 2019 года, формирует список на оплату с учетом следующих приоритетов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в первую очередь погашается задолженность по займам и (или) микрокредитам с наибольшим размером ГЭСВ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       во вторую очередь погашается задолженность по займам и (или) микрокредитам с наибольшей задолженностью по основному долгу и вознаграждению по состоянию на 1 июня 2019 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в третью очередь погашается задолженность по займам и (или) микрокредитам с наиболее ранней датой заключения договора займа и (или) микрокредита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) представляет в акционерное общество "Фонд проблемных кредитов" (далее – фонд), банки второго уровня и микрофинансовые организации список на оплату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Фонд:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заключает с каждым банком второго уровня и микрофинансовой организацией соглашение о погашении задолженности по беззалоговым потребительским займам по форме, установленной уполномоченным органом по исполнению бюджета, на условиях, предусмотренных настоящими Правилами в срок до 5 декабря 2019 года; на основании представленного кредитным бюро списка на оплату в течение трех рабочих дней со дня его получения формирует заявку на финансирование социальной поддержки граждан Республики Казахстан по погашению образовавшейся задолженности по потребительским кредитам с учетом комиссии за оказание платежных услуг фонду по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, и направляет ее в Министерство труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Министерство труда и социальной защиты населения Республики Казахстан в соответствии с заявкой на финансирование, представленной фондом, в срок до 10 декабря 2019 года со дня ее получения в пределах предусмотренных средств перечисляет в фонд средства, выделенные на снижение долговой нагрузки граждан Республики Казахстан, по бюджетной программе 080 "Целевое перечисление в АО "Фонд проблемных кредитов" за счет целевого трансферта из Национального фонда Республики Казахстан на оказание социальной поддержки физических лиц по погашению образовавшейся задолженности по потребительским кредитам" и оплату комиссий за оказание платежных услуг фонду, связанных с перечислением в банки второго уровня и на счета микрофинансовых организаций средств, выделенных на снижение долговой нагрузки граждан Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Фонд в соответствии со списком на оплату, представленным кредитным бюро, в срок до 12 декабря 2019 года перечисляет деньги на счета банков второго уровня и микрофинансовых организаций в размере, соответствующем списку на оплату, представленному кредитным бюро.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Банки второго уровня и микрофинансовые организации в срок до 13 декабря 2019 года в целях социальной поддержки граждан Республики Казахстан осуществляют безвозмездную передачу имущества (денежных средств) путем погашения задолженности должников согласно условиям соглашения, заключенного в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, и списку на оплату, после чего направляют должникам уведомление о погашении задолженности и размере остатка задолженности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Погашение задолженности осуществляется в следующей очередности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) задолженность по основному долгу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) задолженность по вознаграждению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Банки второго уровня и микрофинансовые организации в срок до 20 декабря 2019 года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществляют пересмотр графика платежей по займу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представляют в фонд информацию об осуществлении погашения задолженности по каждому должнику и его займу (займам) по форме и формату, установленным фондом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Достоверность, корректность и полнота представляемых в фонд сведений обеспечиваются банками второго уровня и микрофинансовыми организациями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. В случае, если задолженность по состоянию на 1 июня 2019 года была полностью либо частично погашена до перечисления денег фондом в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, банк второго уровня и (или) микрофинансовая организация уведомляют должника о поступлении суммы и осуществляют перечисление поступивших денег в размере разницы между суммой, поступившей от фонда, и фактическим остатком задолженности на счет должника либо по выбору должника, при наличии заявления должника, зачисляют в счет погашения иной текущей задолженности должника по беззалоговому потребительскому займу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Фонд в срок до 23 декабря 2019 года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       передает в Национальный Банк Республики Казахстан информацию об осуществлении погашения задолженности банками второго уровня и микрофинансовыми организациями по каждому должнику и его займу (займам);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       передает в Министерство труда и социальной защиты населения Республики Казахстан список данных в составе согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Министерство труда и социальной защиты населения Республики Казахстан в течение двух рабочих дней со дня получения от фонда информации, предусмотренной пунктом 17 настоящих Правил, вносит ее в информационную систему "Е-халық".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Для получения информации о погашении беззалогового потребительского займа в соответствии с настоящими Правилами заявитель обращается в Государственную корпорацию "Правительство для граждан" (далее – Государственная корпорация) или на веб-портал "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственная корпорация при обращении заявителя формирует запрос в информационную систему "Е-халық" через шлюз "электронного правительства" и сообщает ему информацию о погашении беззалогового потребительского займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае обращения через веб-портал "электронного правительства", информация о погашении беззалогового потребительского займа направляется заявителю в "личный кабинет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Национальный Банк Республики Казахстан в рамках выполнения функций по контролю и надзору за банками второго уровня и микрофинансовыми организациями осуществляет проверку банков второго уровня и микрофинансовых организаций на предмет достоверности представления информации, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2043,189 +2038,189 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок списания штрафов и пени гражданам Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Списание штрафов и пени гражданам Республики Казахстан по беззалоговым потребительским займам в банках второго уровня и микрофинансовых организациях осуществляется в соответствии с постановлением Правления Национального Банка Республики Казахстан от 2 июля 2019 года № 116 "О мерах по реализации Указа Президента Республики Казахстан от 26 июня 2019 года № 34 "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О мерах по снижению долговой нагрузки граждан Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" (далее – постановление Правления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Фонд:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выпускает облигации и размещает их в пользу акционерного общества "Казахстанский фонд устойчивости";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заключает с каждым банком второго уровня и микрофинансовой организацией соглашение о возмещении фондом части прощенной неустойки (штрафов, пени) по беззалоговым потребительским займам граждан Республики Казахстан по форме, установленной уполномоченным органом по исполнению бюджета, на условиях, предусмотренных постановлением Правления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. После реализации мероприятий, указанных в настоящей главе, сумму средств, затраченных на возмещение части прощенных штрафов и пени, в том числе комиссии за оказание платежных услуг фонду, связанной с перечислением в банки второго уровня и микрофинансовые организации средств, предусмотренных настоящей главой, а также обязательства фонда, предусмотренные настоящей главой, фонд отражает убытком в финансовой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2525,68 +2520,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(подпись, фамилия, имя,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>отчество (при наличии), печать)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на финансирование социальной поддержки граждан Республики Казахстан по погашению образовавшейся задолженности по потребительским кредитам с учетом комиссии за оказание платежных услуг Фонду</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -3766,68 +3761,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>также списания штрафов и пени</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>гражданам Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z108" w:id="66"/>
+    <w:bookmarkStart w:name="z108" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Состав данных, передаваемых списком в Министерство труда и социальной защиты населения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -6192,55 +6187,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6566,31 +6561,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>