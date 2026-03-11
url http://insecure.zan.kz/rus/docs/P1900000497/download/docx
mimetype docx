--- v0 (2025-11-14)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5dbd4cc" w14:textId="5dbd4cc">
+    <w:p w14:paraId="ff44837" w14:textId="ff44837">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3181,2420 +3181,2152 @@
         <w:t>
       35-5) утверждение правил регистрации в информационной системе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:bookmarkStart w:name="z1024" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-6) осуществление государственного контроля за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности в форме внеплановой проверки и профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:p>
-[...113 lines deleted...]
-    <w:bookmarkStart w:name="z1054" w:id="107"/>
+    <w:bookmarkStart w:name="z1025" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-7) осуществление государственного контроля за соблюдением размера предельной торговой надбавки на социально значимые продовольственные товары на основании утвержденного списка субъектов государственного контроля, в отношении которых будет проводиться государственный контроль за соблюдением размера предельной торговой надбавки на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z1054" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-8) разработка порядка установления минимальной оптовой цены на производимые, ввозимые и (или) реализуемые в Республике Казахстан социально значимые продовольственные товары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z1095" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-9) формирование списка субъектов государственного контроля, в отношении которых будет проводиться государственный контроль за соблюдением размера предельной торговой надбавки на социально значимые продовольственные товары, на основании сведений, полученных от органов государственных доходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z1096" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-10) в случае выявления нарушений выдача предписаний субъекту (объекту) государственного контроля об их устранении с указанием сроков устранения по итогам проведения государственного контроля за соблюдением размера предельной торговой надбавки на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z1094" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-11) обеспечение реализации сельскохозяйственной продукции и продовольственных товаров на внутреннем и внешних рынках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z673" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) взаимодействие с органом, проводящим расследования, по вопросам специальных защитных, антидемпинговых и компенсационных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z674" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) внесение в орган, проводящий расследования, предложения по инициированию расследований, предшествующих применению специальных защитных, антидемпинговых и компенсационных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z675" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) координирование работы государственных органов Республики Казахстан по вопросам специальных защитных, антидемпинговых и компенсационных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z676" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) формирование и согласование с заинтересованными государственными органами Республики Казахстан предложения по вопросам специальных защитных, антидемпинговых и компенсационных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z677" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) разработка нормативных правовых актов по вопросам специальных защитных, антидемпинговых и компенсационных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z678" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) взаимодействие с официальными органами других стран и международными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z1040" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41-1) осуществление сотрудничества и взаимодействия с третьей стороной, международными организациями в области торговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z679" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) принятие мер таможенно-тарифного и нетарифного регулирования внешнеторговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z680" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) координация взаимодействия государственных органов и организаций, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, субъектов квазигосударственного сектора, Национальной палаты предпринимателей Республики Казахстан с Евразийской экономической комиссией по вопросам участия Республики Казахстан в Евразийском экономическом союзе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z681" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) определение порядка квалификационного отбора кандидатов на занятие вакантных должностей сотрудников Евразийской экономической комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z682" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) проведение расследований в целях подготовки заключения о целесообразности применения компенсирующей меры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z1041" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45-1) определение условий и порядка проведения расследования в целях подготовки заключения о целесообразности применения компенсирующей меры по отношению к государствам – членам Евразийского экономического союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z683" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) взаимодействие с государственными органами по вопросам компенсирующих мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z684" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) координация работы государственных органов по международному торговому сотрудничеству, взаимодействие с международными организациями и интеграционными объединениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z685" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) взаимодействие и углубление торгового сотрудничества Республики Казахстан с иностранными государствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z686" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) разработка и утверждение квалификационных требований, предъявляемых к деятельности по лицензированию экспорта и импорта товаров, и перечня документов, подтверждающих соответствие им, форм заявлений для получения и переоформления лицензии и (или) приложения к лицензии, формы лицензии и (или) приложения к лицензии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z1027" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49-1) определение порядка и формы подтверждения целевого назначения товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z1028" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49-2) согласование перечня товаров, определяемого центральными государственными органами в пределах своей компетенции, экспорт и (или) импорт которых осуществляется на основании разрешительных документов в соответствии с мерами, установленными пунктом 1 статьи 17 Закона Республики Казахстан "О регулировании торговой деятельности";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z1029" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49-3) мониторинг приема и рассмотрения обращений потребителей продавцом (изготовителем, исполнителем), субъектами досудебного урегулирования потребительских споров, которые обеспечиваются посредством Единой информационной системы защиты прав потребителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z687" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) осуществление в пределах компетенции развития и продвижения несырьевого экспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z688" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) взаимодействие с отраслевыми государственными органами по вопросам развития и продвижения несырьевого экспорта и координирование их работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z1068" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51-1) взаимодействие с органом управления национального института развития в области развития и продвижения несырьевого экспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">52) исключен постановлением Правительства РК от 09.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 380</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z690" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) разработка и утверждение мер по продвижению несырьевого экспорта с учетом принятых международных обязательств Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z1052" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53-1) разработка условий осуществления отдельных видов деятельности Экспортно-кредитного агентства Казахстана и утверждение их по согласованию с центральным уполномоченным органом по государственному планированию, центральным уполномоченным органом по исполнению бюджета, уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z1089" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53-2) разработка правил формирования системы управления рисками и внутреннего контроля, а также формирования резервов и проведения по ним актуарных расчетов для Экспортно-кредитного агентства Казахстана и утверждение его по согласованию с центральным уполномоченным органом по государственному планированию, центральным уполномоченным органом по исполнению бюджета, уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z1090" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53-3) разработка требований к формированию, методике расчета страховых резервов по договорам страхования, перестрахования, заключаемым Экспортно-кредитным агентством Казахстана, их структуре и утверждение их по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z1091" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53-4) разработка перечня, форм, сроков и порядка представления отчетности Экспортно-кредитным агентством Казахстана по заключению и исполнению договоров страхования, перестрахования и утверждение их по согласованию с уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций, уполномоченным органом в сфере обеспечения поступлений налогов и платежей в бюджет, уполномоченным органом в области налоговой политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z1092" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53-5) разработка и утверждение совместно с уполномоченным органом в сфере обеспечения поступлений налогов и платежей в бюджет правил представления заключения о соответствии размера страховых резервов по незаработанным премиям, непроизошедшим убыткам, заявленным, но неурегулированным убыткам, произошедшим, но незаявленным убыткам по договорам страхования и перестрахования, заключаемым Экспортно-кредитным агентством Казахстана, требованиям, установленным законодательством Республики Казахстан о регулировании торговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z691" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) разработка и утверждение правил возмещения части затрат субъектов промышленно-инновационной деятельности по продвижению товаров и услуг казахстанского происхождения обрабатывающей промышленности, а также информационно-коммуникационных услуг на внешние рынки в рамках принятых международных обязательств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z692" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) разработка и утверждение перечня товаров и услуг казахстанского происхождения обрабатывающей промышленности, а также информационно- коммуникационных услуг, по которым частично возмещаются затраты по их продвижению на внешние рынки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z954" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55-1) участие в формировании и реализации промышленной политики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z955" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55-2) разработка и утверждение правил субсидирования ставки вознаграждения по выдаваемым кредитам и совершаемым лизинговым сделкам банками второго уровня, Банком Развития Казахстана, иными юридическими лицами, осуществляющими лизинговую деятельность, зарубежным покупателям высокотехнологичных товаров и услуг казахстанского происхождения обрабатывающей промышленности, которые подлежат страхованию со стороны Экспортно-кредитного агентства Казахстана, с учетом принятых международных обязательств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z956" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55-3) разработка и утверждение перечня высокотехнологичных товаров и услуг казахстанского происхождения обрабатывающей промышленности для целей субсидирования ставки вознаграждения по выдаваемым кредитам и совершаемым лизинговым сделкам банками второго уровня, Банком Развития Казахстана, иными юридическими лицами, осуществляющими лизинговую деятельность, зарубежным покупателям высокотехнологичных товаров и услуг казахстанского происхождения обрабатывающей промышленности, которые подлежат страхованию со стороны Экспортно-кредитного агентства Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z957" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55-4) осуществление предоставления мер государственного стимулирования промышленности с привлечением национального института развития в области развития и продвижения несырьевого экспорта посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z958" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      возмещения части затрат субъектов промышленно-инновационной деятельности по продвижению товаров и услуг казахстанского происхождения обрабатывающей промышленности на внешние рынки в соответствии с правилами возмещения части затрат субъектов промышленно-инновационной деятельности по продвижению товаров и услуг казахстанского происхождения обрабатывающей промышленности, а также информационно-коммуникационных услуг на внешние рынки в рамках принятых международных обязательств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z959" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      субсидирования ставки вознаграждения по выдаваемым кредитам и совершаемым лизинговым сделкам банками второго уровня, Банком Развития Казахстана, иными юридическими лицами, осуществляющими лизинговую деятельность, зарубежным покупателям высокотехнологичных товаров и услуг казахстанского происхождения обрабатывающей промышленности, которые подлежат страхованию со стороны Экспортно-кредитного агентства Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z960" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      использования механизмов экспортного торгового финансирования, кредитования и страхования, перестрахования и гарантирования сделок по продвижению несырьевого экспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z961" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55-5) осуществление сервисной поддержки субъектов промышленно-инновационной деятельности по продвижению товаров и услуг казахстанского происхождения обрабатывающей промышленности на внешние рынки с привлечением национального института развития в области развития и продвижения несырьевого экспорта путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z1082" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностики их экспортного потенциала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z1083" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организации и проведения торговых миссий, осуществления выставочно-ярмарочной деятельности, продвижения товарных знаков казахстанских производителей за рубежом и организации национальных стендов казахстанских производителей за рубежом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z1084" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      повышения информированности потенциальных зарубежных покупателей через размещение на постоянной основе информации о казахстанских товаропроизводителях, производителях услуг и их товарах, услугах за рубежом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z1085" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказания информационной и аналитической поддержки по вопросам развития и продвижения экспорта товаров и услуг казахстанского происхождения и услуг обрабатывающей промышленности; содействия в продвижении товаров и услуг казахстанского происхождения обрабатывающей промышленности на международный рынок гуманитарной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z1086" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иных мер в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z968" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55-6) оказание содействия субъектам промышленно-инновационной деятельности по вхождению в глобальные цепочки добавленной стоимости, в том числе путем применения технической документации на производство новых видов товаров и мировых производственных франшиз ведущих мировых производителей, лидирующих по конкретным товарам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z693" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) выработка предложений по формированию государственной политики и координация деятельности государственных органов по участию Республики Казахстан в рамках Евразийского экономического союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z694" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) рассмотрение и согласование правовых актов, международных договоров Республики Казахстан и их проектов на предмет соответствия нормам Договора о Евразийском экономическом союзе от 29 мая 2014 года, ратифицированного Законом Республики Казахстан от 14 октября 2014 года "О ратификации Договора о Евразийском экономическом союзе";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z695" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) подготовка и направление уведомлений о действующих и планируемых субсидиях в Евразийскую экономическую комиссию и государства-члены Евразийского экономического союза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z696" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) проведение расследований о соответствии субсидий, предоставляемых и планируемых к предоставлению в Республике Казахстан, а также странах Евразийского экономического союза, положениям Договора о Евразийском экономическом союзе от 29 мая 2014 года, ратифицированного Законом Республики Казахстан от 14 октября 2014 года "О ратификации Договора о Евразийском экономическом союзе";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z697" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) разработка и утверждение нормативных правовых актов Республики Казахстан в области регулирования торговой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 15 предусмотрено дополнить подпунктами 35-9) и 35-10) в соответствии с постановлением Правительства РК от 25.07.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 61) предусматривается в редакции постановления Правительства РК от 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 833</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) разработка и утверждение минимальных нормативов обеспеченности населения торговой площадью с учетом предложений местных исполнительных органов области, городов республиканского значения, столицы, района, города областного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">62) исключен постановлением Правительства РК от 25.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 599</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводятся в действие с 31.12.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...445 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">63) исключен постановлением Правительства РК от 25.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 599</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводятся в действие с 31.12.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...936 lines deleted...]
-    <w:bookmarkStart w:name="z701" w:id="157"/>
+    </w:p>
+    <w:bookmarkStart w:name="z701" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64) утверждение правил внутренней торговли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z1042" w:id="158"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z1042" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64-1) утверждение правил организации деятельности торговых рынков, требований к содержанию территории, оборудованию и оснащению торгового рынка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z1043" w:id="159"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z1043" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64-2) утверждение перечня социально значимых продовольственных товаров по согласованию с уполномоченным органом в сфере социальной защиты населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z1055" w:id="160"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z1055" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>65) выработка предложений по развитию торговой инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-[...86 lines deleted...]
-    <w:bookmarkStart w:name="z1056" w:id="161"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z1097" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65-1) определение порядка применения предельной торговой надбавки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z1098" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65-2) предусмотрение поддержки получателям государственной адресной социальной помощи по согласованию с уполномоченным органом в сфере социальной защиты населения при реализации механизмов стабилизации цен на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z1056" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65-3) утверждение порядка и оказание субъектам внутренней торговли мер государственной поддержки частного предпринимательства в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z1057" w:id="162"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z1057" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65-4) осуществление государственного надзора в области безопасности игрушек в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z703" w:id="163"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z703" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66) совместно с уполномоченным органом в области развития агропромышленного комплекса проведение мониторинга цен на товары и, в случае достижения уровня цен, при котором целесообразно оказание регулирующего воздействия на рынок, по согласованию с уполномоченным органом в области государственного резерва внесение в Правительство Республики Казахстан предложения о необходимости выпуска материальных ценностей из государственного резерва для оказания регулирующего воздействия на рынок с указанием субъектов торговой деятельности – получателей, объема, цены и размера торговой надбавки выпускаемых материальных ценностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z704" w:id="164"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z704" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67) разработка и утверждение нормы естественной убыли продовольственных товаров в розничной торговле;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z1087" w:id="165"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z1087" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67-1) утверждение правил ведения национального каталога товаров, а также регистрации товаров в нем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z1088" w:id="166"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z1088" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67-2) определение порядка стоимости исследований, консалтинговых услуг по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z705" w:id="167"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z705" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68) утверждение видов и требований к стационарным торговым объектам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z706" w:id="168"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z706" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69) государственное регулирование деятельности товарных бирж;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z707" w:id="169"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z707" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70) разработка и утверждение перечня биржевых товаров, внесение в него изменения и (или) дополнения по согласованию с заинтересованными государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z1075" w:id="170"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z1075" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-1) разработка и утверждение перечня социально значимых биржевых товаров, внесение в него изменения и (или) дополнения по согласованию с заинтересованными государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z1077" w:id="171"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z1077" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-2) определение порядка включения товаров в перечень биржевых товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z1078" w:id="172"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z1078" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-3) установление максимальных размеров вступительных взносов для членов товарной биржи, платежей за участие в биржевых торгах и комиссий брокеров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z1079" w:id="173"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z1079" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-4) проведение анализа и мониторинга деятельности товарных бирж;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z1080" w:id="174"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z1080" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-5) разработка и утверждение правил проведения закупок товаров, работ и услуг на электронных торговых площадках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z1076" w:id="175"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z1076" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70-6) разработка и утверждение правил определения на конкурсной основе товарных бирж, осуществляющих торговлю биржевыми товарами, включенными в перечень социально значимых биржевых товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z1074" w:id="176"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z1074" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>71) оказание государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z709" w:id="177"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z709" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72) установление требований по уничтожению либо утилизации или переработке изъятой продукции, не соответствующей требованиям технических регламентов и представляющей непосредственную угрозу конституционным правам, свободам и законным интересам физических и (или) юридических лиц, жизни и здоровью людей, окружающей среде, национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z710" w:id="178"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z710" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73) создание условий для развития международных биржевых торгов на товарной бирже;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z711" w:id="179"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z711" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74) осуществление лицензирования экспорта и (или) импорта отдельных товаров в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z712" w:id="180"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z712" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75) выдача разрешений на импорт и (или) экспорт отдельных видов товаров в пределах компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z713" w:id="181"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z713" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76) ведение базы данных выданных лицензий и разрешений в сфере импорта товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z714" w:id="182"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z714" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77) ведение реестра саморегулируемых организаций в соответствующей сфере (отрасли);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z715" w:id="183"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z715" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78) публикация информации по вопросам деятельности товарных бирж и биржевой торговли, за исключением сведений, составляющих коммерческую или иную охраняемую законом Республики Казахстан тайну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z716" w:id="184"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z716" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79) разработка предложений по развитию торговой деятельности, а также созданию благоприятных условий для производства и продажи товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z717" w:id="185"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z717" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80) разработка и утверждение правил биржевой торговли по согласованию с заинтересованными государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z718" w:id="186"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z718" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81) разработка и утверждение нормативных правовых актов в сфере регулирования деятельности товарных бирж, клиринговых центров товарных бирж, брокеров, дилеров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z719" w:id="187"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z719" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82) разработка и утверждение квалификационных требований и перечня документов, подтверждающих соответствие им, к деятельности товарных бирж, брокеров и клиринговых центров товарных бирж;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z720" w:id="188"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z720" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83) разработка и утверждение обязательных требований к электронной торговой системе товарных бирж;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5623,130 +5355,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1081" w:id="189"/>
+    <w:bookmarkStart w:name="z1081" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84-1) разработка и утверждение правил формирования и использования резервного и гарантийного фондов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z722" w:id="190"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z722" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85) разработка и утверждение требований к аппаратно-программному комплексу клирингового центра товарной биржи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z723" w:id="191"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z723" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86) определение порядка осуществления клиринговой деятельности по биржевым сделкам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z724" w:id="192"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z724" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87) согласование правил и стандартов саморегулируемых организаций в сфере товарных бирж;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5829,70 +5561,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z971" w:id="193"/>
+    <w:bookmarkStart w:name="z971" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87-3) ведение реестра маркет-мейкеров, а также размещение его на своем интернет-ресурсе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5921,2286 +5653,2014 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z726" w:id="194"/>
+    <w:bookmarkStart w:name="z726" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89) разработка и утверждение подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z727" w:id="195"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z727" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90) разработка нормативных правовых актов в сфере электронной торговли и обеспечение их согласования с заинтересованными государственными органами и организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z728" w:id="196"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z728" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91) содействие развитию и продвижению электронной торговли в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z1044" w:id="197"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z1044" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91-1) согласование категорий товаров, региона реализации эксперимента в области внешней электронной торговли, проводимого в Республике Казахстан, и применения уведомительного порядка соблюдения технических регламентов в отношении товаров электронной торговли, определяемых уполномоченным органом в сфере таможенного дела;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z729" w:id="198"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z729" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92) разработка и утверждение требований к оптово-распределительным центрам по согласованию с уполномоченным органом в области развития агропромышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z730" w:id="199"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z730" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93) разработка нормативных правовых актов, связанных с формированием перечня товаров, подлежащих маркировке и прослеживаемости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z731" w:id="200"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z731" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94) инициирование, участие и организация совместно с Национальной палатой предпринимателей Республики Казахстан проведения республиканских и международных выставок и ярмарок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z732" w:id="201"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z732" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95) координация деятельности и контроль за финансовым и кадровым обеспечением торговых представительств Республики Казахстан за рубежом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z733" w:id="202"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z733" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96) принятие мер по защите внутреннего рынка Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">97) исключен постановлением Правительства РК от 15.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 631</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z735" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98) разработка и утверждение нормативных правовых актов в сфере защиты прав потребителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z736" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99) разработка и утверждение перечня субъектов досудебного урегулирования потребительских споров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z737" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) разработка и утверждение правил по формированию, ведению и использованию Единой информационной системы защиты прав потребителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z738" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101) определение порядка формирования, ведения и сопровождения единого государственного фонда нормативных технических документов, а также распространения копий нормативных технических документов, официальных изданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z739" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) подача представления в Правительство Республики Казахстан для определения национального органа по стандартизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z740" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) осуществление межотраслевой координации деятельности государственных органов, физических и юридических лиц в сфере стандартизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z741" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) разработка и утверждение разрешительных требований к экспертам-аудиторам по подтверждению соответствия, перечня документов, подтверждающих соответствие им, а также правил аттестации, продления действия аттестатов экспертов-аудиторов по подтверждению соответствия по согласованию с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z742" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) определение порядка разработки, согласования, экспертизы, утверждения, регистрации, учета, изменения, пересмотра, отмены и введения в действие национальных стандартов (за исключением военных национальных стандартов), национальных классификаторов технико-экономической информации и рекомендаций по стандартизации, а также порядка внесения изменений и дополнений в общий классификатор товаров, работ и услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z743" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) определение порядка применения международных, региональных стандартов и стандартов иностранных государств, классификаторов технико-экономической информации международных организаций по стандартизации, классификаторов технико-экономической информации, правил и рекомендаций по стандартизации региональных организаций по стандартизации, классификаторов технико-экономической информации, правил, норм и рекомендаций по стандартизации иностранных государств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z744" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) определение порядка применения национальных, межгосударственных стандартов и национальных классификаторов технико-экономической информации в нормативных правовых актах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z745" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) определение порядка разработки национального плана стандартизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z746" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) определение порядка создания и ведения депозитария классификаторов технико-экономической информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z747" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) разработка и утверждение правил разработки, экспертизы, принятия, изменения и отмены технических регламентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z748" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) разработка и утверждение правил по определению страны происхождения товаров, выдаче сертификата о происхождении товара и отмене его действия, установлению форм сертификата о происхождении товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z749" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) разработка и утверждение правил отзыва продукции, не соответствующей требованиям технических регламентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z750" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) разработка и утверждение правил оценки соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z751" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) определение порядка проведения аттестации, переаттестации и отзыва сертификатов поверителей средств измерений, а также квалификационных требований к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z752" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) подача представления в Правительство Республики Казахстан для определения государственного научного метрологического центра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z753" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) определение порядка создания, утверждения, хранения, применения и сличения государственных эталонов единиц величин и эталонов единиц величин субъектов аккредитации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z754" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) определение порядка повышения квалификации и переподготовки кадров в области обеспечения единства измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z755" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) определение порядка разработки, метрологической аттестации, утверждения и регистрации методик выполнения измерений и референтных методик выполнения измерений в реестре государственной системы обеспечения единства измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z756" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) определение порядка проведения метрологической экспертизы нормативных правовых актов, технических регламентов, а также межгосударственных и национальных стандартов в области обеспечения единства измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z757" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) определение порядка разработки, утверждения, регистрации в реестре государственной системы обеспечения единства измерений и применения методик поверки средств измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z758" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) определение порядка ведения реестра государственной системы обеспечения единства измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z759" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) определение порядка формирования перечней измерений и метрологических требований к ним, относящихся к государственному регулированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z760" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) установление метрологических требований к измерениям, относящимся к государственному регулированию, совместно с государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z761" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) определение порядка проведения поверки средств измерений и установления периодичности поверки средств измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z762" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) определение порядка утверждения типа, испытаний для целей утверждения типа, метрологической аттестации средств измерений и установления формы знака утверждения типа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z763" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) определение порядка обеспечения метрологической прослеживаемости измерений для субъектов аккредитации и юридических лиц при аккредитации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z764" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) определение порядка утверждения типа и регистрации в реестре государственной системы обеспечения единства измерений стандартного образца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z765" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) осуществление координации деятельности государственных органов, физических и юридических лиц в области обеспечения единства измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z766" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) утверждение форм сертификатов об утверждении типа средств измерений и о поверке средств измерений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z767" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) определение порядка изготовления, хранения и применения поверительных клейм;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z768" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) утверждение в области оценки соответствия формы заявки на аккредитацию, заявляемой в области аккредитации, на бумажном и электронном носителях, паспорта для испытательных, поверочных, калибровочных лабораторий (центров), юридических лиц, осуществляющих метрологическую аттестацию, методик выполнения измерений, сведений о персонале, выполняющем работы по оценке соответствия, для органов по подтверждению соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z769" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132) утверждение типовых предаккредитационных и постаккредитационных договоров в области оценки соответствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z770" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) разработка и утверждение технических регламентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z771" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) определение порядка создания, работы и ликвидации технических комитетов по стандартизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z772" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) разработка и утверждение правил по утверждению и регистрации одобрений типа транспортного средства, одобрений типа шасси;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z773" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) разработка и утверждение правил по проверке правильности и обоснованности оформления одобрений типа транспортного средства, одобрений типа шасси;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z774" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) утверждение перечня товаров, в отношении которых применяются ввозные или вывозные таможенные пошлины, размеры ставок и срока их действия, а также при необходимости порядка их расчета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z775" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) разработка и утверждение правил присвоения международных идентификационных кодов изготовителям транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z776" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) разработка и утверждение формы свидетельства о присвоении международного идентификационного кода изготовителю транспортного средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Подпункт 97) пункта 15 предусматривается исключить постановлением Правительства РК от 15.08.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">140) исключен постановлением Правительства РК от 15.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 631</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1065 lines deleted...]
-    <w:bookmarkStart w:name="z778" w:id="244"/>
+    <w:bookmarkStart w:name="z778" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141) определение порядка признания сертификатов соответствия иностранных государств, протоколов испытаний, знаков соответствия и иных документов об оценке соответствия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z779" w:id="245"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z779" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142) руководство в пределах своей компетенции деятельностью подведомственных организаций по планированию и проведению мероприятий по обеспечению национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z780" w:id="246"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z780" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143) внесение предложений по совершенствованию системы национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z781" w:id="247"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z781" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144) обеспечение соблюдения законов и иных нормативных правовых актов в области национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z782" w:id="248"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z782" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145) информирование с соблюдением законодательства в области защиты государственных секретов населения о состоянии национальной безопасности и принимаемых мерах по ее обеспечению, ведение пропагандистской и контрпропагандистской деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z783" w:id="249"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z783" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146) привлечение к соответствующей ответственности должностных лиц, государственных служащих, действия (или бездействие) которых приводят к нарушению национальных интересов, угрозе национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z784" w:id="250"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z784" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147) разработка ведомственного перечня сведений, подлежащих засекречиванию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z785" w:id="251"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z785" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148) обеспечение защиты разработанных Министерством, в том числе подведомственными организациями, государственных секретов в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z786" w:id="252"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z786" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149) участие в разработке порядка определения размеров ущерба, который нанесен или может быть нанесен национальной безопасности Республики Казахстан или интересам государственных органов и организаций вследствие разглашения или утраты сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z787" w:id="253"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z787" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) обеспечение защиты переданных другими государственными органами и организациями сведений, составляющих государственные секреты, а также сведений, засекреченных ими;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z788" w:id="254"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z788" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) получение в установленном порядке разрешения на проведение работ с использованием сведений, составляющих государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z789" w:id="255"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z789" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152) обеспечение в пределах своей компетенции проведения проверочных мероприятий в отношении граждан, допускаемых к сведениям, составляющим государственные секреты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z790" w:id="256"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z790" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153) организация и координация работы единого государственного фонда нормативных технических документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z791" w:id="257"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z791" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154) разработка и утверждение требований к учебным центрам, правил их включения в реестр технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-[...114 lines deleted...]
-    <w:bookmarkStart w:name="z793" w:id="258"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z792" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) осуществление верификации (проверки) обоснованности выдачи сертификатов о происхождении товара, достоверности содержащихся в них сведений и выполнения изготовителями критериев определения страны происхождения товаров в соответствии с правилами по определению страны происхождения товаров, выдаче сертификата о происхождении товара и отмене его действия, установлению форм сертификата о происхождении товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z793" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156) осуществление верификации (проверки) обоснованности регистрации экспортеров в информационных системах стран ввоза товара в целях подтверждения страны происхождения товаров в порядке, определенном уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z794" w:id="259"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z794" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157) запрет выпуска в обращение продукции, представляющей непосредственную угрозу правам и законным интересам физических и юридических лиц, жизни и здоровью человека, окружающей среде, в установленном Законом Республики Казахстан "О техническом регулировании" порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z795" w:id="260"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z795" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) разработка и утверждение проверочных листов и критериев оценки степени риска в соответствии с Предпринимательским кодексом Республики Казахстан по проведению государственного контроля и надзора в области технического регулирования в части выпуска в обращение продукции на ее соответствие требованиям технических регламентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z796" w:id="261"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z796" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159) разработка и утверждение правил выпуска в обращение продукции, не включенной в единый перечень, включенной в единый перечень, но в отношении которой не приняты или не введены в действие технические регламенты, а также перечня продукции, в отношении которой принимается декларация об общей безопасности, формы декларации об общей безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z797" w:id="262"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z797" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) разработка и утверждение правил принятия решений о включении или исключении органов по оценке соответствия в национальную часть (из национальной части) единого реестра органов по оценке соответствия Евразийского экономического союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z798" w:id="263"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z798" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) разработка и утверждение правил реализации принципов надлежащей лабораторной практики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z799" w:id="264"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z799" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) разработка и утверждение правил формирования, ведения и сопровождения реестра технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z800" w:id="265"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z800" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) утверждение перечня средств измерений, выпускаемых в обращение по результатам первичной поверки средств измерений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z801" w:id="266"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z801" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) определение порядка по установлению соответствия количества фасованной изготовителем или продавцом продукции в упаковках любого вида, а также завезенной импортером расфасованной продукции при ее реализации и продукции, отчуждаемой при совершении торговых операций, в целях государственного метрологического контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z802" w:id="267"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z802" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165) создание совета по аккредитации, разработка и утверждение его состава и положения о нем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z803" w:id="268"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z803" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) утверждение правил осуществления мониторинга деятельности субъектов аккредитации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z804" w:id="269"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z804" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167) утверждение правил регистрации экспортеров в информационных системах стран ввоза в целях подтверждения страны происхождения товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z805" w:id="270"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z805" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) утверждение правил хранения изъятой продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z806" w:id="271"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z806" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) разработка нормативных правовых актов в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z807" w:id="272"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z807" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170) согласование проектов нормативных правовых актов и дача заключения по ним в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z808" w:id="273"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z808" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) размещение информации на казахском и русском языках на интернет-портале открытых бюджетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z809" w:id="274"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z809" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) размещение открытых данных на казахском и русском языках на интернет-портале открытых данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z810" w:id="275"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z810" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       173) размещение проектов на казахском и русском языках на интернет-портале открытых нормативных правовых актов; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z811" w:id="276"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z811" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) рассмотрение обращений физических и юридических лиц по вопросам внешней и внутренней торговли, международной экономической интеграции, развития экспорта несырьевых товаров и услуг, защиты прав потребителей, технического регулирования, стандартизации, обеспечения единства измерений, аккредитации в области оценки соответствия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z812" w:id="277"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z812" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) осуществление контроля за соблюдением законодательства Республики Казахстан об аккредитации в области оценки соответствия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z813" w:id="278"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z813" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) осуществление государственного контроля и надзора в части выпуска в обращение продукции на ее соответствие требованиям технических регламентов, а также за соблюдением субъектами государственного контроля и надзора в области технического регулирования требований, установленных законодательством Республики Казахстан в области технического регулирования, иных нормативных правовых актов Республики Казахстан либо решений Евразийской экономической комиссии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z814" w:id="279"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z814" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       177) осуществление государственного метрологического контроля за объектами, указанными в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 22 Закона Республики Казахстан "Об обеспечении единства измерений", в форме внеплановой проверки, профилактического контроля с посещением субъекта (объекта) контроля и профилактического контроля без посещения субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z815" w:id="280"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z815" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178) внесение предложений государственным органам о приведении нормативных правовых актов и правовых актов, затрагивающих объекты технического регулирования, в соответствие с законодательством Республики Казахстан в области технического регулирования, техническими регламентами и национальными стандартами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z816" w:id="281"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z816" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179) принятие мер воздействия по пресечению и недопущению выпуска в обращение продукции, не соответствующей требованиям технических регламентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8229,470 +7689,470 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z818" w:id="282"/>
+    <w:bookmarkStart w:name="z818" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) обращение в суд при невыполнении или ненадлежащем выполнении физическими, юридическими лицами законных требований или предписаний, постановлений, выданных должностными лицами в области технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z819" w:id="283"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z819" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182) осуществление государственного контроля в сфере реализации ювелирных и других изделий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z820" w:id="284"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z820" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183) создание консультативно-совещательных органов в интересах обеспечения безопасности продукции и процессов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z821" w:id="285"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z821" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184) утверждение для применения на территории Республики Казахстан в целях обеспечения соблюдения требований технического регламента Евразийского экономического союза, проведения исследований (испытаний) и измерений при оценке соответствия объектов технического регулирования требованиям технического регламента Евразийского экономического союза национальных (государственных) стандартов государств–членов Евразийского экономического союза в качестве национальных стандартов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z822" w:id="286"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z822" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185) представление интересов Республики Казахстан в международных и региональных организациях по аккредитации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z823" w:id="287"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z823" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) осуществление межотраслевой координации деятельности государственных органов, физических и юридических лиц в области технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z824" w:id="288"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z824" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) взаимодействие с экспертными советами, физическими и юридическими лицами по вопросам технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z825" w:id="289"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z825" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) формирование переговорной позиции по вопросам технического регулирования и представление Республики Казахстан в международных и региональных организациях по техническому регулированию, оценке соответствия и аккредитации в области оценки соответствия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z826" w:id="290"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z826" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) представление интересов Республики Казахстан в международных и региональных организациях по стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z827" w:id="291"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z827" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190) осуществление лицензирования по изготовлению Государственного Флага и Государственного Герба Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z1045" w:id="292"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z1045" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190-1) организация работы по изготовлению эталонов Государственного Флага и Государственного Герба Республики Казахстан, соответствующих национальным стандартам и их изображениям, утвержденным Конституционным законом Республики Казахстан "О государственных символах Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z1046" w:id="293"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z1046" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190-2) разработка и утверждение национальных стандартов Государственного Флага и Государственного Герба Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z1047" w:id="294"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z1047" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190-3) разработка эталонов Государственного Флага и Государственного Герба Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z828" w:id="295"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z828" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) формирование и утверждение проекта плана по разработке технических регламентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z829" w:id="296"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z829" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192) обеспечение функционирования информационного центра по техническим барьерам в торговле, санитарным и фитосанитарным мерам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z1048" w:id="297"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z1048" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192-1) определение порядка создания и функционирования информационного центра по техническим барьерам в торговле, санитарным и фитосанитарным мерам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z830" w:id="298"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z830" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) организация анализа и разработки национальных стандартов (за исключением военных национальных стандартов) и межгосударственных стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z831" w:id="299"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z831" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) проведение работ по включению национальных стандартов в перечни стандартов к соответствующим техническим регламентам Евразийского экономического союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z832" w:id="300"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z832" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195) осуществление отмены действия документов об оценке соответствия в соответствии с Законом Республики Казахстан "О техническом регулировании";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z833" w:id="301"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z833" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) обеспечение организации работ по межлабораторным сравнительным испытаниям (сличению);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z834" w:id="302"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z834" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) формирование государственной системы технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8721,1260 +8181,1260 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z836" w:id="303"/>
+    <w:bookmarkStart w:name="z836" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) утверждение требований к информационной системе маркировки и прослеживаемости товаров по согласованию с отраслевыми уполномоченными государственными органами в области маркировки и прослеживаемости товаров и Национальной палатой предпринимателей Республики Казахстан в пределах их компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z1049" w:id="304"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z1049" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199-1) согласование предельного размера стоимости контрольного (идентификационного) знака, средства идентификации, применяемых в маркировке товаров, определяемых отраслевыми уполномоченными государственными органами в области маркировки и прослеживаемости товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z1069" w:id="305"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z1069" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199-2) определение перечня товаров, подлежащих маркировке, и даты его введения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z1093" w:id="306"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z1093" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199-3) участие в формировании государственной политики и принятие мер по противодействию теневой экономике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z837" w:id="307"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z837" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) утверждение национального плана стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z838" w:id="308"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z838" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) утверждение национальных стандартов (за исключением военных национальных стандартов), национальных классификаторов технико-экономической информации, рекомендаций по стандартизации, а также изменений к ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z1070" w:id="309"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z1070" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201-1) согласование разработки национальных стандартов, разрабатываемых государственными органами в сфере стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z1071" w:id="310"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z1071" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201-2) согласование разработки национальных классификаторов технико-экономической информации, разрабатываемых государственными органами в сфере стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z839" w:id="311"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z839" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) осуществление координации деятельности государственного научного метрологического центра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z840" w:id="312"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z840" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) утверждение государственных эталонов единиц величин;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z841" w:id="313"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z841" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) утверждение классификации эталонов единиц величин;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z842" w:id="314"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z842" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) представление Республики Казахстан в международных и региональных организациях по метрологии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z843" w:id="315"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z843" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) организация и проведение государственного метрологического контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z844" w:id="316"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z844" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) осуществление межрегиональной и межотраслевой координации и выполнение работ, направленных на обеспечение единства измерений времени и частоты и определение параметров вращения Земли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z845" w:id="317"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z845" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) осуществление межрегиональной и межотраслевой координации и выполнение работ, связанных с разработкой и внедрением стандартных образцов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z846" w:id="318"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z846" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) осуществление межрегиональной и межотраслевой координации и выполнение работ, связанных с разработкой и внедрением стандартных справочных данных о физических константах и свойствах веществ и материалов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z847" w:id="319"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z847" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) организация проведения научных исследований в области обеспечения единства измерений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z848" w:id="320"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z848" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) ведение реестра государственной системы обеспечения единства измерений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z849" w:id="321"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z849" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212) принятие решения об утверждении типа средств измерений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z1058" w:id="322"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z1058" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>213) осуществление экспертизы, согласования разработанных технических регламентов, согласование приостановления либо отмены действия технических регламентов, в том числе инициирование вопросов приостановления либо отмены действия технических регламентов государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z1059" w:id="323"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z1059" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-1) определение перечня требований, нарушение которых влечет применение мер оперативного реагирования, а также определение в отношении конкретных нарушений требований конкретного вида меры оперативного реагирования с указанием срока действия данной меры (при необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z1060" w:id="324"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z1060" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-2) определение порядка организации и проведения контрольного закупа в области технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z1061" w:id="325"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z1061" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-3) утверждение формы постановления о применении мер оперативного реагирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z1062" w:id="326"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z1062" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-4) внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по внесению изменений и дополнений в реестр профессий на ежегодной основе по согласованию с отраслевыми советами по профессиональным квалификациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z1063" w:id="327"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z1063" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-5) разработка предложений по разработке и (или) актуализации профессиональных стандартов и направление их в уполномоченный орган в области признания профессиональных квалификаций на ежегодной основе по согласованию с отраслевыми советами по профессиональным квалификациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z1064" w:id="328"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z1064" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-6) формирование потребности рынка труда в признании профессиональных квалификаций с учетом актуальности профессий в текущем и будущем периодах в порядке, определенном уполномоченным органом в области признания профессиональных квалификаций, на ежегодной основе по согласованию с местными исполнительными органами областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z1065" w:id="329"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z1065" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-7) внесение предложений в уполномоченный орган в области признания профессиональных квалификаций по условиям признания профессиональных квалификаций для рассмотрения на заседании Национального совета по профессиональным квалификациям по согласованию с отраслевыми советами по профессиональным квалификациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z1066" w:id="330"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z1066" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-8) создание консультативно-совещательных органов – отраслевых советов по профессиональным квалификациям в порядке, определенном уполномоченным органом в области признания профессиональных квалификаций, в целях координации вопросов по развитию профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z1067" w:id="331"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z1067" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213-9) разработка и утверждение положения об отраслевых советах по профессиональным квалификациям на основе типового положения об отраслевых советах по профессиональным квалификациям, утвержденного уполномоченным органом в области признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z851" w:id="332"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z851" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) внесение предложений в Правительство Республики Казахстан по основным направлениям государственной политики в сфере защиты прав потребителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z852" w:id="333"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z852" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215) осуществление межотраслевой координации деятельности государственных органов по обеспечению реализации государственной политики в сфере защиты прав потребителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z853" w:id="334"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z853" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216) осуществление государственного контроля за соблюдением законодательства Республики Казахстан о защите прав потребителей в форме внеплановой проверки в соответствии с Предпринимательским кодексом Республики Казахстан и профилактического контроля без посещения субъекта (объекта) контроля в соответствии с Законом Республики Казахстан "О защите прав потребителей";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z854" w:id="335"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z854" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) проведение профилактического контроля без посещения субъекта (объекта) контроля на основании информации и отчетности, полученных от государственных органов, субъектов досудебного урегулирования потребительских споров, представителей законных интересов потребителей, в том числе через единую информационную систему защиты прав потребителей, а также через средства массовой информации, по фактам нарушений законодательства Республики Казахстан о защите прав потребителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z855" w:id="336"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z855" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) обеспечение формирования и ведения единой информационной системы защиты прав потребителей и ее мобильной версии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z856" w:id="337"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z856" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) осуществление информирования, консультирования, просвещения, повышения правовой грамотности потребителей в вопросах защиты своих прав и законных интересов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z857" w:id="338"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z857" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220) осуществление формирования, реализации, мониторинга реализации и оценки результатов государственного социального заказа по проведению исследований, информационно-просветительской работы, оказанию консультационной помощи населению по вопросам защиты прав потребителей и представительских услуг потребителям в восстановлении их нарушенных прав и законных интересов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z858" w:id="339"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z858" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) ежегодное представление доклада Правительству Республики Казахстан о результатах проводимой работы по вопросам защиты прав потребителей, обсужденных на Межведомственном совете по защите прав потребителей, который размещается в средствах массовой информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z859" w:id="340"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z859" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) обеспечение деятельности Межведомственного совета по защите прав потребителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z1050" w:id="341"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z1050" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222-1) создание Межведомственного совета по защите прав потребителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z860" w:id="342"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z860" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) обращение в суд по вопросам защиты прав неопределенного круга потребителей в случаях нарушения прав более десяти потребителей по одному и тому же вопросу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z861" w:id="343"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z861" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224) составление протоколов, возбуждение и рассмотрение дел об административных правонарушениях, а также наложение административных взысканий в сферах технического регулирования, защиты прав потребителей, регулирования торговой деятельности в порядке, установленном Кодексом Республики Казахстан об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z862" w:id="344"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z862" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) внесение предложений (рекомендаций) государственным органам об отмене решений, принятых ими с нарушением Закона Республики Казахстан "О защите прав потребителей" и иных нормативных правовых актов в сфере защиты прав потребителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z863" w:id="345"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z863" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       226) проведение анализа жалоб потребителей, в том числе поступающих посредством единой информационной системы защиты прав потребителей, деятельности государственных органов по вопросам защиты прав потребителей и субъектов досудебного урегулирования потребительских споров; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z1017" w:id="346"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z1017" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226-1) проведение анализа, мониторинга и выявление системных проблем, поднимаемых заявителями в обращениях, запросах, предложениях, откликах и сообщениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z864" w:id="347"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z864" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) определение порядка розничной торговли вне торговых мест путем сетевого маркетинга, общественных распространителей, продажи по почте и другими способами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z981" w:id="348"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z981" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-1) осуществление формирования, мониторинга реализации и оценки результатов государственного социального заказа в порядке, определяемом уполномоченным органом в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z982" w:id="349"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z982" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-2) создание совета по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z983" w:id="350"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z983" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-3) представление информации по реализации государственного социального заказа в уполномоченный орган в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z984" w:id="351"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z984" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-4) размещение на своем интернет-ресурсе планируемых тем и информации по реализации государственного социального заказа, а также оценки результатов государственного социального заказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z985" w:id="352"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z985" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       228-5) оказание информационной, консультативной, методической поддержки неправительственным организациям, осуществляющим государственный социальный заказ; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z986" w:id="353"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z986" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-6) предоставление государственных грантов в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассмотрение отчета оператора о результатах реализации государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z987" w:id="354"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z987" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-7) осуществление оценки эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z988" w:id="355"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z988" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-8) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирование государственных грантов по направлениям и объемам финансирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z989" w:id="356"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z989" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-9) проведение конкурсного отбора стратегических партнеров и заключение с ними договоров в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z990" w:id="357"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z990" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-10) осуществление оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z991" w:id="358"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z991" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-11) ежегодно до 1 декабря представление в уполномоченный орган в сфере взаимодействия с неправительственными организациями информации о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z1051" w:id="359"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z1051" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-12) установление цен на товары (работы, услуги), производимые и (или) реализуемые субъектом специального права, по согласованию с антимонопольным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z1072" w:id="360"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z1072" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-13) рассмотрение петиций физических лиц в порядке и сроки, установленные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z1073" w:id="361"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z1073" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228-14) проведение цифровой трансформации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z866" w:id="362"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z866" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) осуществление иных функций и полномочий, предусмотренных Конституцией, законами, актами Президента и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10156,51 +9616,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования, но не ранее 25.03.2024); от 25.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 599</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; от 29.08.2024 </w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 29.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 709</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 09.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -10336,627 +9816,599 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введение в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п. 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>).</w:t>
+        <w:t xml:space="preserve">); от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1141</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-    <w:bookmarkStart w:name="z867" w:id="363"/>
+    </w:p>
+    <w:bookmarkStart w:name="z867" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства торговли и интеграции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z868" w:id="364"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z868" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z869" w:id="365"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z869" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Министерства назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z870" w:id="366"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z870" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Министерства имеет заместителей (первый вице-министр, вице-министры), которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z871" w:id="367"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z871" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Министерства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z872" w:id="368"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z872" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вырабатывает предложения по формированию государственной политики в регулируемых Министерством сферах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z873" w:id="369"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z873" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечивает межотраслевую координацию в пределах, предусмотренных законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z874" w:id="370"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z874" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) определяет компетенцию и порядок взаимодействия ведомств с иными государственными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z875" w:id="371"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z875" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) создает экспертные советы и иные консультативно-совещательные органы при Министерстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z876" w:id="372"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z876" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в пределах компетенции Министерства принимает нормативные правовые акты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z877" w:id="373"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z877" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) представляет Министерство в Парламенте Республики Казахстан, государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z878" w:id="374"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z878" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) утверждает стратегические и программные документы Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z879" w:id="375"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z879" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) утверждает регламент работы Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z880" w:id="376"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z880" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) принимает меры по противодействию коррупции в Министерстве и несет за это персональную ответственность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z881" w:id="377"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z881" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осуществляет иные полномочия в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z882" w:id="378"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z882" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Министерства в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z883" w:id="379"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z883" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z884" w:id="380"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z884" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Аппарат Министерства возглавляется руководителем аппарата, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z885" w:id="381"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z885" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Министерства торговли и интеграции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z886" w:id="382"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z886" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z887" w:id="383"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z887" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z888" w:id="384"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z888" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z889" w:id="385"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z889" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z890" w:id="386"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z890" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства торговли и интеграции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z891" w:id="387"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z891" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z892" w:id="388"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z892" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkEnd w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 02.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10971,70 +10423,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 19.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 349</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2025).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z893" w:id="389"/>
+    <w:bookmarkStart w:name="z893" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Акционерное общество "Центр развития торговой политики "QazTrade".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkEnd w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11117,710 +10569,710 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z896" w:id="390"/>
+    <w:bookmarkStart w:name="z896" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное предприятие на праве хозяйственного ведения "Казахстанский институт стандартизации и метрологии" Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z897" w:id="391"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z897" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное предприятие на праве хозяйственного ведения "Национальный центр аккредитации" Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z898" w:id="392"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z898" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений, находящихся в ведении Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z899" w:id="393"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z899" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень исключен постановлением Правительства РК от 22.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z900" w:id="394"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z900" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень территориальных органов, находящихся в ведении Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkEnd w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень Исключен постановлением Правительства РК от 05.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 979</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z996" w:id="395"/>
+    <w:bookmarkStart w:name="z996" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень территориальных органов, находящихся в ведении Министерства торговли и интеграции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkEnd w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Положение дополнено перечнем в соответствии с постановлением Правительства РК от 05.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 979</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z997" w:id="396"/>
+    <w:bookmarkStart w:name="z997" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по городу Астане".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z998" w:id="397"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z998" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по городу Алматы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z999" w:id="398"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z999" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по городу Шымкенту".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z1000" w:id="399"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z1000" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по области Абай".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z1001" w:id="400"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z1001" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Акмолинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z1002" w:id="401"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z1002" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Актюбинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z1003" w:id="402"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z1003" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Алматинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z1004" w:id="403"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z1004" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Атырауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z1005" w:id="404"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z1005" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Западно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z1006" w:id="405"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z1006" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Жамбылской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z1007" w:id="406"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z1007" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z1008" w:id="407"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z1008" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Карагандинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z1009" w:id="408"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z1009" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Костанайской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z1010" w:id="409"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z1010" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z1011" w:id="410"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z1011" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Мангистауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z1012" w:id="411"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z1012" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Павлодарской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z1013" w:id="412"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z1013" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Северо-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z1014" w:id="413"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z1014" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Туркестанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z1015" w:id="414"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z1015" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по области Ұлытау".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z1016" w:id="415"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z1016" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Республиканское государственное учреждение "Департамент торговли и защиты прав потребителей Министерства торговли и интеграции Республики Казахстан по Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkEnd w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z918" w:id="416"/>
+    <w:bookmarkStart w:name="z918" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень территориальных органов, находящихся в ведении Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkEnd w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11835,468 +11287,468 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 05.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 979</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z919" w:id="417"/>
+    <w:bookmarkStart w:name="z919" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по городу Астане".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z920" w:id="418"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z920" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по городу Алматы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z921" w:id="419"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z921" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по городу Шымкенту".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z975" w:id="420"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z975" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по области Абай".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z922" w:id="421"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z922" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Акмолинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z923" w:id="422"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z923" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Актюбинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z924" w:id="423"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z924" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Алматинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z925" w:id="424"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z925" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Атырауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z926" w:id="425"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z926" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Западно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z927" w:id="426"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z927" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Жамбылской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z976" w:id="427"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z976" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z928" w:id="428"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z928" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Карагандинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z929" w:id="429"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z929" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Костанайской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z930" w:id="430"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z930" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z931" w:id="431"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z931" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Мангистауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z932" w:id="432"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z932" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Павлодарской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z933" w:id="433"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z933" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Северо-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z934" w:id="434"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z934" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Туркестанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z977" w:id="435"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z977" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-1. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по области Ұлытау".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z935" w:id="436"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z935" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z936" w:id="437"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z936" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень территориальных органов, находящихся в ведении Комитета торговли Министерства торговли и интеграции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkEnd w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень исключен постановлением Правительства РК от 05.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12413,348 +11865,348 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 10 июля 2019 года № 497</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z304" w:id="438"/>
+    <w:bookmarkStart w:name="z304" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Изменения и дополнения, которые вносятся в некоторые решения Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z305" w:id="439"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z305" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 мая 1999 года № 659 "О передаче прав по владению и пользованию государственными пакетами акций и государственными долями в организациях, находящихся в республиканской собственности":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z306" w:id="440"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z306" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных пакетов акций и государственных долей участия в организациях республиканской собственности, право владения и пользования которыми передается отраслевым министерствам и иным государственным органам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z307" w:id="441"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z307" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе "Министерству национальной экономики Республики Казахстан":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z308" w:id="442"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z308" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку, порядковый номер 362, исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z309" w:id="443"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z309" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе "Министерству индустрии и инфраструктурного развития Республики Казахстан":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z310" w:id="444"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z310" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подраздел "Комитету технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан" исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z311" w:id="445"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z311" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить разделом следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z312" w:id="446"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z312" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Министерству торговли и интеграции Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z313" w:id="447"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z313" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       400. Акционерное общество "Центр развития торговой политики".";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z314" w:id="448"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z314" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить подразделом следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z315" w:id="449"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z315" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Комитету технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z316" w:id="450"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z316" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       401. Товарищество с ограниченной ответственностью "Национальный центр аккредитации".".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkEnd w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12783,190 +12235,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z325" w:id="451"/>
+    <w:bookmarkStart w:name="z325" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 28 октября 2004 года № 1118 "Вопросы Министерства иностранных дел Республики Казахстан" (САПП Республики Казахстан, 2004 г., № 41, ст. 530):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z326" w:id="452"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z326" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Министерстве иностранных дел Республики Казахстан, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z327" w:id="453"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z327" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z328" w:id="454"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z328" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в функциях центрального аппарата:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkEnd w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12979,190 +12431,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 61-18)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z330" w:id="455"/>
+    <w:bookmarkStart w:name="z330" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 15 апреля 2008 года № 339 "Об утверждении лимитов штатной численности министерств и иных центральных исполнительных органов с учетом численности их территориальных органов и подведомственных им государственных учреждений":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z331" w:id="456"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z331" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лимитах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> штатной численности министерств и иных центральных исполнительных органов с учетом численности их территориальных органов и подведомственных им государственных учреждений, утвержденных указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z332" w:id="457"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z332" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе 4:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z333" w:id="458"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z333" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z334" w:id="459"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z334" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkEnd w:id="467"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13475,110 +12927,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z335" w:id="460"/>
+    <w:bookmarkStart w:name="z335" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z336" w:id="461"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z336" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z337" w:id="462"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z337" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkEnd w:id="470"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13669,130 +13121,130 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3992</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z338" w:id="463"/>
+    <w:bookmarkStart w:name="z338" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z339" w:id="464"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z339" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе 5:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z340" w:id="465"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z340" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z341" w:id="466"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z341" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkEnd w:id="474"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13883,110 +13335,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2148</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z342" w:id="467"/>
+    <w:bookmarkStart w:name="z342" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z343" w:id="468"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z343" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z344" w:id="469"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z344" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkEnd w:id="477"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14077,130 +13529,130 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z345" w:id="470"/>
+    <w:bookmarkStart w:name="z345" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z346" w:id="471"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z346" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе 8:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z347" w:id="472"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z347" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z348" w:id="473"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z348" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkEnd w:id="481"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14291,110 +13743,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9744</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z349" w:id="474"/>
+    <w:bookmarkStart w:name="z349" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z350" w:id="475"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z350" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z351" w:id="476"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z351" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkEnd w:id="484"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14485,130 +13937,130 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z352" w:id="477"/>
+    <w:bookmarkStart w:name="z352" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z353" w:id="478"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z353" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе 9:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z354" w:id="479"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z354" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z355" w:id="480"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z355" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkEnd w:id="488"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14699,110 +14151,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19883</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z356" w:id="481"/>
+    <w:bookmarkStart w:name="z356" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z357" w:id="482"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z357" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z358" w:id="483"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z358" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkEnd w:id="491"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14893,130 +14345,130 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19808</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z359" w:id="484"/>
+    <w:bookmarkStart w:name="z359" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z360" w:id="485"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z360" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе 10:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z361" w:id="486"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z361" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z362" w:id="487"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z362" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkEnd w:id="495"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15107,110 +14559,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z363" w:id="488"/>
+    <w:bookmarkStart w:name="z363" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z364" w:id="489"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z364" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z365" w:id="490"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z365" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkEnd w:id="498"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15301,130 +14753,130 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z366" w:id="491"/>
+    <w:bookmarkStart w:name="z366" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-    <w:bookmarkStart w:name="z367" w:id="492"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z367" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе 14:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z368" w:id="493"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z368" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z369" w:id="494"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z369" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkEnd w:id="502"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15515,110 +14967,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 938</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z370" w:id="495"/>
+    <w:bookmarkStart w:name="z370" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z371" w:id="496"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z371" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z372" w:id="497"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z372" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkEnd w:id="505"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15709,110 +15161,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 933</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z373" w:id="498"/>
+    <w:bookmarkStart w:name="z373" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z374" w:id="499"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z374" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить разделом 15 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z375" w:id="500"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z375" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkEnd w:id="508"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16125,190 +15577,190 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z376" w:id="501"/>
+    <w:bookmarkStart w:name="z376" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z377" w:id="502"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z377" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 24 сентября 2014 года № 1011 "Вопросы Министерства национальной экономики Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 59-60, ст. 555):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z378" w:id="503"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z378" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Министерстве национальной экономики Республики Казахстан, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z379" w:id="504"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z379" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkEnd w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16321,70 +15773,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z381" w:id="505"/>
+    <w:bookmarkStart w:name="z381" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) стратегического планирования, налоговой и бюджетной политики, а также политики в области таможенного дела, по привлечению инвестиций, государственного и гарантированного государством заимствования и долга, государственно-частного партнерства, государственных инвестиционных проектов, рекламы, защиты конкуренции и ограничения монополистической деятельности, естественных монополий, за исключением сфер аэронавигации, аэропортов и по предоставлению в имущественный наем (аренду) или пользование кабельной канализации, на общественно значимых рынках, управления государственными активами, в том числе повышения качества корпоративного управления, развития системы государственного управления;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkEnd w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16397,70 +15849,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 6)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z383" w:id="506"/>
+    <w:bookmarkStart w:name="z383" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6) межотраслевой координации, а также стратегические, контрольные, реализационные и регулятивные функции;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkEnd w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16473,210 +15925,210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z385" w:id="507"/>
+    <w:bookmarkStart w:name="z385" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2. Министерство имеет ведомства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z386" w:id="508"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z386" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Комитет по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z387" w:id="509"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z387" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Комитет по регулированию естественных монополий Министерства национальной экономики Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z388" w:id="510"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z388" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Комитет по статистике Министерства национальной экономики Республики Казахстан.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z389" w:id="511"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z389" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пункт 9 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z390" w:id="512"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z390" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "9. Местонахождение Министерства: 010000, город Нур-Султан, Есильский район, проспект Мәңгілік Ел, 8, административное здание "Дом министерств", 7 подъезд.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z391" w:id="513"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z391" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkEnd w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16689,70 +16141,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 9)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z393" w:id="514"/>
+    <w:bookmarkStart w:name="z393" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "9) международных экономических и финансовых отношений;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkEnd w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16825,90 +16277,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z395" w:id="515"/>
+    <w:bookmarkStart w:name="z395" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. Функции центрального аппарата:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkEnd w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16921,150 +16373,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 67)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z397" w:id="516"/>
+    <w:bookmarkStart w:name="z397" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "67) выступление от имени Правительства Республики Казахстан на переговорах с международными экономическими организациями, а также в рамках двусторонних инициатив;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z398" w:id="517"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z398" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подпункт 67-1) исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z399" w:id="518"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z399" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подпункт 68) изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z400" w:id="519"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z400" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "68) разработка предложений и координация деятельности государственных органов по развитию экономического сотрудничества в рамках международных и региональных организаций;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z401" w:id="520"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z401" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подпункт 68-1) исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkEnd w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17077,70 +16529,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 69)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z403" w:id="521"/>
+    <w:bookmarkStart w:name="z403" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "69) мониторинг выполнения международных договоров в экономической сфере, участником которых является Республика Казахстан, и осуществление подготовки предложений по определению приоритетных направлений экономического сотрудничества Республики Казахстан;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkEnd w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17813,90 +17265,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 285), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>286)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, 339-54), 339-55), 339-56), 339-61) и 339-63) исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z405" w:id="522"/>
+    <w:bookmarkStart w:name="z405" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkEnd w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17909,190 +17361,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 1-35)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z407" w:id="523"/>
+    <w:bookmarkStart w:name="z407" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1-35) взаимодействие с правоохранительными органами в пределах компетенции, установленной законодательством Республики Казахстан, при осуществлении государственного контроля в сферах естественных монополий и государственного контроля за соблюдением порядка ценообразования и обязанностей субъекта общественно значимого рынка;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z408" w:id="524"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z408" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить подпунктом 92-14) следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z409" w:id="525"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z409" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "92-14) снижение предельных цен на товары (работы, услуги), реализуемые субъектами общественно значимых рынков, в размере дохода, полученного в связи с:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z410" w:id="526"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z410" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неисполнением мероприятий инвестиционной программы, учтенных в предельных ценах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z411" w:id="527"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z411" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неиспользованием средств на покупку и (или) передачу электрической энергии, товарного газа, учтенных в предельных ценах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z412" w:id="528"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z412" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       превышением объемов потребления товаров (работ, услуг), в том числе отдельными группами потребителей, учтенных в предельных ценах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z413" w:id="529"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z413" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       превышением предельной цены на товары (работы, услуги), согласованной уполномоченным органом, осуществляющим руководство в сферах естественных монополий;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkEnd w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18221,70 +17673,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 185)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z416" w:id="530"/>
+    <w:bookmarkStart w:name="z416" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "185) проведение анализа законодательства Республики Казахстан на предмет необходимости его совершенствования по вопросам защиты прав потребителей и разработка проектов нормативных правовых актов;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkEnd w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18377,310 +17829,310 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>208-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z418" w:id="531"/>
+    <w:bookmarkStart w:name="z418" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить подпунктами 266-73), 266-74) следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z419" w:id="532"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z419" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "266-73) разработка и утверждение календарного плана по проведению национальной переписи населения Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z420" w:id="533"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z420" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266-74) разработка, утверждение и согласование организационных планов по проведению национальной переписи населения Республики Казахстан;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z421" w:id="534"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z421" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> организаций, находящихся в ведении Министерства национальной экономики Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z422" w:id="535"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z422" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку, порядковый номер 3, исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z423" w:id="536"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z423" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       раздел "Перечень государственных учреждений, находящихся в ведении Министерства национальной экономики Республики Казахстан" исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z424" w:id="537"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z424" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       раздел "Перечень государственных учреждений – территориальных подразделений Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан" изложить в редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к изменениям и дополнениям, которые вносятся в некоторые решения Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z425" w:id="538"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z425" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       дополнить разделом "Перечень государственных учреждений – территориальных подразделений Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан" согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к изменениям и дополнениям, которые вносятся в некоторые решения Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z426" w:id="539"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z426" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных учреждений – территориальных органов Комитета по статистике Министерства национальной экономики Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkEnd w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18693,110 +18145,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z428" w:id="540"/>
+    <w:bookmarkStart w:name="z428" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "15. Департамент Комитета по статистике Министерства национальной экономики Республики Казахстан по городу Нур-Султану.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z429" w:id="541"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z429" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 21 января 2015 года № 12 "Об определении лицензиара по выдаче лицензии на изготовление Государственного Флага Республики Казахстан и Государственного Герба Республики Казахстан и уполномоченного органа на выдачу разрешений второй категории в сфере технического регулирования и метрологии" (САПП Республики Казахстан 2015 г., № 1, ст. 3):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkEnd w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18809,150 +18261,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z431" w:id="542"/>
+    <w:bookmarkStart w:name="z431" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Определить Комитет технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z432" w:id="543"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z432" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лицензиаром по осуществлению деятельности по изготовлению Государственного Флага Республики Казахстан и Государственного Герба Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z433" w:id="544"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z433" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) органом, уполномоченным на выдачу разрешений второй категории в сфере технического регулирования, стандартизации и обеспечения единства измерений, согласно приложению к настоящему постановлению.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z434" w:id="545"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z434" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 28 августа 2015 года № 667 "Об определении лицензиара по осуществлению лицензирования деятельности в сфере товарных бирж и признании утратившими силу постановлений Правительства Республики Казахстан от 21 декабря 2012 года № 1653 "О некоторых вопросах лицензирования деятельности товарных бирж, биржевых брокеров и биржевых дилеров" и от 25 февраля 2014 года № 149 "Об утверждении стандартов государственных услуг, оказываемых Министерством экономики и бюджетного планирования Республики Казахстан, и о внесении изменений в постановление Правительства Республики Казахстан от 21 декабря 2012 года № 1653 "О некоторых вопросах лицензирования деятельности товарных бирж, биржевых брокеров и биржевых дилеров" и признании утратившими силу некоторых решений Правительства Республики Казахстан" (САПП Республики Казахстан, 2015 г., № 45, ст. 358):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkEnd w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18965,190 +18417,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z436" w:id="546"/>
+    <w:bookmarkStart w:name="z436" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Определить лицензиаром по осуществлению лицензирования деятельности в сфере товарных бирж Министерство торговли и интеграции Республики Казахстан.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z437" w:id="547"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z437" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 24 апреля 2015 года № 287 "Об утверждении перечня товаров, экспорт и (или) импорт которых подлежат лицензированию, лицензиаров и государственных органов, которые осуществляют согласование выдачи лицензии" (САПП Республики Казахстан 2015 г., № 24-25, ст. 148):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z438" w:id="548"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z438" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> товаров, экспорт и (или) импорт которых подлежат лицензированию, лицензиаров и государственных органов, которые осуществляют согласование выдачи лицензии, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z439" w:id="549"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z439" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строки, порядковые номера, 17 и 18, изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z440" w:id="550"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z440" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkEnd w:id="558"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -19421,130 +18873,130 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МСХ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z441" w:id="551"/>
+    <w:bookmarkStart w:name="z441" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z442" w:id="552"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z442" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аббревиатуру "МНЭ – Министерство национальной экономики Республики Казахстан" заменить аббревиатурой "МТИ – Министерство торговли и интеграции Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z443" w:id="553"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z443" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 23 декабря 2015 года № 1033 "О некоторых вопросах лицензирования деятельности в сфере промышленности и признании утратившими силу некоторых решений Правительства Республики Казахстан" (САПП Республики Казахстан, 2015 г., № 68-69, ст. 514):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkEnd w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19557,330 +19009,330 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z445" w:id="554"/>
+    <w:bookmarkStart w:name="z445" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Определить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z446" w:id="555"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z446" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Комитет индустриального развития и промышленной безопасности Министерства индустрии и инфраструктурного развития Республики Казахстан лицензиаром на осуществление деятельности по эксплуатации горных и химических производств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z447" w:id="556"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z447" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Комитет по регулированию естественных монополий Министерства национальной экономики Республики Казахстан лицензиаром на осуществление деятельности по покупке электрической энергии в целях энергоснабжения.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z448" w:id="557"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z448" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 28 декабря 2015 года № 1083 "О некоторых вопросах выдачи разрешительных документов в сфере экспортного контроля" (САПП Республики Казахстан, 2015 г., № 72-73-74, ст. 542):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z449" w:id="558"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z449" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       подпункт 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z450" w:id="559"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z450" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) Комитет индустриального развития и промышленной безопасности Министерства индустрии и инфраструктурного развития Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z451" w:id="560"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z451" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицензиаром по экспорту и импорту продукции, подлежащей экспортному контролю;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z452" w:id="561"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z452" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       органом, уполномоченным на выдачу разрешения на реэкспорт продукции, подлежащей экспортному контролю, разрешения на переработку продукции вне территории Республики Казахстан, разрешения на транзит продукции, заключения об отнесении товаров, технологий, работ, услуг, информации к продукции, гарантийного обязательства (сертификата конечного пользователя);";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z453" w:id="562"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z453" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z454" w:id="563"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z454" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку, порядковый номер 6, изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z455" w:id="564"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z455" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkEnd w:id="572"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -19916,70 +19368,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z456" w:id="565"/>
+          <w:bookmarkStart w:name="z456" w:id="573"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппаратура, основанная на использовании рентгеновского, альфа-, бета-, гамма или нейтронного излучения, содержащая радиоактивные источники, имеющие активность, превышающую минимально значимую активность.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="565"/>
+          <w:bookmarkEnd w:id="573"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппаратура без радиоактивных источников, имеющая защиту в виде обедненного урана (МЗА)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20044,151 +19496,151 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9022*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z457" w:id="566"/>
+          <w:bookmarkStart w:name="z457" w:id="574"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комитет атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="566"/>
+          <w:bookmarkEnd w:id="574"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комитет контроля качества и безопасности товаров и услуг Министерства здравоохранения Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z458" w:id="567"/>
+    <w:bookmarkStart w:name="z458" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z459" w:id="568"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z459" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку, порядковый номер 7, изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z460" w:id="569"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z460" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkEnd w:id="577"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20292,207 +19744,207 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z461" w:id="570"/>
+          <w:bookmarkStart w:name="z461" w:id="578"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8705 90 900 0*</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="570"/>
+          <w:bookmarkEnd w:id="578"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (только автомобили с рентгеновскими установками), 9022*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z462" w:id="571"/>
+          <w:bookmarkStart w:name="z462" w:id="579"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комитет атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="571"/>
+          <w:bookmarkEnd w:id="579"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комитет контроля качества и безопасности товаров и услуг Министерства здравоохранения Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z463" w:id="572"/>
+    <w:bookmarkStart w:name="z463" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z464" w:id="573"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z464" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку, порядковый номер 99, изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z465" w:id="574"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z465" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkEnd w:id="582"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20528,90 +19980,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 99.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z466" w:id="575"/>
+          <w:bookmarkStart w:name="z466" w:id="583"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Продукция, подлежащая экспортному контролю в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>постановлением</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 февраля 2008 года № 104 "Об утверждении номенклатуры (списка) продукции, подлежащей экспортному контролю": продукция по категории 1- "Материалы, химикаты, "микроорганизмы" и "токсины";</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="575"/>
+          <w:bookmarkEnd w:id="583"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -20696,70 +20148,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z468" w:id="576"/>
+          <w:bookmarkStart w:name="z468" w:id="584"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По категории 1:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="576"/>
+          <w:bookmarkEnd w:id="584"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -20849,130 +20301,130 @@
               </w:rPr>
               <w:t>по Военному списку:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министерство обороны Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z473" w:id="577"/>
+    <w:bookmarkStart w:name="z473" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z474" w:id="578"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z474" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в приложении 2:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z475" w:id="579"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z475" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строки, порядковые номера 3 и 4, изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z476" w:id="580"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z476" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkEnd w:id="588"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21042,70 +20494,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Химикаты, товары и технологии двойного применения, которые могут быть использованы при создании химического оружия по спискам, перечням, устанавливаемым международными режимами экспортного контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z477" w:id="581"/>
+          <w:bookmarkStart w:name="z477" w:id="589"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комитет контроля качества и безопасности товаров и услуг Министерства здравоохранения Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="581"/>
+          <w:bookmarkEnd w:id="589"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -21203,279 +20655,279 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возбудители заболеваний, их генетически измененные формы и фрагменты генетического материала, которые могут быть использованы при создании бактериологического (биологического) и токсинного оружия, списки, перечни которых устанавливаются международными режимами экспортного контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z479" w:id="582"/>
+          <w:bookmarkStart w:name="z479" w:id="590"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комитет контроля качества и безопасности товаров и услуг Министерства здравоохранения Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="582"/>
+          <w:bookmarkEnd w:id="590"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министерство сельского хозяйства Республики Казахстан </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комитет транспорта Министерства индустрии и инфраструктурного развития Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z481" w:id="583"/>
+    <w:bookmarkStart w:name="z481" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z482" w:id="584"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z482" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 декабря 2015 года № 1141 "О некоторых вопросах приватизации на 2016 - 2020 годы" (САПП Республики Казахстан, 2015 г., № 77-78-79, ст. 588):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z483" w:id="585"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z483" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Комплексном плане</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приватизации на 2016 - 2020 годы, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z484" w:id="586"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z484" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе "4. Формирование оптимальной структуры государственной собственности":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z485" w:id="587"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z485" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку, порядковый номер 1, изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z486" w:id="588"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z486" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkEnd w:id="596"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -21710,170 +21162,170 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z487" w:id="589"/>
+    <w:bookmarkStart w:name="z487" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z488" w:id="590"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z488" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в примечании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z489" w:id="591"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z489" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в расшифровке аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z490" w:id="592"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z490" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       строку:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z491" w:id="593"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z491" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КРЕМЗК МНЭ – Комитет по регулированию естественных монополий и защите конкуренции Министерства национальной экономики Республики Казахстан (Антимонопольный орган)" изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z492" w:id="594"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z492" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЗРК МНЭ – Комитет по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkEnd w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22091,408 +21543,408 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>решения Правительства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z509" w:id="595"/>
+    <w:bookmarkStart w:name="z509" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений – территориальных подразделений Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z510" w:id="596"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z510" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Нур-Султану.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z511" w:id="597"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z511" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Алматы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z512" w:id="598"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z512" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Шымкенту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z513" w:id="599"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z513" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Акмолинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z514" w:id="600"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z514" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Актюбинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z515" w:id="601"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z515" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Алматинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z516" w:id="602"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z516" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Атырауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z517" w:id="603"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z517" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Западно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z518" w:id="604"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z518" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Жамбылской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z519" w:id="605"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z519" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Карагандинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z520" w:id="606"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z520" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Костанайской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z521" w:id="607"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z521" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Кызылординской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z522" w:id="608"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z522" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Мангистауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z523" w:id="609"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z523" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Павлодарской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z524" w:id="610"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z524" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z525" w:id="611"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z525" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Туркестанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z526" w:id="612"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z526" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkEnd w:id="620"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22584,748 +22036,748 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>решения Правительства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z528" w:id="613"/>
+    <w:bookmarkStart w:name="z528" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений – территориальных подразделений Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z529" w:id="614"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z529" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по городу Нур-Султану.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z530" w:id="615"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z530" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по городу Алматы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z531" w:id="616"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z531" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по городу Шымкенту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z532" w:id="617"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z532" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Акмолинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z533" w:id="618"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z533" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Актюбинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z534" w:id="619"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z534" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Алматинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z535" w:id="620"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z535" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Атырауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z536" w:id="621"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z536" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Западно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z537" w:id="622"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z537" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Жамбылской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z538" w:id="623"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z538" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Карагандинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z539" w:id="624"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z539" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Костанайской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z540" w:id="625"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z540" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Кызылординской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z541" w:id="626"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z541" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Мангистауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z542" w:id="627"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z542" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Павлодарской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z543" w:id="628"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z543" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z544" w:id="629"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z544" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Туркестанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z545" w:id="630"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z545" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Департамент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkEnd w:id="638"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23404,408 +22856,408 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 10 июля 2019 года № 497</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z547" w:id="631"/>
+    <w:bookmarkStart w:name="z547" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень реорганизуемых государственных учреждений – территориальных подразделений Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z548" w:id="632"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z548" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по городу Астане" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по городу Нур-Султану", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Нур-Султану" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по городу Нур-Султану".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z549" w:id="633"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z549" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по городу Алматы" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по городу Алматы", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Алматы" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по городу Алматы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z550" w:id="634"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z550" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по городу Шымкенту" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по городу Шымкенту", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по городу Шымкенту" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по городу Шымкент".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z551" w:id="635"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z551" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Акмолинской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Акмолинской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Акмолинской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции по Акмолинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z552" w:id="636"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z552" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Актюбинской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Актюбинской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Актюбинской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Актюбинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z553" w:id="637"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z553" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Алматинской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Алматинской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Алматинской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Алматинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z554" w:id="638"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z554" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Атырауской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Атырауской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Атырауской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Атырауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z555" w:id="639"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z555" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Западно-Казахстанской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Западно-Казахстанской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Западно-Казахстанской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Западно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z556" w:id="640"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z556" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Жамбылской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Жамбылской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Жамбылской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Жамбылской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z557" w:id="641"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z557" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Карагандинской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Карагандинской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Карагандинской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Карагандинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z558" w:id="642"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z558" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Костанайской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Костанайской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Костанайской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Костанайской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z559" w:id="643"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z559" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Кызылординской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Кызылординской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Кызылординской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z560" w:id="644"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z560" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Мангистауской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Мангистауской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Мангистауской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Мангистауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z561" w:id="645"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z561" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Павлодарской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Павлодарской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Павлодарской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Павлодарской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z562" w:id="646"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z562" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Северо-Казахстанской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Северо-Казахстанской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Северо-Казахстанской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Северо-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z563" w:id="647"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z563" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Туркестанской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Туркестанской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Туркестанской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Туркестанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z564" w:id="648"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z564" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. "Департамент Комитета по регулированию естественных монополий, защите конкуренции и прав потребителей Министерства национальной экономики Республики Казахстан по Восточно-Казахстанской области" путем разделения на "Департамент Комитета по защите и развитию конкуренции Министерства национальной экономики Республики Казахстан по Восточно-Казахстанской области", "Департамент Комитета по регулированию естественных монополий Министерства национальной экономики Республики Казахстан по Восточно-Казахстанской области" и "Департамент Комитета по защите прав потребителей Министерства торговли и интеграции Республики Казахстан по Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkEnd w:id="656"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23884,408 +23336,408 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 10 июля 2019 года № 497</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z566" w:id="649"/>
+    <w:bookmarkStart w:name="z566" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых республиканских государственных учреждений – территориальных подразделений Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z567" w:id="650"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z567" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по городу Астане" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по городу Нур-Султану".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z568" w:id="651"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z568" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по городу Алматы" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по городу Алматы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z569" w:id="652"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z569" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по городу Шымкенту" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по городу Шымкенту".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z570" w:id="653"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z570" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Акмолинской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Акмолинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z571" w:id="654"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z571" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Актюбинской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Актюбинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z572" w:id="655"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z572" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Алматинской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Алматинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z573" w:id="656"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z573" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Атырауской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Атырауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z574" w:id="657"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z574" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Западно-Казахстанской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Западно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z575" w:id="658"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z575" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Жамбылской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Жамбылской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z576" w:id="659"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z576" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Карагандинской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Карагандинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z577" w:id="660"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z577" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Костанайской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Костанайской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z578" w:id="661"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z578" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Кызылординской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z579" w:id="662"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z579" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Мангистауской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Мангистауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z580" w:id="663"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z580" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Павлодарской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Павлодарской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z581" w:id="664"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z581" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Северо-Казахстанской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Северо-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z582" w:id="665"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z582" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Туркестанской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Туркестанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z583" w:id="666"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z583" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан по Восточно-Казахстанской области" в республиканское государственное учреждение "Департамент Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан по Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkEnd w:id="674"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24364,108 +23816,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 10 июля 2019 года № 497</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z586" w:id="667"/>
+    <w:bookmarkStart w:name="z586" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых государственных предприятий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z587" w:id="668"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z587" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное предприятие на праве хозяйственного ведения "Казахстанский институт стандартизации и сертификации (КазИнСт)" Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан в республиканское государственное предприятие на праве хозяйственного ведения "Казахстанский институт стандартизации и сертификации (КазИнСт)" Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z588" w:id="669"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z588" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное предприятие на праве хозяйственного ведения "Казахстанский институт метрологии (КазИнМетр)" Комитета технического регулирования и метрологии Министерства индустрии и инфраструктурного развития Республики Казахстан в республиканское государственное предприятие на праве хозяйственного ведения "Казахстанский институт метрологии (КазИнМетр)" Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkEnd w:id="677"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24544,202 +23996,202 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 10 июля 2019 года № 497</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z590" w:id="670"/>
+    <w:bookmarkStart w:name="z590" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень юридических лиц, права владения и пользования государственными пакетами акций и долями участия которых передаются Министерству торговли и интеграции Республики Казахстан и его ведомствам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z591" w:id="671"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z591" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Министерству торговли и интеграции Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z592" w:id="672"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z592" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерное общество "Центр развития торговой политики".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z593" w:id="673"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z593" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z594" w:id="674"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z594" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Товарищество с ограниченной ответственностью "Национальный центр аккредитации".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkEnd w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>