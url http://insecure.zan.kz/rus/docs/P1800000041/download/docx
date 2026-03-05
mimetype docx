--- v0 (2025-11-07)
+++ v1 (2026-03-05)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a344c9e" w14:textId="a344c9e">
+    <w:p w14:paraId="f94b8c6" w14:textId="f94b8c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -643,139 +643,127 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 февраля 2018 года № 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Объем принятых государственных концессионных обязательств</w:t>
-[...11 lines deleted...]
-        <w:t>Правительства Республики Казахстан по годам</w:t>
+        <w:t xml:space="preserve"> Объем принятых государственных концессионных обязательств Правительства Республики Казахстан по годам</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции постановления Правительства РК от 29.08.2024 </w:t>
+      Сноска. Приложение - в редакции постановления Правительства РК от 26.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 710</w:t>
+        <w:t>№ 1156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="7"/>
+    <w:bookmarkStart w:name="z47" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> График платежей платы за доступность</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z32" w:id="8"/>
+    <w:bookmarkStart w:name="z48" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Общая базовая сумма предполагаемой без учета валютной компенсации, а также корректировки платы за доступность, предусмотренной условиями договора концессии платы за доступность составляет 510 967 322 (пятьсот десять миллиардов девятьсот шестьдесят семь миллионов триста двадцать две тысячи) тенге (в том числе компенсация инвестиционных затрат (КИЗ) – 176 724 305 тысяч тенге, компенсация эксплуатационных затрат (КЭЗ) – 28 031 259 тысяч тенге, вознаграждение за управление (ВЗУ) – 306 211 758 тысяч тенге), в том числе по годам: </w:t>
+        <w:t>
+      Общая базовая сумма предполагаемой (без учета корректировки платы за доступность, предусмотренной условиями договора концессии) платы за доступность с учҰтом валютной компенсации составляет 540150134000 (пятьсот сорок миллиардов сто пятьдесят миллионов сто тридцать четыре тысячи) тенге (в том числе компенсация инвестиционных затрат (КИЗ) – 176724305 тысяч тенге, компенсация эксплуатационных затрат (КЭЗ) – 28031259 тысяч тенге, вознаграждение за управление (ВЗУ) – 335394570 тысяч тенге), в том числе по годам:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -790,493 +778,259 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2023 год</w:t>
+2023 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z13" w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+15855584 тысячи тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
-[...264 lines deleted...]
-            </w:r>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 6497217 тысяч тенге, КЭЗ – 347796 тысяч тенге, ВЗУ – 9010571 тысяча тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z15" w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2024 год</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z14" w:id="10"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="10"/>
+          <w:bookmarkStart w:name="z16" w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60297452 тысячи тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(в том числе </w:t>
-[...18 lines deleted...]
-            </w:r>
+              <w:t>(в том числе КИЗ – 17109338 тысяч тенге, КЭЗ – 818479 тысяч тенге, ВЗУ – 42369635 тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -1293,87 +1047,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2025 год </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z16" w:id="11"/>
-[...35 lines deleted...]
-            </w:r>
+          <w:bookmarkStart w:name="z18" w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48727837 тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 15593321 тысяча тенге, КЭЗ – 781567 тысяч тенге, ВЗУ – 32352949 тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -1390,87 +1161,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2026 год </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z17" w:id="12"/>
+          <w:bookmarkStart w:name="z20" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-38 053 400 тысяч тенге </w:t>
-[...19 lines deleted...]
-            </w:r>
+38053400 тысяч тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 15593321 тысяча тенге, КЭЗ – 828461 тысяча тенге, ВЗУ – 21631618 тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -1487,87 +1275,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2027 год </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z18" w:id="13"/>
-[...35 lines deleted...]
-            </w:r>
+          <w:bookmarkStart w:name="z22" w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38053400 тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 15593321 тысяча тенге, КЭЗ – 878169 тысяч тенге, ВЗУ – 21581910 тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -1584,87 +1389,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2028 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z19" w:id="14"/>
+          <w:bookmarkStart w:name="z24" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-38 053 400 тысяч тенге </w:t>
-[...19 lines deleted...]
-            </w:r>
+38053400 тысяч тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 15593321 тысяча тенге, КЭЗ – 3100890 тысяч тенге, ВЗУ – 19359189 тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -1681,87 +1503,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2029 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z20" w:id="15"/>
+          <w:bookmarkStart w:name="z26" w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-38 053 400 тысяч тенге </w:t>
-[...19 lines deleted...]
-            </w:r>
+38053400 тысяч тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 15593321 тысяча тенге, КЭЗ – 3156741 тысяча тенге, ВЗУ – 19303338 тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -1778,96 +1617,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2030 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z21" w:id="16"/>
+          <w:bookmarkStart w:name="z28" w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-38 053 400 тысяч тенге </w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="16"/>
+38053400 тысяч тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(в том числе КИЗ – 15 593 321 тысяча тенге, КЭЗ – 1 045 913 тысяч тенге, ВЗУ – 21 414 166 тысяч тенге)</w:t>
+              <w:t>(в том числе КИЗ – 15593321 тысяча тенге, КЭЗ – 1045913 тысяч тенге, ВЗУ – 21414166 тысяч тенге)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
@@ -1892,87 +1731,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2031 год </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z23" w:id="17"/>
+          <w:bookmarkStart w:name="z30" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-38 053 400 тысяч тенге </w:t>
-[...19 lines deleted...]
-            </w:r>
+38053400 тысяч тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 15593321 тысяча тенге, КЭЗ – 1108668 тысяч тенге, ВЗУ – 21351411 тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -1989,87 +1845,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2032 год </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z24" w:id="18"/>
+          <w:bookmarkStart w:name="z32" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-38 053 400 тысяч тенге </w:t>
-[...19 lines deleted...]
-            </w:r>
+38053400 тысяч тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 15593321 тысяча тенге, КЭЗ – 1175188 тысяч тенге, ВЗУ – 21284891 тысяча тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2086,87 +1959,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2033 год </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z25" w:id="19"/>
+          <w:bookmarkStart w:name="z34" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-38 053 400 тыс. тенге </w:t>
-[...19 lines deleted...]
-            </w:r>
+38053400 тысяч тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 15593321 тысяча тенге, КЭЗ – 2682660 тысяч тенге, ВЗУ – 19777419 тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2183,183 +2073,248 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2034 год </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z26" w:id="20"/>
+          <w:bookmarkStart w:name="z36" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-28 035 700 тысяч тенге </w:t>
-[...19 lines deleted...]
-            </w:r>
+28035700 тысяч тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 7796661 тысяча тенге, КЭЗ – 2757401 тысяча тенге, ВЗУ – 17481638 тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z38" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2035 год </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z27" w:id="21"/>
+          <w:bookmarkStart w:name="z39" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-29 791 520 тысяч тенге </w:t>
-[...18 lines deleted...]
-(в том числе КИЗ – 4 981 200 тысяч тенге, КЭЗ - 3 146 149 тысяч тенге, ВЗУ – 21 664 171 тысяча тенге)</w:t>
+29791520 тысяч тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 4981200 тысяч тенге, КЭЗ – 3146149 тысяч тенге, ВЗУ – 21664171 тысяча тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2377,86 +2332,114 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2036 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z28" w:id="22"/>
+          <w:bookmarkStart w:name="z41" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-17 671 614 тысяч тенге </w:t>
-[...18 lines deleted...]
-(в том числе КИЗ – 0 тысяч тенге, КЭЗ – 2 963 485 тысяч тенге, ВЗУ – 14 708 129 тысяч тенге)</w:t>
+17671614 тысяч тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 0 тысяч тенге, КЭЗ – 2963485 тысяч тенге, ВЗУ – 14708129 тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2474,86 +2457,114 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2037 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z29" w:id="23"/>
+          <w:bookmarkStart w:name="z43" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-17 671 614 тысяч тенге </w:t>
-[...18 lines deleted...]
-(в том числе КИЗ – 0 тысяч тенге, КЭЗ – 1 572 666 тысяч тенге, ВЗУ – 16 098 948 тысяч тенге)</w:t>
+17671614 тысяч тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 0 тысяч тенге, КЭЗ – 1572666 тысяч тенге, ВЗУ – 16098948 тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2571,86 +2582,114 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2038 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z30" w:id="24"/>
+          <w:bookmarkStart w:name="z45" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-17 671 613 тысяч тенге </w:t>
-[...18 lines deleted...]
-(в том числе КИЗ – 0 тысяч тенге, КЭЗ – 1 667 026 тысяч тенге, ВЗУ – 16 004 587 тысяч тенге)</w:t>
+17671613 тысяч тенге </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в том числе КИЗ – 0 тысяч тенге, КЭЗ – 1667026 тысяч тенге, ВЗУ – 16004587 тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2682,55 +2721,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>