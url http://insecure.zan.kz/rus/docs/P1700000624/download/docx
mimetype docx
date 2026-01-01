--- v0 (2025-11-13)
+++ v1 (2026-01-01)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7c28408" w14:textId="7c28408">
+    <w:p w14:paraId="09fd776" w14:textId="09fd776">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -924,126 +924,126 @@
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z361" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Специальная экономическая зона "Морпорт Актау" (далее – СЭЗ) расположена на территории Мангистауской области в пределах административно-территориальных границ городов Актау и Жанаозена, Мунайлинского, Каракиянского и Тупкараганского районов Мангистауской области согласно прилагаемому плану.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z665" w:id="11"/>
+    <w:bookmarkStart w:name="z687" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СЭЗ является портовой специальной экономической зоной.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z666" w:id="12"/>
+    <w:bookmarkStart w:name="z688" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Территория СЭЗ составляет 4407,503 гектара, включая Международный аэропорт Актау, и является неотъемлемой частью территории Республики Казахстан.</w:t>
+      Территория СЭЗ составляет 9814,503 гектара, включая Международный аэропорт Актау, и является неотъемлемой частью территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 10.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 426</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1051</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2291,171 +2291,132 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План территории специальной экономической зоны "Морпорт Актау"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции постановления Правительства РК от 10.06.2025 </w:t>
+      Сноска. Приложение - в редакции постановления Правительства РК от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 426</w:t>
+        <w:t>№ 1051</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="5422900"/>
+            <wp:extent cx="7810500" cy="5537200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="5422900"/>
+                      <a:ext cx="7810500" cy="5537200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
-      </w:r>
-[...23 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2762,51 +2723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2021,1487</w:t>
+7428,1487</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2984,51 +2945,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4407,503</w:t>
+9814,503</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -3163,61 +3124,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые индикаторы специальной экономической зоны "Морпорт Актау"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Целевые индикаторы – в редакции постановления Правительства РК от 10.06.2025 </w:t>
+      Сноска. Целевые индикаторы – в редакции постановления Правительства РК от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 426</w:t>
+        <w:t>№ 1051</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -4400,231 +4361,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-360</w:t>
+370</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-680</w:t>
+830</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-730</w:t>
+980</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-780</w:t>
+1090</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-830</w:t>
+1160</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-980</w:t>
+1320</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4765,231 +4726,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-177</w:t>
+179</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-305</w:t>
+350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-320</w:t>
+430</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-340</w:t>
+480</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-365</w:t>
+530</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-395</w:t>
+620</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5130,231 +5091,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-183</w:t>
+191</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-375</w:t>
+480</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-410</w:t>
+550</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-440</w:t>
+610</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-465</w:t>
+630</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-485</w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5773,68 +5734,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объем производства товаров и услуг (работ) на территории СЭЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z24" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 млрд</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6243,231 +6206,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58</w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90</w:t>
+105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105</w:t>
+125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-120</w:t>
+145</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-135</w:t>
+160</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6608,231 +6571,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3300</w:t>
+3400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5000</w:t>
+6300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5200</w:t>
+7000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5400</w:t>
+7300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5600</w:t>
+7600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5800</w:t>
+7900</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7159,68 +7122,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z689" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * - показатели индикаторов приведены с нарастающим итогом.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -7317,1256 +7282,1256 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 октября 2017 года № 624</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z419" w:id="38"/>
+    <w:bookmarkStart w:name="z419" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОЛОЖЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о специальной экономической зоне "Оңтүстік"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z420" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z420" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z421" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z421" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Специальная экономическая зона "Оңтүстік" (далее – СЭЗ) расположена на территории города Шымкента согласно прилагаемому плану.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z679" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z683" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СЭЗ является портовой специальной экономической зоной.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z680" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z684" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Территория СЭЗ составляет 429,0001 гектара, включая Международный аэропорт Шымкент, и является неотъемлемой частью территории Республики Казахстан. </w:t>
+      Территория СЭЗ составляет 529,0001 гектара, включая Международный аэропорт Шымкент, и является неотъемлемой частью территории Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 14.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 336</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 854</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z423" w:id="43"/>
+    <w:bookmarkStart w:name="z423" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. СЭЗ создается в целях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z424" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z424" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ускоренного развития региона для активизации вхождения экономики республики в систему мировых хозяйственных связей, создания высокоэффективных, в том числе высокотехнологичных и конкурентоспособных производств, освоения выпуска новых видов продукции, привлечения инвестиций, совершенствования правовых норм рыночных отношений, внедрения современных методов управления и хозяйствования, развития мультимодальных хабов, транспорта и логистики, а также решения социальных проблем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z425" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z425" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) развития предприятий хлопкоперерабатывающего производства, текстильной и швейной промышленности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z426" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z426" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) развития текстильной промышленности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z427" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z427" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) привлечения производителей мировых торговых марок для производства текстильной продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z428" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z428" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) создания высокотехнологичных производств, улучшения качества и расширения ассортимента производимой текстильной продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z429" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z429" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) развития химической, нефтехимической отраслей.</w:t>
-      </w:r>
-[...202 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "Об использовании воздушного пространства Республики Казахстан и деятельности авиации".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Положение дополнено пунктом 3-1, в соответствии с постановлением Правительства РК от 14.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным постановлением Правительства РК от 14.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...52 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z442" w:id="52"/>
+    <w:bookmarkStart w:name="z430" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Деятельность СЭЗ регулируется Конституцией Республики Казахстан, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах", настоящим Положением и иными нормативными правовыми актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 2. Управление СЭЗ</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3- в редакции постановления Правительства РК от 30.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z443" w:id="53"/>
+    <w:bookmarkStart w:name="z682" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Управление СЭЗ осуществляется в соответствии с </w:t>
+      3-1. Для строительства объектов, установки линий электропередачи и размещения других сооружений, которые являются препятствиями на приаэродромной территории и местности в пределах воздушных трасс; для проведения работ, вследствие которых в воздушном пространстве производятся радиоволновое, видимое, акустическое и иные виды излучения; для размещения объектов, создающих условия для массового скопления птиц или ухудшающих полетную видимость, а также любой другой деятельности, не связанной непосредственно с использованием воздушного пространства, но влияющей на безопасность полетов, оборудования воздушных судов и находящихся на них людей, на территории СЭЗ необходимо получение соответствующего разрешения, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах".</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "Об использовании воздушного пространства Республики Казахстан и деятельности авиации".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции постановления Правительства РК от 30.01.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 46</w:t>
+        <w:t xml:space="preserve">      Сноска. Положение дополнено пунктом 3-1, в соответствии с постановлением Правительства РК от 14.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Исключен постановлением Правительства РК от 19.02.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z444" w:id="54"/>
+    <w:bookmarkStart w:name="z442" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Налогообложение на территории СЭЗ</w:t>
+        <w:t xml:space="preserve"> 2. Управление СЭЗ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z445" w:id="55"/>
+    <w:bookmarkStart w:name="z443" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6. Налогообложение на территории СЭЗ регулируется налоговым законодательством Республики Казахстан.</w:t>
+        <w:t xml:space="preserve">
+      5. Управление СЭЗ осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z446" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции постановления Правительства РК от 30.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z444" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Таможенное регулирование</w:t>
+        <w:t xml:space="preserve"> 3. Налогообложение на территории СЭЗ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z447" w:id="57"/>
+    <w:bookmarkStart w:name="z445" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Таможенное регулирование на территории СЭЗ осуществляется в соответствии с положениями таможенного законодательства Евразийского экономического союза и Республики Казахстан.</w:t>
+      6. Налогообложение на территории СЭЗ регулируется налоговым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z448" w:id="58"/>
+    <w:bookmarkStart w:name="z446" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Таможенное регулирование</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z447" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. На территории специальной экономической зоны или ее части действует таможенная процедура свободной таможенной зоны.</w:t>
+      7. Таможенное регулирование на территории СЭЗ осуществляется в соответствии с положениями таможенного законодательства Евразийского экономического союза и Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z449" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z448" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Под таможенную процедуру свободной таможенной зоны помещаются товары, предназначенные для размещения и (или) использования на территории СЭЗ лицами, осуществляющими приоритетные виды деятельности на территории СЭЗ в соответствии с договором об осуществлении деятельности в качестве участника СЭЗ.</w:t>
-[...19 lines deleted...]
-      10. Территория СЭЗ, на которой применяется таможенная процедура свободной таможенной зоны, является зоной таможенного контроля. Территория СЭЗ должна быть обустроена в целях проведения таможенного контроля. Требования к обустройству территории СЭЗ, включая требования по ограждению и оснащению периметра такой территории системой видеонаблюдения, устанавливаются уполномоченным органом в сфере таможенного дела.</w:t>
+      8. На территории специальной экономической зоны или ее части действует таможенная процедура свободной таможенной зоны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции постановления Правительства РК от 30.01.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции постановления Правительства РК от 30.01.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z451" w:id="61"/>
+    <w:bookmarkStart w:name="z449" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. На территории СЭЗ могут создаваться места временного хранения товаров в порядке, определенном таможенным законодательством Евразийского экономического союза и Республики Казахстан.</w:t>
+      9. Под таможенную процедуру свободной таможенной зоны помещаются товары, предназначенные для размещения и (или) использования на территории СЭЗ лицами, осуществляющими приоритетные виды деятельности на территории СЭЗ в соответствии с договором об осуществлении деятельности в качестве участника СЭЗ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z452" w:id="62"/>
+    <w:bookmarkStart w:name="z450" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. На территории СЭЗ могут размещаться и использоваться товары, помещенные под таможенную процедуру свободной таможенной зоны, а также товары Евразийского экономического союза, не помещенные под таможенную процедуру свободной таможенной зоны, и иностранные товары, помещенные под иные таможенные процедуры.</w:t>
+      10. Территория СЭЗ, на которой применяется таможенная процедура свободной таможенной зоны, является зоной таможенного контроля. Территория СЭЗ должна быть обустроена в целях проведения таможенного контроля. Требования к обустройству территории СЭЗ, включая требования по ограждению и оснащению периметра такой территории системой видеонаблюдения, устанавливаются уполномоченным органом в сфере таможенного дела.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z453" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции постановления Правительства РК от 30.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z451" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Товары, ввезенные на территорию СЭЗ и помещенные под таможенную процедуру свободной таможенной зоны, рассматриваются как находящиеся вне таможенной территории Евразийского экономического союза для целей применения таможенных пошлин, налогов, а также мер нетарифного регулирования.</w:t>
+      11. На территории СЭЗ могут создаваться места временного хранения товаров в порядке, определенном таможенным законодательством Евразийского экономического союза и Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z454" w:id="64"/>
+    <w:bookmarkStart w:name="z452" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Таможенные операции, связанные с временным хранением, таможенным декларированием, таможенной очисткой и выпуском товаров, а также проведением таможенного контроля на территории СЭЗ, осуществляются в порядке, определенном таможенным законодательством Евразийского экономического союза и Республики Казахстан.</w:t>
+      12. На территории СЭЗ могут размещаться и использоваться товары, помещенные под таможенную процедуру свободной таможенной зоны, а также товары Евразийского экономического союза, не помещенные под таможенную процедуру свободной таможенной зоны, и иностранные товары, помещенные под иные таможенные процедуры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z455" w:id="65"/>
+    <w:bookmarkStart w:name="z453" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Товары, ввезенные на территорию СЭЗ и помещенные под таможенную процедуру свободной таможенной зоны, рассматриваются как находящиеся вне таможенной территории Евразийского экономического союза для целей применения таможенных пошлин, налогов, а также мер нетарифного регулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z454" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Таможенные операции, связанные с временным хранением, таможенным декларированием, таможенной очисткой и выпуском товаров, а также проведением таможенного контроля на территории СЭЗ, осуществляются в порядке, определенном таможенным законодательством Евразийского экономического союза и Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z455" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Охрана окружающей среды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z456" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z456" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Деятельность СЭЗ в части экологического регулирования осуществляется в соответствии с экологическим законодательством Республики Казахстан и основана на рациональном и эффективном использовании природных ресурсов посредством создания условий для перехода к устойчивому развитию и охране окружающей среды на основе баланса экономических, социальных и экологических аспектов повышения качества жизни.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z457" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z457" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z458" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z458" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Условия, установленные в настоящем Положении, могут изменяться постановлением Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z459" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z459" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Досрочное упразднение СЭЗ осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8585,70 +8550,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z460" w:id="70"/>
+    <w:bookmarkStart w:name="z460" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Деятельность СЭЗ, не урегулированная настоящим Положением, осуществляется в соответствии с действующим законодательством Республики Казахстан и Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8682,270 +8647,271 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t xml:space="preserve">Приложение </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Положению о специальной</w:t>
+              <w:t xml:space="preserve">к Положению о специальной </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>экономической зоне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Оңтүстік"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z660" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> План территории специальной экономической зоны "Оңтүстік"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции постановления Правительства РК от 14.03.2025 </w:t>
+      Сноска. План - в редакции постановления Правительства РК от 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 144</w:t>
+        <w:t>№ 854</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z660" w:id="71"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z661" w:id="72"/>
+    <w:bookmarkStart w:name="z25" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="4470400"/>
+            <wp:extent cx="7810500" cy="4597400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="4470400"/>
+                      <a:ext cx="7810500" cy="4597400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z662" w:id="73"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z685" w:id="75"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________</w:t>
+      Общая территория специальной экономической зоны "Оңтүстік"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>S = 529,0001 га</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9026,139 +8992,101 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 октября 2017 года № 624</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z466" w:id="74"/>
+    <w:bookmarkStart w:name="z466" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые индикаторы специальной экономической зоны "Оңтүстік"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок – в редакции постановления Правительства РК от 14.08.2021 </w:t>
+      Сноска. Целевые индикаторы - в редакции постановления Правительства РК от 13.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 558</w:t>
+        <w:t>№ 854</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
-          <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
@@ -9218,88 +9146,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Цели, задачи и показатели (наименования)</w:t>
+Цели, задачи и показатели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Единица измерения</w:t>
+Единица измерения*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9313,198 +9241,138 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Базовый период (2019 год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z36" w:id="75"/>
-[...34 lines deleted...]
-к 2020 году</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижение к 2020 году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="76"/>
-[...34 lines deleted...]
-к 2025 году</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижение к 2025 году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="77"/>
-[...34 lines deleted...]
-к 2030 году</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Достижение к 2030 году</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -9922,52 +9790,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1.</w:t>
+              <w:t xml:space="preserve">
+1. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9980,66 +9848,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общий объем инвестиций, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-млрд. тенге</w:t>
+          <w:bookmarkStart w:name="z29" w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+млрд</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10103,200 +9991,220 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45,5</w:t>
+60,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54,2</w:t>
+84,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.1</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объем иностранных инвестиций</w:t>
+объем иностранных инвестиций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-млрд. тенге</w:t>
+          <w:bookmarkStart w:name="z30" w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+млрд</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10360,129 +10268,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5,1</w:t>
+7,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7,3</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10494,66 +10398,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 объем отечественных инвестиций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-млрд. тенге</w:t>
+          <w:bookmarkStart w:name="z31" w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+млрд</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10617,87 +10541,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40,4</w:t>
+53,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46,9</w:t>
+74,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10751,66 +10675,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объем производства товаров и услуг (работ) на территории специальной экономической зоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-млрд. тенге</w:t>
+          <w:bookmarkStart w:name="z32" w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+млрд</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10951,1115 +10895,1372 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ежегодный прирост инвестиций в несырьевые секторы экономики региона (обрабатывающая промышленность)</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,1</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,3</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,3</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,3</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество участников</w:t>
+Ежегодный прирост инвестиций в несырьевые секторы экономики региона (обрабатывающая промышленность)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-компании</w:t>
+%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
+0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество рабочих мест, создаваемых на территории специальной экономической зоны</w:t>
+Количество участников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-человек</w:t>
+компании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1500</w:t>
+33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3500</w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4200</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5000</w:t>
+55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля казахстанского содержания в общем объеме производства на территории специальной экономической зоны</w:t>
+Количество рабочих мест, создаваемых на территории специальной экономической зоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
+человек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70</w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70</w:t>
+3500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70</w:t>
+4500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70</w:t>
+5500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доля казахстанского содержания в общем объеме производства на территории специальной экономической зоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Доля экспорта продукции в общем объеме производства на территории специальной экономической зоны</w:t>
+Доля экспорта продукции в общем объеме производства на территории специальной экономической зоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12159,92 +12360,112 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z686" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * - показатели индикаторов приведены с нарастающим итогом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12323,144 +12544,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 октября 2017 года № 624</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z484" w:id="78"/>
+    <w:bookmarkStart w:name="z484" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОЛОЖЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z485" w:id="79"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z485" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> о специальной экономической зоне "Павлодар"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z486" w:id="80"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z486" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z487" w:id="81"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z487" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Специальная экономическая зона "Павлодар" (далее - СЭЗ) расположена на территории Северного промышленного района города Павлодара согласно прилагаемому плану.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z488" w:id="82"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z488" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Территория СЭЗ составляет 1200 гектаров и является неотъемлемой частью территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12499,271 +12720,271 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z489" w:id="83"/>
+    <w:bookmarkStart w:name="z489" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. СЭЗ создается в целях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z490" w:id="84"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z490" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) развития химической, нефтехимической отраслей, в частности, производства экспортоориентированной продукции с высокой добавленной стоимостью, с применением высокотехнологичных экологически безопасных современных технологий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z491" w:id="85"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z491" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) разработки и реализации прорывных инвестиционных проектов, научно-исследовательских и научно-технических инновационных проектов по созданию и развитию химической, нефтехимической отраслей по глубокой переработке сырья и выпуску широкой конкурентоспособной продукции с высокой добавленной стоимостью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z492" w:id="86"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z492" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществления интеграции казахстанской продукции в общемировую систему производства и сбыта, создания инновационной, конкурентоспособной отечественной продукции в соответствии с международными стандартами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z493" w:id="87"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z493" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) создания высокоэффективных и инновационных производств химической и нефтехимической отраслей, в том числе высокотехнологичных и конкурентоспособных производств, освоения выпусков новых видов продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z494" w:id="88"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z494" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) создания благоприятного инвестиционного климата и привлечения отечественных и зарубежных инвестиций для реализации инвестиционных проектов и комплексного развития химической, нефтехимической отраслей на основе механизмов государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z495" w:id="89"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z495" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ускоренного развития региона для активизации вхождения экономики республики в систему мировых хозяйственных связей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z496" w:id="90"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z496" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) внедрения современных методов управления и хозяйствования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z497" w:id="91"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z497" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) решения социальных проблем, повышения занятости населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z498" w:id="92"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z498" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) развития металлургической промышленности и отрасли металлообработки, в частности, производства готовых изделий путем привлечения производителей мировых торговых марок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z499" w:id="93"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z499" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) разработки и реализации прорывных инвестиционных проектов по созданию и развитию отраслей обрабатывающей промышленности, в том числе металлургической, металлообработки, неметаллической минеральной продукции, резиновых и пластмассовых изделий мирового уровня по глубокой переработке сырья и выпуску широкой конкурентоспособной продукции с высокой добавленной стоимостью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z500" w:id="94"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z500" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Деятельность СЭЗ регулируется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12778,51 +12999,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах", настоящим Положением и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12841,70 +13062,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z664" w:id="95"/>
+    <w:bookmarkStart w:name="z664" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Перечень приоритетных видов деятельности СЭЗ, соответствующих целям ее создания, а также порядок включения приоритетных видов деятельности в указанный перечень определяются уполномоченным государственным органом, осуществляющим государственное регулирование в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон, по согласованию с уполномоченным органом по государственному планированию и уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12977,108 +13198,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z512" w:id="96"/>
+    <w:bookmarkStart w:name="z512" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Управление СЭЗ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z513" w:id="97"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z513" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Управление СЭЗ осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13097,146 +13318,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z514" w:id="98"/>
+    <w:bookmarkStart w:name="z514" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Налогообложение на территории СЭЗ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z515" w:id="99"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z515" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Налогообложение на территории СЭЗ регулируется налоговым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z516" w:id="100"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z516" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Таможенное регулирование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z517" w:id="101"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z517" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Таможенное регулирование на территории СЭЗ осуществляется в соответствии с положениями таможенного законодательства Евразийского экономического союза и Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z518" w:id="102"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z518" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. На территории специальной экономической зоны или ее части действует таможенная процедура свободной таможенной зоны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13255,90 +13476,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z519" w:id="103"/>
+    <w:bookmarkStart w:name="z519" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Под таможенную процедуру свободной таможенной зоны помещаются товары, предназначенные для размещения и (или) использования на территории СЭЗ лицами, осуществляющими приоритетные виды деятельности на территории СЭЗ в соответствии с договором об осуществлении деятельности в качестве участника СЭЗ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z520" w:id="104"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z520" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Территория СЭЗ, на которой применяется таможенная процедура свободной таможенной зоны, является зоной таможенного контроля. Территория СЭЗ должна быть обустроена в целях проведения таможенного контроля. Требования к обустройству территории СЭЗ, включая требования по ограждению и оснащению периметра такой территории системой видеонаблюдения, устанавливаются уполномоченным органом в сфере таможенного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13357,246 +13578,246 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z521" w:id="105"/>
+    <w:bookmarkStart w:name="z521" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. На территории СЭЗ могут создаваться места временного хранения товаров в порядке, определенном таможенным законодательством Евразийского экономического союза и Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z522" w:id="106"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z522" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. На территории СЭЗ могут размещаться и использоваться товары, помещенные под таможенную процедуру свободной таможенной зоны, а также товары Евразийского экономического союза, не помещенные под таможенную процедуру свободной таможенной зоны, и иностранные товары, помещенные под иные таможенные процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z523" w:id="107"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z523" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Товары, ввезенные на территорию СЭЗ и помещенные под таможенную процедуру свободной таможенной зоны, рассматриваются как находящиеся вне таможенной территории Евразийского экономического союза для целей применения таможенных пошлин, налогов, а также мер нетарифного регулирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z524" w:id="108"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z524" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Таможенные операции, связанные с временным хранением, таможенным декларированием, таможенной очисткой и выпуском товаров, а также проведением таможенного контроля на территории СЭЗ, осуществляются в порядке, определенном таможенным законодательством Евразийского экономического союза и Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z525" w:id="109"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z525" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Охрана окружающей среды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z526" w:id="110"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z526" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Осуществление деятельности СЭЗ в части экологического регулирования осуществляется в соответствии с экологическим законодательством Республики Казахстан и основано на рациональном и эффективном использовании природных ресурсов посредством создания условий для перехода к устойчивому развитию и охране окружающей среды на основе баланса экономических, социальных и экологических аспектов повышения качества жизни.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z527" w:id="111"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z527" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z528" w:id="112"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z528" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Условия, установленные в настоящем Положении, могут изменяться постановлением Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z529" w:id="113"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z529" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Досрочное упразднение СЭЗ осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13615,70 +13836,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z530" w:id="114"/>
+    <w:bookmarkStart w:name="z530" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Деятельность СЭЗ, не урегулированная настоящим Положением, осуществляется в соответствии с действующим законодательством Республики Казахстан и Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13744,126 +13965,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Положению о специальной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>экономической зоне "Павлодар"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z532" w:id="115"/>
+    <w:bookmarkStart w:name="z532" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План территории специальной экономической зоны "Павлодар"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. План - в редакции постановления Правительства РК от 30.01.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z533" w:id="116"/>
+    <w:bookmarkStart w:name="z533" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4127500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
@@ -13926,80 +14147,80 @@
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z667" w:id="117"/>
+          <w:bookmarkStart w:name="z667" w:id="121"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="117"/>
+          <w:bookmarkEnd w:id="121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14051,80 +14272,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z671" w:id="118"/>
+          <w:bookmarkStart w:name="z671" w:id="122"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="118"/>
+          <w:bookmarkEnd w:id="122"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14408,68 +14629,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 октября 2017 года № 624</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z536" w:id="119"/>
+    <w:bookmarkStart w:name="z536" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые индикаторы специальной экономической зоны "Павлодар"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок – в редакции постановления Правительства РК от 14.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14696,238 +14917,238 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Базовый период (2019 год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="120"/>
+          <w:bookmarkStart w:name="z42" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Достижение</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="120"/>
+          <w:bookmarkEnd w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 к 2021 году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="121"/>
+          <w:bookmarkStart w:name="z43" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Достижение</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="121"/>
+          <w:bookmarkEnd w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 к 2026 году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z44" w:id="122"/>
+          <w:bookmarkStart w:name="z44" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Достижение</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkEnd w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 к 2031 году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z45" w:id="123"/>
+          <w:bookmarkStart w:name="z45" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Достижение</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="123"/>
+          <w:bookmarkEnd w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 к 2036 году</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18447,146 +18668,146 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 октября 2017 года № 624</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z572" w:id="124"/>
+    <w:bookmarkStart w:name="z572" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о специальной экономической зоне "Международный центр приграничного сотрудничества "Хоргос" </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z573" w:id="125"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z573" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z574" w:id="126"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z574" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Специальная экономическая зона "Международный центр приграничного сотрудничества "Хоргос" (далее — СЭЗ) расположена на территории Панфиловского района Алматинской области в границах согласно прилагаемому плану.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z575" w:id="127"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z575" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       СЭЗ является специальной экономической зоной, пределы которой полностью или частично совпадают с участками таможенной границы Евразийского экономического союза в соответствии с Таможенным кодексом Евразийского экономического союза. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z576" w:id="128"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z576" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Территория СЭЗ составляет 608,56 гектара и является неотъемлемой частью территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18605,171 +18826,171 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z577" w:id="129"/>
+    <w:bookmarkStart w:name="z577" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. СЭЗ создается в целях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z578" w:id="130"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z578" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) развития приграничного торгово-экономического сотрудничества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z579" w:id="131"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z579" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) развития экспортоориентированных отраслей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z580" w:id="132"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z580" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) активизации предпринимательской и инвестиционной среды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z581" w:id="133"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z581" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) развития транспортной инфраструктуры, туризма и культурного взаимодействия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z582" w:id="134"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z582" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) решения социально-экономических вопросов Алматинской области, на территории которой располагается СЭЗ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z583" w:id="135"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z583" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Деятельность СЭЗ регулируется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18804,51 +19025,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> между Правительством Республики Казахстан и Правительством Китайской Народной Республики о создании и регулировании деятельности Международного центра приграничного сотрудничества "Хоргос", совершенным в городе Астане 4 июля 2005 года, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах", настоящим Положением и иными нормативными правовыми актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18921,88 +19142,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z603" w:id="136"/>
+    <w:bookmarkStart w:name="z603" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Управление СЭЗ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z604" w:id="137"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z604" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление СЭЗ осуществляется в соответствии с Законом Республики Казахстан "О специальных экономических и индустриальных зонах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19021,146 +19242,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z605" w:id="138"/>
+    <w:bookmarkStart w:name="z605" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Налогообложение на территории СЭЗ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z606" w:id="139"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z606" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Налогообложение на территории СЭЗ регулируется налоговым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z607" w:id="140"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z607" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Таможенное регулирование</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z608" w:id="141"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z608" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Таможенное регулирование на территории СЭЗ осуществляется в соответствии с положениями таможенного законодательства Евразийского экономического союза и Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z609" w:id="142"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z609" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. На территории специальной экономической зоны или ее части действует таможенная процедура свободной таможенной зоны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19179,70 +19400,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z611" w:id="143"/>
+    <w:bookmarkStart w:name="z611" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Территория СЭЗ, на которой применяется таможенная процедура свободной таможенной зоны, является зоной таможенного контроля. Территория СЭЗ должна быть обустроена в целях проведения таможенного контроля. Требования к обустройству территории СЭЗ, включая требования по ограждению и оснащению периметра такой территории системой видеонаблюдения, устанавливаются уполномоченным органом в сфере таможенного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19261,304 +19482,304 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z612" w:id="144"/>
+    <w:bookmarkStart w:name="z612" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. На территории СЭЗ могут создаваться места временного хранения товаров в порядке, определенном таможенным законодательством Евразийского экономического союза и Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z613" w:id="145"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z613" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На территории СЭЗ могут создаваться и функционировать места международного почтового обмена в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z614" w:id="146"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z614" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. На территории СЭЗ могут размещаться и использоваться товары, помещенные под таможенную процедуру свободной таможенной зоны, а также товары Евразийского экономического союза, не помещенные под таможенную процедуру свободной таможенной зоны, и иностранные товары, помещенные под иные таможенные процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z615" w:id="147"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z615" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Товары, ввезенные на территорию СЭЗ и помещенные под таможенную процедуру свободной таможенной зоны, рассматриваются как находящиеся вне таможенной территории Евразийского экономического союза для целей применения таможенных пошлин, налогов, а также мер нетарифного регулирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z616" w:id="148"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z616" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Таможенные операции, связанные с временным хранением, таможенным декларированием, таможенной очисткой и выпуском товаров, а также проведением таможенного контроля на территории СЭЗ, осуществляются в порядке, определенном таможенным законодательством Евразийского экономического союза и Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z617" w:id="149"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z617" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Охрана окружающей среды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z618" w:id="150"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z618" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Осуществление деятельности в СЭЗ основано на рациональном и эффективном использовании природных ресурсов посредством создания условий для перехода к устойчивому развитию и охране окружающей среды на основе баланса экономических, социальных и экологических аспектов повышения качества жизни. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z619" w:id="151"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z619" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. Порядок и сроки упразднения СЭЗ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z620" w:id="152"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z620" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. СЭЗ упраздняется по истечении срока, на который она была создана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z621" w:id="153"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z621" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       СЭЗ упраздняется постановлением Правительства Республики Казахстан по представлению уполномоченного органа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z622" w:id="154"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z622" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z623" w:id="155"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z623" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Досрочное упразднение СЭЗ осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О специальных экономических и индустриальных зонах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19577,70 +19798,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z624" w:id="156"/>
+    <w:bookmarkStart w:name="z624" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Деятельность СЭЗ, не урегулированная настоящим Положением, осуществляется в соответствии с действующим законодательством Республики Казахстан и Евразийского экономического союза. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20043,68 +20264,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 октября 2017 года № 624</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z630" w:id="157"/>
+    <w:bookmarkStart w:name="z630" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые индикаторы специальной экономической зоны "Международный центр приграничного сотрудничества "Хоргос"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок – в редакции постановления Правительства РК от 14.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24094,55 +24315,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>