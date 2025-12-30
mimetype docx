--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1774524" w14:textId="1774524">
+    <w:p w14:paraId="4e27288" w14:textId="4e27288">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3356,147 +3356,281 @@
         <w:t>
       29-1) утверждение профессиональных стандартов в сфере социальной защиты и занятости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:bookmarkStart w:name="z467" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30) выработка предложений по вопросам системы социального партнерства; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z468" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 31 предусматривается в редакции постановления Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) осуществление регистрации отраслевых и региональных соглашений, заключенных на уровне области (города республиканского значения, столицы);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z469" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) утверждение типового положения о трудовом арбитраже;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z469" w:id="104"/>
-[...15 lines deleted...]
-      32) утверждение типового положения о трудовом арбитраже;</w:t>
+    <w:bookmarkStart w:name="z470" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) проведение обучения и аттестации государственных инспекторов труда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z470" w:id="105"/>
-[...15 lines deleted...]
-      33) проведение обучения и аттестации государственных инспекторов труда;</w:t>
+    <w:bookmarkStart w:name="z471" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) выработка предложений по совершенствованию системы оплаты труда гражданских служащих;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z471" w:id="106"/>
-[...15 lines deleted...]
-      34) выработка предложений по совершенствованию системы оплаты труда гражданских служащих;</w:t>
+    <w:bookmarkStart w:name="z472" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) определение порядка поступления на гражданскую службу и проведения конкурса на занятие вакантной должности гражданского служащего, за исключением первого руководителя и педагога государственной организации образования, а также первого руководителя государственной физкультурно-спортивной организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z472" w:id="107"/>
-[...15 lines deleted...]
-      35) определение порядка поступления на гражданскую службу и проведения конкурса на занятие вакантной должности гражданского служащего, за исключением первого руководителя и педагога государственной организации образования;</w:t>
+    <w:bookmarkStart w:name="z871" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-1) разработка и утверждение совместно с уполномоченным органом в области физической культуры и спорта правил назначения на должности, освобождения от должностей первых руководителей государственных физкультурно-спортивных организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
     <w:bookmarkStart w:name="z473" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) разработка, утверждение, отмена, приостановление технических регламентов, а также внесение изменений и (или) дополнений в технические регламенты по вопросам, входящим в компетенцию, по согласованию с уполномоченным органом в области технического регулирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
     <w:bookmarkStart w:name="z474" w:id="109"/>
     <w:p>
@@ -4448,130 +4582,150 @@
         <w:t>
       71) разработка и утверждение порядка и условий выдачи или продления разрешений работодателям на привлечение иностранной рабочей силы, а также осуществления внутрикорпоративного перевода;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
     <w:bookmarkStart w:name="z513" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72) разработка системы мер в области регулирования мониторинга миграционных процессов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z514" w:id="154"/>
+    <w:bookmarkStart w:name="z872" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72-1) согласование условий, на которых иностранцы и лица без гражданства могут входить в состав экипажа судна, плавающего под Государственным флагом Республики Казахстан, определяемых уполномоченным органом в сфере торгового мореплавания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z514" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73) разработка и утверждение правил выдачи или продления справок иностранцу или лицу без гражданства о соответствии его квалификации для самостоятельного трудоустройства, перечень приоритетных отраслей (видов экономической деятельности) и востребованных в них профессий для самостоятельного трудоустройства иностранцев и лиц без гражданства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z515" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z515" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74) разработка и утверждение стандартов рабочего места лица с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z516" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z516" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       75) разработка правил установления квоты на привлечение иностранной рабочей силы в Республику Казахстан и ее распределения между областями, городами республиканского значения, столицей; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z517" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z517" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76) утверждение правил определения комиссией перечня категорий и численности иностранцев и лиц без гражданства, работающих в юридических лицах, являющихся участниками специальных экономических зон, с проектами стоимостью свыше одного миллиона месячных расчетных показателей, а также в организациях, привлекаемых указанными участниками специальных экономических зон (либо их подрядчиками) в качестве генерального подрядчика, подрядчика, субподрядчика или исполнителя услуг, в период выполнения строительно-монтажных работ на территории специальных экономических зон и до истечения одного года после ввода объекта (объектов) в эксплуатацию совместно с центральным исполнительным органом, осуществляющим государственное регулирование в сфере создания, функционирования и упразднения специальных экономических и индустриальных зон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4600,2160 +4754,2200 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2023);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z519" w:id="158"/>
+    <w:bookmarkStart w:name="z519" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78) разработка и утверждение правил формирования национальной системы прогнозирования трудовых ресурсов и использования ее результатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z520" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z520" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79) разработка и утверждение правил работы, сопровождения и доступа к информационным системам и базам данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z792" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z792" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79-1) разработка и утверждение правил работы, сопровождения, предоставления доступа и обеспечения информационного взаимодействия между единой цифровой платформой занятости "Электронная биржа труда" и автоматизированной информационной системой "Рынок труда";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z521" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z521" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80) разработка прогноза потребности экономики в кадрах и согласование его с заинтересованными центральными исполнительными органами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z757" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z757" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80-1) согласование правил оказания социально-правовой помощи лицам, в отношении которых применяется пробация;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z522" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z522" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81) разработка и утверждение порядка квотирования рабочих мест для трудоустройства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z523" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z523" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       граждан из числа молодежи, потерявших или оставшихся до наступления совершеннолетия без попечения родителей, являющихся выпускниками организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z524" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z524" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лиц, освобожденных из мест лишения свободы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z525" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z525" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лиц, состоящих на учете службы пробации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z526" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z526" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82) разработка и утверждение порядка организации и финансирования мер по содействию предпринимательской инициативе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z758" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z758" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82-1) определение отдельных категорий физических лиц, имеющих право на получение услуг по содействию предпринимательской инициативе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z527" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z527" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83) разработка правил выдачи, продления и отзыва разрешений трудовому иммигранту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z528" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z528" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84) формирование централизованной базы данных иностранных работников, создание информационной системы "Иностранная рабочая сила" и обеспечение их взаимодействия с информационными системами соответствующих уполномоченных государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z529" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z529" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85) разработка и утверждение типовых правил регулирования миграционных процессов в областях, городах республиканского значения и столице;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z530" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z530" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86) обеспечение социальной защиты мигрантов в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z531" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z531" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87) реализация государственной политики по вопросам беженцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z532" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z532" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88) разработка, утверждение нормативных правовых актов по вопросам беженцев в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z533" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z533" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89) осуществление координации и методического руководства местных исполнительных органов по вопросам беженцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z534" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z534" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90) разработка и утверждение типового положения о комиссии по осуществлению процедуры присвоения, продления, лишения и прекращения статуса беженца;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z535" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z535" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91) утверждение порядка регистрации и рассмотрения ходатайства о присвоении статуса беженца, образца свидетельства лица, ищущего убежище;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z536" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z536" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92) утверждение образца удостоверения беженца и требований к его защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z537" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z537" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93) формирование единой базы данных мигрантов и этнических казахов и обеспечение взаимодействия с соответствующими информационными системами органов внутренних дел, органа национальной безопасности, Министерства иностранных дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z538" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z538" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94) осуществление контроля за соблюдением законодательства Республики Казахстан о миграции населения и беженцах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z539" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z539" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95) содействие в пределах своей компетенции лицу, признанному беженцем, в получении информации о родственниках, проживающих в стране происхождения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z540" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z540" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96) разработка и утверждение порядка добровольного переселения лиц для повышения мобильности рабочей силы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z541" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z541" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97) разработка и утверждение правил проведения социальной профессиональной ориентации по согласованию с центральным уполномоченным органом в области образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z542" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z542" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98) разработка и утверждение типового устава центра трудовой мобильности и типового положения карьерного центра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z793" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z793" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98-1) разработка и утверждение правил проведения аттестации на профессиональную компетентность работников центров трудовой мобильности и карьерных центров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z794" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z794" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98-2) разработка и утверждение правил непрерывного профессионального развития работников центров трудовой мобильности и карьерных центров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z543" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z543" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99) разработка и утверждение методических рекомендаций по формированию карты занятости регионов (районов, городов и областей);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z545" w:id="189"/>
+    <w:bookmarkStart w:name="z544" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100) разработка и утверждение формы индивидуальной карты занятости и правил ее ведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z873" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100-1) разработка и утверждение форм по оформлению материалов расследования несчастных случаев, связанных с трудовой деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z545" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101) разработка и утверждение типовых форм социального контракта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z546" w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z546" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102) разработка и утверждение правил организации и финансирования аутсорсинга услуг в сфере занятости населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z547" w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z547" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103) разработка и утверждение типовой формы договора об аутсорсинге услуг в сфере занятости населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z548" w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z548" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104) разработка и утверждение квалификационных требований, предъявляемых к частным агентствам занятости, претендующим на участие в аутсорсинге услуг в сфере занятости населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z549" w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z549" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105) разработка и утверждение методики формирования тарифов и предельного уровня тарифов на услуги в сфере занятости населения, оказываемые за счет бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z550" w:id="194"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z550" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106) разработка и утверждение правил регистрации лиц, ищущих работу, безработных и осуществления трудового посредничества, оказываемого карьерными центрами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z551" w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z551" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107) разработка и утверждение перечня услуг, предлагаемых в рамках аутсорсинга услуг в сфере занятости населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z552" w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z552" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108) разработка и утверждение правил осуществления мониторинга создания рабочих мест центральными и местными исполнительными органами, ответственными за реализацию документов Системы государственного планирования, представления сведений о создании рабочих мест;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z553" w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z874" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108-1) разработка и утверждение правил и случаев регистрации и снятия с учета в качестве безработных членов семей военнослужащих, сотрудников специальных государственных и правоохранительных органов, органов гражданской защиты, а также лиц, находящихся на их иждивении, не осуществляющих трудовую деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z553" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109) разработка методики расчета доли внутристрановой ценности в кадрах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z554" w:id="198"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z554" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110) определение упрощенного порядка выдачи местными исполнительными органами разрешений работодателям на привлечение иностранной рабочей силы из числа этнических казахов и бывших соотечественников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z555" w:id="199"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z555" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111) выработка и внесение предложений в Правительство Республики Казахстан по определению регионов для расселения кандасов и переселенцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z556" w:id="200"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z556" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112) определение порядка присвоения или продления статуса кандаса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z557" w:id="201"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z557" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113) определение порядка включения в региональную квоту приема кандасов и переселенцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z558" w:id="202"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z558" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114) утверждение типового положения комиссии по приему кандасов, а также типовых правил оплаты единовременных пособий кандасам и членам их семей, переселившимся в Республику Казахстан вне региональной квоты приема кандасов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z559" w:id="203"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z559" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115) утверждение порядка рассмотрения и заверения приглашений граждан Республики Казахстан для переселения в Республику Казахстан родственников из числа этнических казахов, проживающих за рубежом, в целях воссоединения семьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z560" w:id="204"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z560" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116) установление региональной квоты приема кандасов и переселенцев на предстоящий год и распределение ее между областями, городами республиканского значения, столицей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z561" w:id="205"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z561" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117) организация и осуществление в пределах компетенции сотрудничества с уполномоченными органами иностранных государств и международными организациями в сфере регулирования миграционных процессов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z562" w:id="206"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z562" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118) регулирование миграционных процессов, координации работы государственных органов в области миграции населения в пределах компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z563" w:id="207"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z563" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119) осуществление мониторинга миграционных процессов в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z759" w:id="208"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z759" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119-1) разработка и утверждение правил организации наставничества казахстанских работников и требований к работодателям, привлекающим иностранную рабочую силу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z760" w:id="209"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z760" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119-2) разработка и утверждение методического указания по открытию авторских школ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z564" w:id="210"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z564" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120) установление квоты на привлечение иностранной рабочей силы и распределение ее между областями, городами республиканского значения, столицей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z565" w:id="211"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z565" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121) разработка и утверждение перечня профессий для осуществления трудовой деятельности сезонных иностранных работников по согласованию с уполномоченными государственными органами, осуществляющими руководство соответствующей сферой государственного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z803" w:id="212"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z803" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>122) определение порядка деятельности центров адаптации и интеграции кандасов, центров временного размещения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z804" w:id="213"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z804" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122-1) разработка и утверждение правил определения принадлежности к казахской национальности лиц, претендующих на получение статуса кандаса и гражданства Республики Казахстан в упрощенном (регистрационном) порядке, в случае отсутствия соответствующей записи в документах, удостоверяющих личность, а также в других документах, подтверждающих национальность претендентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z567" w:id="214"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z567" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123) определение порядка и сроков первичного расселения этнических казахов и членов их семей, по их желанию, до присвоения статуса кандаса, а также внутренних мигрантов в случае переселения в рамках региональной квоты приема переселенцев в центрах временного размещения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z568" w:id="215"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z568" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124) рассмотрение жалобы на отказ в присвоении или продлении статуса кандаса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z569" w:id="216"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z569" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       125) разработка и утверждение правил формирования базы данных физических лиц, за которых перечислены обязательные пенсионные взносы, обязательные пенсионные взносы работодателя, обязательные профессиональные пенсионные взносы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z570" w:id="217"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z570" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126) разработка и утверждение правил обмена информацией между информационными системами центрального исполнительного органа и единого накопительного пенсионного фонда о движениях по индивидуальным пенсионным счетам, условным пенсионным счетам, а также о получателях и размерах пенсионных выплат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z571" w:id="218"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z571" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127) разработка перечня производств, работ, профессий работников, занятых на работах с вредными условиями труда, в пользу которых агентами по уплате обязательных профессиональных пенсионных взносов за счет собственных средств осуществляются обязательные профессиональные пенсионные взносы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z572" w:id="219"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z572" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128) разработка правил осуществления обязательных профессиональных пенсионных взносов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z573" w:id="220"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z573" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129) разработка и утверждение правил субсидирования обязательных пенсионных взносов получателям социальных выплат на случай потери дохода в связи с уходом за ребенком по достижении им возраста полутора лет из Государственного Фонда социального страхования (далее – Фонд);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z574" w:id="221"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z574" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130) разработка и утверждение правил субсидирования обязательных пенсионных взносов работодателя получателям социальных выплат на случай потери дохода в связи с уходом за ребенком по достижении им возраста одного года из Фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z575" w:id="223"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z761" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130-1) разработка и утверждение правил предоставления льгот и компенсаций жертвам массовых политических репрессий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z575" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131) разработка и утверждение правил предоставления государственной базовой пенсионной выплаты за счет бюджетных средств, а также назначения и осуществления пенсионных выплат по возрасту, государственных базовых социальных пособий по инвалидности, по случаю потери кормильца, государственных специальных пособий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z762" w:id="224"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z762" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131-1) разработка и утверждение правил использования центрами оказания специальных социальных услуг пенсионных выплат по возрасту, за выслугу лет и государственных социальных пособий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z576" w:id="225"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z576" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132) осуществление мониторинга сумм фактически внесенных обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов вкладчиков (получателей) с учетом уровня инфляции на соответствующий финансовый год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z577" w:id="226"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z577" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133) разработка правил выполнения гарантий государства получателям пенсионных выплат по сохранности обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов в едином накопительном пенсионном фонде в размере фактически внесенных обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов с учетом уровня инфляции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z578" w:id="227"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z578" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       134) разработка перечня работ в организациях, осуществляющих судебно-медицинскую экспертизу и патолого-анатомическую диагностику, для льготного исчисления трудового стажа для назначения пенсионных выплат по возрасту в полуторном размере; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z579" w:id="228"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z579" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135) разработка списка сезонных отраслей промышленности, работа в которых в течение полного сезона засчитывается в стаж для назначения пенсионных выплат по возрасту за год работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z580" w:id="229"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z580" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136) разработка правил возврата 50 процентов от суммы обязательных пенсионных взносов, перечисленных за счет бюджетных средств до 1 января 2016 года в пользу военнослужащих (кроме военнослужащих срочной службы), сотрудников специальных государственных и правоохранительных органов, органов гражданской защиты, государственной фельдъегерской службы, а также лиц, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z581" w:id="230"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z581" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137) разработка порядка и сроков исчисления, удержания (начисления) и перечисления обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов в единый накопительный пенсионный Фонд и взыскания по ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z583" w:id="232"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z582" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) разработка порядка и сроков исчисления (начисления) и перечисления обязательных пенсионных взносов работодателя в единый накопительный пенсионный фонд и взыскания по ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z583" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139) разработка правил перечисления обязательных пенсионных взносов, удержанных и не перечисленных агентами с доходов бывших работников, местонахождение которых неизвестно, в связи с отсутствием по состоянию на 1 января 2005 года социального индивидуального кода и (или) регистрационного номера налогоплательщика, и (или) пенсионного договора с накопительным пенсионным Фондом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z584" w:id="233"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z584" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140) разработка правил осуществления пенсионных выплат, единовременных пенсионных выплат в целях улучшения жилищных условий и (или) оплаты лечения, сформированных за счет обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов из единого накопительного пенсионного Фонда, возврата их в единый накопительный пенсионный Фонд, методики осуществления расчета размера пенсионных выплат, методики определения коэффициента замещения среднемесячного дохода получателя пенсионными выплатами, методики определения порога минимальной достаточности пенсионных накоплений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z585" w:id="234"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z585" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141) разработка правил определения размера и осуществления пенсионных выплат за счет обязательных пенсионных взносов работодателя из единого накопительного пенсионного Фонда; разработка правил определения размера и осуществления пенсионных выплат за счет обязательных пенсионных взносов работодателя из единого накопительного пенсионного Фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z586" w:id="235"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z586" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142) разъяснение по вопросам назначения пенсий, получения пенсионных и социальных выплат из республиканского бюджета, а также назначения и получения социальных выплат из Фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z764" w:id="236"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z764" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143) разработка и утверждение правил исчисления и уплаты социальных отчислений в Фонд и взысканий по ним и правил перечисления излишне (ошибочно) уплаченных социальных отчислений и (или) пени за несвоевременную и (или) неполную уплату социальных отчислений на банковский счет Государственной корпорации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z741" w:id="237"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z741" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143-1) определение порядка уплаты, перечисления и распределения, а также возврата излишне (ошибочно) уплаченных сумм единого платежа и (или) пени за несвоевременную и (или) неполную уплату единого платежа по согласованию с Национальным Банком Республики Казахстан, а также уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, и уполномоченными органами по государственному планированию, в области здравоохранения и сфере информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z763" w:id="238"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z763" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143-2) определение порядка предоставления информации плательщикам о состоянии и движении социальных отчислений, а также участникам системы обязательного социального страхования о сумме назначенной социальной выплаты либо об отказе в ее назначении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z588" w:id="239"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z588" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144) разработка и утверждение правил исчисления (определения) размеров социальных выплат, назначения, перерасчета, приостановления, возобновления, прекращения и осуществления социальных выплат из Фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z589" w:id="240"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z589" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145) разработка порядка осуществления социальной помощи в виде ежемесячных выплат гражданам Республики Казахстан после завершения периода капитализации платежей по возмещению вреда, причиненного жизни и здоровью работников юридическими лицами, ликвидированными вследствие банкротства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z590" w:id="241"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z590" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146) разработка и утверждение правил исчисления социальной помощи в виде ежемесячных выплат гражданам Республики Казахстан после завершения периода капитализации платежей по возмещению вреда, причиненного жизни или здоровью работников юридическими лицами, ликвидированными вследствие банкротства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z795" w:id="242"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z795" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146-1) разработка и утверждение правил осуществления, приостановления, возобновления и прекращения профессиональной выплаты за счет средств работодателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z796" w:id="243"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z796" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146-2) разработка и утверждение правил назначения, осуществления, приостановления, возобновления и прекращения выплаты специального профессионального государственного пособия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z797" w:id="244"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z797" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146-3) разработка и утверждение правил возмещения затрат на проведение превентивных и (или) реабилитационных мер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z591" w:id="245"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z591" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147) дача согласия на назначение (отказ в назначении) руководящих работников Фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z592" w:id="246"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z592" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148) определение перечня, форм, сроков представления финансовой и иной отчетности Фондом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z593" w:id="247"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z593" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       149) разработка норм и лимитов, обеспечивающих финансовую устойчивость Фонда; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z594" w:id="248"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z594" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) осуществление анализа, оценки и контроля финансовой устойчивости Фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z595" w:id="249"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z595" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) осуществление внутреннего контроля за деятельностью Фонда в порядке, установленном Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z596" w:id="250"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z596" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152) разработка перечня и лимитов финансовых инструментов для инвестирования активов Фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z597" w:id="251"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z597" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153) разработка предложения об установлении предельной величины процентной ставки комиссионного вознаграждения Фонда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z598" w:id="252"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z598" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154) установление величины процентной ставки комиссионного вознаграждения Фонда ежегодно, но не более двух раз в год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z599" w:id="253"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z599" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155) разработка и утверждение правил взимания комиссионного вознаграждения Фондом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z600" w:id="254"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z600" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       156) разработка предложения о повышении размеров социальных выплат из Фонда на случаи утраты трудоспособности и потери кормильца; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z601" w:id="255"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z601" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157) разработка списка № 1 производств, работ, профессий, должностей и показателей на подземных и открытых горных работах, работах с особо вредными и особо тяжелыми условиями труда и списка № 2 производств, работ, профессий, должностей и показателей на работах с вредными и тяжелыми условиями труда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z602" w:id="256"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z602" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) разработка и утверждение стандартов оказания специальных социальных услуг в области социальной защиты населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z765" w:id="257"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z765" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158-1) совместно с уполномоченными органами в области образования, охраны здоровья граждан определение стандартов социального обслуживания и социального обеспечения в сфере социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z603" w:id="258"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z603" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       159) разработка и утверждение правил предоставления платных специальных социальных услуг на платной основе; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z604" w:id="259"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z604" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) обеспечение ведения мониторинга по предоставлению специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z605" w:id="260"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z605" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) разработка и утверждение порядка аттестации социальных работников по согласованию с уполномоченным органом в области образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z606" w:id="261"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z606" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) разработка и утверждение квалификационных требований к социальным работникам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z766" w:id="262"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z766" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162-1) разработка и утверждение программы аттестации социальных работников в соответствии с профессиональным стандартом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6781,1171 +6975,1259 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z607" w:id="263"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 15 предусматривается дополнить подпунктом 162-3 в соответствии с постановлением Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z607" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) разработка и утверждение порядка оценки и определения потребности в специальных социальных услугах по согласованию с уполномоченным органом в области образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z608" w:id="264"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z608" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) разработка и утверждение правил финансирования и мониторинга оказания специальных социальных услуг в области социальной защиты населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z609" w:id="265"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z609" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165) разработка и утверждение правил формирования единого регистра организаций, предоставляющих специальные социальные услуги, и реестра специалистов, оказывающих специальные социальные услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z610" w:id="266"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z610" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) разработка и утверждение правил деятельности организаций, оказывающих специальные социальные услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z611" w:id="267"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z611" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167) разработка и утверждение методических рекомендаций в сфере предоставления специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z738" w:id="268"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z738" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167-1) разработка и утверждение методических рекомендаций по повышению квалификации социальных работников в области социальной защиты населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z768" w:id="269"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z768" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167-2) разработка и утверждение правил, сроков выдачи и отзыва свидетельства о присвоении квалификационной категории для специалистов в области социальной защиты населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z612" w:id="270"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z612" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) определение совместно с Министерством внутренних дел Республики Казахстан и уполномоченными органами в области здравоохранения и образования критериев оценки наличия жестокого обращения, приведшего к социальной дезадаптации и социальной депривации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z613" w:id="271"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z613" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) выработка предложений по развитию видов и форм предоставления специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z614" w:id="272"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z614" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170) взаимодействие с физическими и юридическими лицами, уполномоченным органом в области образования и другими государственными органами по вопросам предоставления специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z615" w:id="273"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z615" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) разработка и утверждение правил предоставления санаторно-курортного лечения лицам с инвалидностью и детям с инвалидностью в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z616" w:id="274"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z616" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) разработка и утверждение правил предоставления социальных услуг индивидуального помощника для лиц с инвалидностью первой группы, имеющих затруднение в передвижении, в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z617" w:id="275"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z617" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) разработка и утверждение правил обеспечения лиц с инвалидностью протезно-ортопедической помощью, техническими вспомогательными (компенсаторными) средствами, специальными средствами передвижения в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью, включая сроки их замены;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z618" w:id="276"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z618" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) разработка и утверждение правил предоставления социальных услуг специалиста жестового языка для лиц с инвалидностью по слуху в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z619" w:id="277"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z619" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) разработка и утверждение правил проведения медико-социальной экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z620" w:id="278"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z620" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) разработка и утверждение форм документов, формируемых при проведении медико-социальной экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z621" w:id="279"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z621" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177) разработка и утверждение правил возмещения стоимости товаров и услуг, услуг по перевозке лиц с инвалидностью на инватакси из средств государственного бюджета при реализации их лицам с инвалидностью через портал социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z769" w:id="280"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z769" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177-1) определение перечня отдельных видов товаров, работ, услуг, закупаемых у общественных объединений лиц с инвалидностью Республики Казахстан и (или) организаций, созданных общественными объединениями лиц с инвалидностью Республики Казахстан, производящих и (или) поставляющих товары, выполняющих работы, оказывающих услуги, по согласованию с уполномоченными органами в сферах государственных закупок, защиты конкуренции и ограничения монополистической деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z622" w:id="281"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z622" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178) разработка и утверждение правил регистрации поставщиков товаров и (или) услуг, услуг по перевозке лиц с инвалидностью на инватакси или их снятия с регистрации на портале социальных услуг, а также допуска товаров и (или) услуг на портал социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z624" w:id="283"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z623" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179) разработка и утверждение порядка оценки потребностей лиц с инвалидностью согласно классификатору технических вспомогательных (компенсаторных) средств, специальных средств передвижения и услуг, предоставляемых лицам с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z624" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180) разработка и утверждение методики определения гарантированной суммы, предоставляемой в качестве возмещения стоимости товаров и (или) услуг, услуг по перевозке лиц с инвалидностью на инватакси, приобретаемых лицами с инвалидностью через портал социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z625" w:id="284"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z625" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) разработка и утверждение классификатора технических вспомогательных (компенсаторных) средств, специальных средств передвижения и услуг, предоставляемых лицам с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z770" w:id="285"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z770" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181-1) создание координационного совета в области социальной защиты лиц с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z626" w:id="286"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z626" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182) разработка и утверждение правил использования портала социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z627" w:id="287"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z627" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183) утверждение порядка исчисления совокупного дохода лица (семьи), претендующего на получение адресной социальной помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z628" w:id="288"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z628" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184) определение порядка назначения и выплаты адресной социальной помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z629" w:id="289"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z629" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185) утверждение типового положения об участковых комиссиях, а также критериев определения нуждаемости в адресной социальной помощи по результатам обследования материального положения заявителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z771" w:id="290"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z771" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185-1) разработка и утверждение методики определения социального благополучия семьи (лица) по согласованию с уполномоченным органом в сфере информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z630" w:id="291"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z630" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) утверждение форм социального контракта, индивидуального плана и типового перечня мероприятий по содействию занятости и социальной адаптации семьи (лица);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z631" w:id="292"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z631" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) утверждение порядка расчета величины прожиточного минимума совместно с уполномоченным органом в области государственной статистики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z632" w:id="293"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z632" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) установление фиксированной доли расходов на непродовольственные товары и услуги совместно с уполномоченным органом в области государственной статистики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z772" w:id="294"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z772" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188-1) согласование перечня социально значимых продовольственных товаров, утверждаемого уполномоченным органом в области регулирования торговой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z633" w:id="295"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z633" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) разработка плана мероприятий по социальной защите и реабилитации лиц с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z634" w:id="296"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z634" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       190) установление общих принципов организации и осуществления медико-социальной экспертизы и реабилитации лиц с инвалидностью; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z739" w:id="297"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z739" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190-1) разработка и утверждение порядка назначения внештатных советников министров, акимов районов, городов районного значения, городов областного значения, областей, городов республиканского значения, столицы по вопросам инвалидности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z635" w:id="298"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z635" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) разработка и утверждение порядка и условий субсидирования затрат работодателей, создающих специальные рабочие места для трудоустройства лиц с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z798" w:id="299"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z798" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191-1) определение размера субсидий на оснащение специальных рабочих мест;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z636" w:id="300"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z636" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192) осуществление координации деятельности по методическому обеспечению системы предоставления специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z637" w:id="301"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z637" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       193) определение размера черты бедности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z638" w:id="302"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z638" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) разработка и утверждение подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z639" w:id="303"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z639" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195) утверждение проверочных листов и критериев оценки степени риска совместно с уполномоченным органом по предпринимательству;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z640" w:id="304"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z640" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) разработка и утверждение минимальных социальных стандартов в сферах труда и социального обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z641" w:id="305"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z641" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) участие в пределах своей компетенции в реализации государственной политики по обеспечению соблюдения принципов равных возможностей, толерантности и недопущения ущемления прав по мотивам происхождения, социального, должностного и имущественного положения, пола, расы, национальности, языка, отношения к религии, убеждений, места жительства, а также предупреждению возникновения межэтнической и иной любой дискриминации в социально-трудовых отношениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z642" w:id="306"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z642" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198) оказание в пределах своей компетенции государственных услуг, в том числе электронных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z643" w:id="307"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z643" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) осуществление в пределах своей компетенции защиты прав потребителей при оказании государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z644" w:id="308"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z644" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) организация подготовки, повышения квалификации и переподготовки кадров в области медико-социальной экспертизы и социально-трудовой сферы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z645" w:id="309"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z645" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) организация разъяснительной работы среди населения по вопросам труда, занятости, миграции и социальной защиты населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z646" w:id="310"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z646" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) создание консультативно-совещательных и экспертных комиссий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z647" w:id="311"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z647" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) проведение ведомственного статистического наблюдения в области труда, занятости, миграции, социальной защиты населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z648" w:id="312"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z648" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) взаимодействие с общественными объединениями по реализации государственной политики в области труда, занятости, миграции и социальной защиты населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z649" w:id="313"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z649" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) осуществление взаимодействия и сотрудничества с молодежными организациями по вопросам содействия в трудоустройстве и занятости молодежи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z650" w:id="314"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z650" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) рассмотрение обращений физических и юридических лиц по вопросам труда, занятости, миграции и социальной защиты населения, социального обеспечения, в том числе пенсионного обеспечения и обязательного социального страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z740" w:id="315"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z740" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206-1) анализ и выявление системных проблем, поднимаемых заявителями, и принятие мер по их устранению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z854" w:id="316"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z854" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206-2) рассмотрение петиций физических лиц в порядке и сроки, установленные Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z651" w:id="317"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z651" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) методическая и организационная координация работы уполномоченных государственных органов, социальных служб и иных организаций в социально-трудовой сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z652" w:id="318"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z652" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) создание и обеспечение функционирования электронных информационных ресурсов и информационных систем, информационно-коммуникационных сетей в области занятости и организация доступа к ним физических и юридических лиц в соответствии с законодательством Республики Казахстан в сфере информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkEnd w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8082,1386 +8364,1784 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.07.2023); </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z656" w:id="319"/>
+    <w:bookmarkStart w:name="z656" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212) разработка и утверждение правил ведения персонифицированного учета участников системы обязательного социального страхования, их социальных отчислений и социальных выплат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z657" w:id="320"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z657" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) определение порядка ведения персонифицированного учета обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов и (или) пени;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z658" w:id="321"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z658" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) утверждение перечней измерений, относящихся к государственному регулированию, совместно с уполномоченным органом в области технического регулирования и метрологии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z659" w:id="322"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z659" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215) осуществление подготовки и внесение предложений о разработке, внесении изменений, пересмотре и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации, рекомендаций по стандартизации в уполномоченный орган в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z660" w:id="323"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z660" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216) осуществление разработки национальных стандартов и национальных классификаторов технико-экономической информации по согласованию с уполномоченным органом в сфере стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z661" w:id="324"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z661" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) рассмотрение проектов документов по стандартизации и национального плана стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z662" w:id="325"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z662" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) подготовка предложений по созданию технических комитетов по стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z663" w:id="326"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z663" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) участие в работе технических комитетов по стандартизации и национального органа по стандартизации, международных организаций по стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z664" w:id="327"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z664" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220) участие в реализации единой государственной политики в области обеспечения единства измерений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z665" w:id="328"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z665" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) создание экспертных советов в области технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z666" w:id="329"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z666" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) утверждение состава экспертных советов в области технического регулирования и положения о них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z667" w:id="330"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z667" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) подготовка и внесение в уполномоченный орган в области технического регулирования в порядке, установленном законодательством Республики Казахстан, предложений о разработке технических регламентов или изменений и (или) дополнений в технические регламенты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z668" w:id="331"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z668" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224) разработка и исполнение планов мероприятий по реализации технических регламентов, в том числе Евразийского экономического союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z669" w:id="332"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z669" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) подготовка предложений по созданию, модернизации и оснащению органов по подтверждению соответствия и лабораторий по продукции, подлежащей обязательному подтверждению соответствия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z670" w:id="333"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z670" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226) участие в работе по включению или исключению органов по оценке соответствия в национальную часть (из национальной части) единого реестра органов по оценке соответствия Евразийского экономического союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z671" w:id="334"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z671" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) утверждение методики прогнозирования показателей социальной сферы прогноза социально-экономического развития Республики Казахстан на пятилетний период;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z672" w:id="335"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z672" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) утверждение правил отнесения видов экономической деятельности к классам профессионального риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z673" w:id="336"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z673" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) утверждение правил выдачи удостоверения реабилитированному лицу, образца удостоверения реабилитированного лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z727" w:id="337"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z727" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-1) осуществление формирования, мониторинга реализации и оценки результатов государственного социального заказа в порядке, определяемом уполномоченным органом в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z728" w:id="338"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z728" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-2) создание совета по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z729" w:id="339"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z729" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-3) представление информации по реализации государственного социального заказа в уполномоченный орган в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z730" w:id="340"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z730" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-4) размещение на своем интернет-ресурсе планируемых тем и информации по реализации государственного социального заказа, а также оценки результатов государственного социального заказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z731" w:id="341"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z731" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       229-5) оказание информационной, консультативной, методической поддержки неправительственным организациям, осуществляющим государственный социальный заказ; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z732" w:id="342"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z732" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-6) предоставление государственных грантов в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассмотрение отчета оператора о результатах реализации государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z733" w:id="343"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z733" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-7) осуществление оценки эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z734" w:id="344"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z734" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-8) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирование государственных грантов по направлениям и объемам финансирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z735" w:id="345"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z735" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-9) проведение конкурсного отбора стратегических партнеров и заключение с ними договоров в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z736" w:id="346"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z736" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-10) осуществление оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z737" w:id="347"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z737" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-11) ежегодно до 1 декабря представление в уполномоченный орган в сфере взаимодействия с неправительственными организациями информации о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z742" w:id="348"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z742" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-12) утверждение перечня востребованных профессий для получения иностранцами разрешения на постоянное проживание в Республике Казахстан и порядка его формирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z743" w:id="349"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z743" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-13) осуществление формирования, мониторинга реализации и оценки результатов государственного социального заказа по вопросам трудовой занятости молодежи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z744" w:id="350"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z744" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-14) содействие трудоустройству временно неустроенной молодежи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z745" w:id="351"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z745" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-15) согласование типовых квалификационных характеристик специалистов по работе с молодежью, разрабатываемых и утверждаемых уполномоченным органом по вопросам государственной молодежной политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z746" w:id="352"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z746" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-16) согласование правил создания, организации, обеспечения молодежных трудовых отрядов, а также проведения мониторинга их деятельности, разрабатываемых и утверждаемых уполномоченным органом по вопросам государственной молодежной политики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z774" w:id="353"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z774" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-17) разработка и утверждение правил создания отраслевых советов по профессиональным квалификациям, а также их типового положения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z775" w:id="354"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z775" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-18) разработка и утверждение правил формирования, актуализации и ведения реестра профессий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z776" w:id="355"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z776" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-19) разработка и утверждение правил признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z777" w:id="356"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z777" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-20) разработка и утверждение правил аккредитации центров признания профессиональных квалификаций, переоформления, отзыва, возобновления и прекращения действия аттестата аккредитации, а также типовой формы и условий постаккредитационного договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z778" w:id="357"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z778" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-21) разработка и утверждение правил разработки и утверждения квалификационных программ, а также требований к ним;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z779" w:id="358"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z779" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-22) разработка и утверждение правил разработки и (или) актуализации отраслевых рамок квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z780" w:id="359"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z780" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-23) разработка и утверждение правил формирования, сопровождения и системно-технического обслуживания цифровой платформы Национальной системы квалификаций, интеграции с иными информационными системами, а также анализа и обработки данных по вопросам Национальной системы квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z781" w:id="360"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z781" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-24) разработка и утверждение правил выдачи, финансирования и распределения между регионами Республики Казахстан единоразовых ваучеров на признание профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z782" w:id="361"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z782" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-25) разработка и утверждение правил формирования потребности рынка труда в признании профессиональных квалификаций с учетом актуальности профессий в текущем и будущем периодах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z783" w:id="362"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z783" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-26) формирование потребности рынка труда в признании профессиональных квалификаций с учетом актуальности профессий в текущем и будущем периодах по согласованию с местными исполнительными органами областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z784" w:id="363"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z784" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-27) ведение перечня утвержденных профессиональных стандартов на цифровой платформе Национальной системы квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z785" w:id="364"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z785" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-28) координация деятельности Национального органа по профессиональным квалификациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z799" w:id="365"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z799" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-29) участие в пределах своей компетенции в формировании и реализации государственной политики в сфере опеки и попечительства над недееспособными, ограниченно дееспособными совершеннолетними гражданами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z800" w:id="366"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z800" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-30) разработка и утверждение правил оказания государственной услуги по установлению опеки или попечительства над недееспособными или ограниченно дееспособными совершеннолетними лицами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-31) разработка и утверждение правил оказания государственной услуги по выдаче разрешения по распоряжению имуществом, снятию пенсий, пособий, социальных выплат, поступивших на счет недееспособного или ограниченно дееспособного совершеннолетнего лица, и на отчуждение имущества граждан, признанных по решению суда недееспособными или ограниченно дееспособными;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-32) выдача субъектам, предоставляющим специальные социальные услуги, лицензии на предоставление специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z805" w:id="367"/>
+    <w:bookmarkStart w:name="z805" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-33) осуществление организации и координации работ по ведению медико-социального учета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z806" w:id="368"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z806" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-34) разработка и утверждение правил ведения медико-социального учета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z807" w:id="369"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z807" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-35) разработка и утверждение правил координации работы по охвату лиц (семей), оказавшихся в трудной жизненной ситуации, всесторонней поддержкой в пределах компетенции государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z808" w:id="370"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z808" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-36) разработка и утверждение квалификационных требований и перечня документов, подтверждающих соответствие им, на предоставление специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z809" w:id="371"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z809" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-37) разработка и утверждение правил проведения ротации первых руководителей государственных организаций, предоставляющих специальные социальные услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z855" w:id="372"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z855" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-38) формирование и реализация государственной политики в сфере социальной защиты жертв торговли людьми, координация деятельности субъектов противодействия торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z856" w:id="373"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z856" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-39) взаимодействие с иными субъектами противодействия торговле людьми, Уполномоченным по правам человека в Республике Казахстан, Уполномоченным по правам ребенка в Республике Казахстан и Уполномоченным по правам социально уязвимых категорий населения при Президенте Республики Казахстан в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z857" w:id="374"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z857" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-40) координация и осуществление работы по планированию, организации и реализации мер по противодействию торговле людьми, в том числе по предупреждению, оценке рисков в сфере противодействия торговле людьми, перенаправлению жертв торговли людьми для оказания им помощи и предоставления специальных социальных услуг в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z858" w:id="375"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z858" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-41) обобщение практики применения законодательства Республики Казахстан в сфере социальной защиты и предоставления специальных социальных услуг жертвам торговли людьми, а также разработка и внесение предложений по его совершенствованию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z859" w:id="376"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z859" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-42) организация подготовки, переподготовки и повышения квалификации сотрудников субъектов противодействия торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z860" w:id="377"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z860" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-43) обеспечение защиты прав, свобод и законных интересов человека и гражданина, интересов общества и государства в процессе осуществления противодействия торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z861" w:id="378"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z861" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-44) информирование общественности о результатах деятельности в сфере противодействия торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z862" w:id="379"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z862" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-45) утверждение совместно с Министерством внутренних дел Республики Казахстан правил проведения оценки рисков в сфере противодействия торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z863" w:id="380"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z863" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-46) утверждение совместно с Министерством внутренних дел Республики Казахстан и по согласованию с иными государственными органами в сфере противодействия торговле людьми порядка перенаправления жертв торговли людьми для оказания им помощи и предоставления специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z864" w:id="381"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z864" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-47) утверждение совместно с Министерством внутренних дел Республики Казахстан положения о межведомственной комиссии по противодействию торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z865" w:id="382"/>
+    <w:bookmarkEnd w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229-48) утверждение совместно с Министерством внутренних дел Республики Казахстан типового положения о региональной комиссии по противодействию торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z674" w:id="383"/>
+    <w:bookmarkStart w:name="z875" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-49) участие в формировании государственной политики и принятие мер по противодействию теневой экономике в пределах компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z876" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-50) внесение предложений в уполномоченный орган в области мобилизационной подготовки по объемам финансирования мероприятий по мобилизационной подготовке и мобилизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z877" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-51) планирование, организация и руководство мобилизационной подготовкой организаций, проведение оценки мобилизационной готовности организаций, имеющих мобилизационные заказы, в порядке, установленном в правилах мобилизационной подготовки и мобилизации в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z878" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-52) заключение договоров с организациями на выполнение мобилизационных заказов, внесение предложений в уполномоченный орган в области мобилизационной подготовки о снятии и передаче установленных мобилизационных заказов при банкротстве, реорганизации, ликвидации, изменении профиля работы организаций, имеющих мобилизационные заказы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z879" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-53) проведение во взаимодействии с местными исполнительными органами Республики Казахстан мероприятий по подготовке к выполнению мобилизационных планов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z880" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-54) представление в уполномоченный орган в области мобилизационной подготовки информации о производственных, финансовых, складских возможностях организаций для установления мобилизационных заказов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z881" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-55) организация и проведение работы по бронированию военнообязанных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z882" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-56) обеспечение соблюдения законов и иных нормативных правовых актов Республики Казахстан в области мобилизационной подготовки и мобилизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z883" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-57) при объявлении мобилизации организация и обеспечение во взаимодействии с местными исполнительными органами Республики Казахстан проведения комплекса мероприятий по переводу организаций на режим военного положения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z884" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-58) разработка и утверждение нормативных правовых актов в области мобилизационной подготовки и мобилизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z885" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-59) разработка, согласование с уполномоченным органом в области мобилизационной подготовки и утверждение мобилизационного плана Министерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z886" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-60) внесение в уполномоченный орган в области мобилизационной подготовки предложений по совершенствованию мобилизационной подготовки и мобилизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z887" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-61) разработка и утверждение правил определения стоимости исследований и консалтинговых услуг по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z888" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-62) разработка и утверждение правил определения стоимости государственного задания по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z889" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-63) разработка и утверждение натуральных норм по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z890" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-64) образование ведомственной бюджетной комиссии, определение еҰ рабочего органа, утверждение положения о ней, компетенции и состава;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z891" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-65) разработка и утверждение правил осуществления платных видов деятельности по реализации товаров (работ, услуг) государственными учреждениями, деньги от реализации которых остаются в их распоряжении, использования денег от реализации государственными учреждениями товаров (работ, услуг), остающихся в их распоряжении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z892" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-66) разработка и утверждение правил проведения конкурса на занятие вакансий в организациях, находящихся в ведении центральных государственных органов и местных исполнительных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z893" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-67) разработка и утверждение правил публикации сведений о наличии вакансий в организациях, находящихся в ведении центральных государственных органов и местных исполнительных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z894" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229-68) разработка и утверждение правил установления нормативов численности административно-управленческого персонала в подведомственных организациях и (или) находящихся в ведении центральных государственных органов и местных исполнительных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z674" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230) осуществление иных функций, предусмотренных законами, актами Президента и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkEnd w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9470,1924 +10150,2016 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 834</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">); от 26.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 850</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 985</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 23.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 157</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 14.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 307</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 528</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 04.09.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 764</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 04.09.2023); от 20.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 213</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>п.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); от 26.10.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 850</w:t>
+        <w:t xml:space="preserve">); от 17.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 392</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 985</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 603</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; от 23.02.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 157</w:t>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 14.04.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 307</w:t>
+        <w:t xml:space="preserve">); от 06.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 628</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.06.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 528</w:t>
+        <w:t xml:space="preserve">; от 04.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 821</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
-[...9 lines deleted...]
-        <w:t>п. 4</w:t>
+        <w:t xml:space="preserve">; от 28.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 282</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); от 04.09.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 764</w:t>
+        <w:t xml:space="preserve">; от 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 820</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 04.09.2023); от 20.03.2024 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">; от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z675" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z676" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z677" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Первый руководитель Министерства назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z678" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Первый руководитель имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z679" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия первого руководителя Министерства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z680" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирует политику в области труда, безопасности и охраны труда, занятости, миграции и социальной защиты населения, пенсионного и социального обеспечения, обязательного социального страхования; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z681" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечивает межотраслевую координацию в пределах, предусмотренных законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z682" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определяет компетенцию и порядок взаимодействия ведомств с иными государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z683" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в пределах компетенции Министерства принимает нормативные правовые акты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z684" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) представляет Министерство в Парламенте Республики Казахстан, иных государственных органах и организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z685" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) утверждает стратегические и программные документы Министерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z686" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) принимает решения по другим вопросам, отнесенным к его компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z687" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий первого руководителя Министерства в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z688" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z689" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Аппарат Министерства возглавляется руководителем аппарата, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z690" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z691" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z692" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z693" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z694" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выделенных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z695" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z696" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z697" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 20.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
-[...9 lines deleted...]
-        <w:t>п.2</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); от 17.05.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 392</w:t>
+        <w:t>№ 1062</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.07.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 603</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z698" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акционерные общества:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z699" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Центр развития трудовых ресурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
-[...9 lines deleted...]
-        <w:t>п.2</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">); от 06.08.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 628</w:t>
+        <w:t xml:space="preserve">2. Исключен постановлением Правительства РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1062</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; от 04.10.2024 </w:t>
-[...59 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z675" w:id="384"/>
+    <w:bookmarkStart w:name="z701" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Компания по страхованию жизни "Государственная аннуитетная компания".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z702" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственный Фонд социального страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z703" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственные предприятия на праве хозяйственного ведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z704" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Национальный научный центр развития сферы социальной защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z705" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Республиканский научно-исследовательский институт по охране труда Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z706" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
-[...648 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений – территориальных подразделений Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkEnd w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень - в редакции постановления Правительства РК от 06.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 628</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z813" w:id="416"/>
+    <w:bookmarkStart w:name="z813" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по области Абай".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z814" w:id="417"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z814" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Акмолинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z815" w:id="418"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z815" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Актюбинской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z816" w:id="419"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z816" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Алматинской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z817" w:id="420"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z817" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Атырауской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z818" w:id="421"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z818" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Западно-Казахстанской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z819" w:id="422"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z819" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Жамбылской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z820" w:id="423"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z820" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z821" w:id="424"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z821" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Карагандинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z822" w:id="425"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z822" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Костанайской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z823" w:id="426"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z823" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z824" w:id="427"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z824" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Мангистауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z825" w:id="428"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z825" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Павлодарской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z826" w:id="429"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z826" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Северо-Казахстанской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z827" w:id="430"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z827" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Туркестанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z828" w:id="431"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z828" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по области Ұлытау".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z829" w:id="432"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z829" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по Восточно-Казахстанской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z830" w:id="433"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z830" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по городу Алматы". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z831" w:id="434"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z831" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по городу Астане". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z832" w:id="435"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z832" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Республиканское государственное учреждение "Департамент Комитета государственной инспекции труда Министерства труда и социальной защиты населения Республики Казахстан по городу Шымкент". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z833" w:id="436"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z833" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений – территориальных подразделений Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z834" w:id="437"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z834" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по области Абай". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z835" w:id="438"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z835" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Акмолинской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z836" w:id="439"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z836" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Актюбинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z837" w:id="440"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z837" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Алматинской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z838" w:id="441"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z838" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Атырауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z839" w:id="442"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z839" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Западно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z840" w:id="443"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z840" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Жамбылской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z841" w:id="444"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z841" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z842" w:id="445"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z842" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Карагандинской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z843" w:id="446"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z843" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Костанайской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z844" w:id="447"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z844" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z845" w:id="448"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z845" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Мангистауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z846" w:id="449"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z846" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Павлодарской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z847" w:id="450"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z847" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Северо-Казахстанской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z848" w:id="451"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z848" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Туркестанской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z849" w:id="452"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z849" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по области Ұлытау". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z850" w:id="453"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z850" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по Восточно-Казахстанской области". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z851" w:id="454"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z851" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по городу Алматы". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z852" w:id="455"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z852" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по городу Астане". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z853" w:id="456"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z853" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Республиканское государственное учреждение "Департамент Комитета регулирования и контроля в сфере социальной защиты населения Министерства труда и социальной защиты населения Республики Казахстан по городу Шымкент".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkEnd w:id="477"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11466,268 +12238,268 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 18 февраля 2017 года № 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z304" w:id="457"/>
+    <w:bookmarkStart w:name="z304" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Изменения и дополнения, которые вносятся в некоторые решения Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z305" w:id="458"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z305" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 мая 1999 года № 659 "О передаче прав по владению и пользованию государственными пакетами акций и государственными долями в организациях, находящихся в республиканской собственности":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z306" w:id="459"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z306" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных пакетов акций и государственных долей участия в организациях республиканской собственности, право владения и пользования которыми передается отраслевым министерствам и иным государственным органам, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z307" w:id="460"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z307" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить разделом следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z308" w:id="461"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z308" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Министерству труда и социальной защиты населения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z309" w:id="462"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z309" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       382. АО "Государственный Фонд социального страхования"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z310" w:id="463"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z310" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       383. АО "Компания по страхованию жизни "Государственная аннуитетная компания"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z311" w:id="464"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z311" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       384. АО "Республиканский протезно-ортопедический центр"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z312" w:id="465"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z312" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       385. АО "Центр развития трудовых ресурсов".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkEnd w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11810,130 +12582,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z337" w:id="466"/>
+    <w:bookmarkStart w:name="z337" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 24 сентября 2014 года № 1011 "Вопросы Министерства национальной экономики Республики Казахстан" (САПП Республики Казахстан, 2014 г., № 59-60, ст. 555):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z338" w:id="467"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z338" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Министерстве национальной экономики Республики Казахстан, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkEnd w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11946,70 +12718,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z340" w:id="468"/>
+    <w:bookmarkStart w:name="z340" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) стратегического планирования, налоговой и бюджетной политики, а также политики в области таможенного дела, государственного и гарантированного государством заимствования и долга, государственно-частного партнерства, государственных инвестиционных проектов, защиты конкуренции и ограничения монополистической деятельности, естественных монополий и регулируемых рынков, международных экономических и финансовых отношений, в том числе регулирования международной экономической интеграции, регулирования и развития внешнеторговой деятельности, за исключением продвижения экспорта, регулирования торговой деятельности, управления государственными активами, в том числе повышения качества корпоративного управления, развития системы государственного управления, развития государственной политики в сфере оказания государственных услуг;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkEnd w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12200,400 +12972,400 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 18 февраля 2017 года № 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z344" w:id="469"/>
+    <w:bookmarkStart w:name="z344" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>переименовываемых государственных учреждений – территориальных подразделений Комитета труда, социальной защиты и миграции Министерства здравоохранения и социального развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z345" w:id="470"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z345" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент Комитета труда, социальной защиты и миграции по Акмолинской области, город Кокшетау Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Акмолинской области, город Кокшетау Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z346" w:id="471"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z346" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департамент Комитета труда, социальной защиты и миграции по Актюбинской области, город Актобе Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Актюбинской области, город Актобе Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z347" w:id="472"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z347" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент Комитета труда, социальной защиты и миграции по Алматинской области, город Алматы Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Алматинской области, город Алматы Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z348" w:id="473"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z348" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент Комитета труда, социальной защиты и миграции по Атырауской области, город Атырау Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Атырауской области, город Атырау Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z349" w:id="474"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z349" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент Комитета труда, социальной защиты и миграции по Восточно-Казахстанской области, город Усть-Каменогорск Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Восточно-Казахстанской области, город Усть-Каменогорск Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z350" w:id="475"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z350" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Департамент Комитета труда, социальной защиты и миграции по Жамбылской области, город Тараз Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Жамбылской области, город Тараз Министерства труда и социальной защиты населения Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z351" w:id="476"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z351" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Департамент Комитета труда, социальной защиты и миграции по Западно-Казахстанской области, город Уральск Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Западно-Казахстанской области, город Уральск Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z352" w:id="477"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z352" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Департамент Комитета труда, социальной защиты и миграции по Карагандинской области, город Караганда Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Карагандинской области, город Караганда Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z353" w:id="478"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z353" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Департамент Комитета труда, социальной защиты и миграции по Кызылординской области, город Кызылорда Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Кызылординской области, город Кызылорда Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z354" w:id="479"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z354" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Департамент Комитета труда, социальной защиты и миграции по Костанайской области, город Костанай Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Костанайской области, город Костанай Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z355" w:id="480"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z355" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Департамент Комитета труда, социальной защиты и миграции по Мангистауской области, город Актау Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Мангистауской области, город Актау Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z356" w:id="481"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z356" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департамент Комитета труда, социальной защиты и миграции по Павлодарской области, город Павлодар Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Павлодарской области, город Павлодар Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z357" w:id="482"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z357" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Департамент Комитета труда, социальной защиты и миграции по Северо-Казахстанской области, город Петропавловск Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Северо-Казахстанской области, город Петропавловск Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z358" w:id="483"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z358" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Департамент Комитета труда, социальной защиты и миграции по Южно-Казахстанской области, город Шымкент Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по Южно-Казахстанской области, город Шымкент Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z359" w:id="484"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z359" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Департамент Комитета труда, социальной защиты и миграции по городу Астане, город Астана Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по городу Астане, город Астана Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z360" w:id="485"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z360" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Департамент Комитета труда, социальной защиты и миграции по городу Алматы, город Алматы Министерства здравоохранения и социального развития Республики Казахстан в Департамент Комитета труда, социальной защиты и миграции по городу Алматы, город Алматы Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkEnd w:id="506"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12672,230 +13444,230 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 18 февраля 2017 года № 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z362" w:id="486"/>
+    <w:bookmarkStart w:name="z362" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>переименовываемых государственных юридических лиц</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z363" w:id="487"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z363" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Государственные предприятия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z364" w:id="488"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z364" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное казенное предприятие "Научно-практический центр развития социальной реабилитации" Министерства здравоохранения и социального развития Республики Казахстан в республиканское государственное казенное предприятие "Научно-практический центр развития социальной реабилитации" Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z365" w:id="489"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z365" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное казенное предприятие "Республиканский научно-исследовательский институт по охране труда Министерства здравоохранения и социального развития Республики Казахстан" в республиканское государственное казенное предприятие "Республиканский научно-исследовательский институт по охране труда" Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z366" w:id="490"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z366" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Государственное учреждение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z367" w:id="491"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z367" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственное учреждение "Курсы повышения квалификации кадров социально-трудовой сферы" Министерства здравоохранения и социального развития Республики Казахстан в государственное учреждение "Курсы повышения квалификации кадров социально-трудовой сферы" Министерства труда и социальной защиты населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkEnd w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>