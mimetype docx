--- v0 (2025-11-14)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9d6dfbf" w14:textId="9d6dfbf">
+    <w:p w14:paraId="e3de896" w14:textId="e3de896">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8335,72 +8335,82 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) финансово-экономические расчеты, если реализация проекта закона повлечет сокращение поступлений или увеличение расходов республиканского и местных бюджетов и (или) Национального фонда, привлечение грантов, займов или спонсирование из международных источников;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
     <w:bookmarkStart w:name="z985" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8) заключения по результатам научной (правовой, экономической, антикоррупционной и других) экспертиз в зависимости от правоотношений, регулируемых проектом закона.</w:t>
+        <w:t xml:space="preserve">
+      8) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заключения по результатам научной (правовой, экономической, антикоррупционной и других) экспертиз в зависимости от правоотношений, регулируемых проектом закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z986" w:id="198"/>
-[...15 lines deleted...]
-      В случае несогласия с заключением научной экспертизы разработчик проекта закона должен приложить письменные аргументированные обоснования причин несогласия с соответствующим заключением, которые были направлены в экспертную, уполномоченную организации;</w:t>
+    <w:bookmarkStart w:name="z1014" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с заключением научной экспертизы разработчик проекта закона прилагает письменные аргументированные обоснования причин несогласия с соответствующим заключением, которые были направлены в уполномоченные организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
     <w:bookmarkStart w:name="z987" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) заключения ИЗПИ по консультативному документу и проекту закона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
     <w:bookmarkStart w:name="z988" w:id="200"/>
     <w:p>
@@ -8585,51 +8595,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 51 - в редакции постановления Правительства РК от 28.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1082</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правительства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z298" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14803,71 +14833,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...19 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(текст)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14920,61 +14930,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>п</w:t>
-[...9 lines deleted...]
-              <w:t>/п</w:t>
+              <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15291,71 +15291,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...19 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(текст)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -15367,71 +15347,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...19 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(текст)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23359,205 +23319,193 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z834" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Отчет по итогам публичных обсуждений проекта закона  </w:t>
-[...11 lines deleted...]
-        <w:t>"________________________________________________"</w:t>
+        <w:t xml:space="preserve"> Отчет по итогам публичных обсуждений проекта закона "____________________"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 8 – в редакции постановления Правительства РК от 04.10.2024 </w:t>
+      Сноска. Приложение 8 – в редакции постановления Правительства РК от 19.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 822</w:t>
+        <w:t>№ 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z961" w:id="279"/>
+    <w:bookmarkStart w:name="z1015" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата опубликования проекта закона на интернет-портале открытых нормативных правовых актов _______</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z94" w:id="280"/>
+    <w:bookmarkStart w:name="z1016" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Всего поступило замечаний и предложений _____</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z95" w:id="281"/>
+    <w:bookmarkStart w:name="z1017" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Из них принято ____</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z96" w:id="282"/>
+    <w:bookmarkStart w:name="z1018" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не принято (основания непринятия) _____</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z97" w:id="283"/>
+    <w:bookmarkStart w:name="z1019" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата (ы) проведения публичных обсуждений (при проведении) ______</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z98" w:id="284"/>
+    <w:bookmarkStart w:name="z1020" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Таблица поступивших замечаний и предложений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -23576,68 +23524,80 @@
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1021" w:id="285"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="285"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23699,51 +23659,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Позиция ГО</w:t>
+Позиция государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23762,151 +23722,187 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1027" w:id="286"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Поступившие замечания и (или) предложения на интернет-портал открытых нормативных правовых актов</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. Поступившие замечания и (или) предложения на интернет-портал открытых нормативных правовых актов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="286"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1029" w:id="287"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.1. Поступившие в процессе публичных обсуждений (на интернет-портал открытых нормативных правовых актов), за исключением субъектов, указанных в других разделах настоящего отчета</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.1. Поступившие в процессе публичных обсуждений (на интернет-портал открытых нормативных правовых актов), за исключением субъектов, указанных в других разделах настоящего отчета</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="287"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1031" w:id="288"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="288"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -24014,68 +24010,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1037" w:id="289"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="289"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -24184,109 +24192,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1043" w:id="290"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.2. Поступившие непосредственно на публичных слушаниях, за исключением субъектов, указанных в других разделах настоящего отчета</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.2. Поступившие непосредственно на публичных слушаниях, за исключением субъектов, указанных в других разделах настоящего отчета</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="290"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1045" w:id="291"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="291"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -24394,68 +24426,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1051" w:id="292"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="292"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -24564,109 +24608,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1057" w:id="293"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Поступившие от членов общественного совета</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Поступившие от членов общественного совета</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="293"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1059" w:id="294"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="294"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -24774,68 +24842,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1065" w:id="295"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="295"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -24944,109 +25024,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1071" w:id="296"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Поступившие от членов экспертного совета</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Поступившие от членов экспертного совета</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="296"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1073" w:id="297"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="297"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -25154,68 +25258,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1079" w:id="298"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="298"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -25324,109 +25440,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1085" w:id="299"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Поступившие от НПП</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4. Поступившие от Национальной палаты предпринимателей Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="299"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1087" w:id="300"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="300"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -25534,68 +25674,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1093" w:id="301"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="301"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -25704,109 +25856,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1099" w:id="302"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Поступившие от аккредитованных некоммерческих организаций</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5. Поступившие от аккредитованных некоммерческих организаций</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="302"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1101" w:id="303"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="303"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -25914,68 +26090,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1107" w:id="304"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="304"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -26083,68 +26271,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1113" w:id="305"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="305"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -26253,109 +26453,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1119" w:id="306"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Поступившие от Института законодательства и правовой информации</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6. Поступившие от Института законодательства и правовой информации</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="306"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1121" w:id="307"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="307"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -26463,68 +26687,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1127" w:id="308"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="308"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -26632,68 +26868,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1133" w:id="309"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="309"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -26802,109 +27050,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1139" w:id="310"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7. Поступившие от уполномоченной организации научной правовой экспертизы</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7. Поступившие от уполномоченной организации, обеспечивающей проведение научной правовой экспертизы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="310"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1141" w:id="311"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="311"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -27012,68 +27284,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1147" w:id="312"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="312"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -27181,68 +27465,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1153" w:id="313"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="313"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -27351,109 +27647,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1159" w:id="314"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8. Поступившие от координатора научной антикоррупционной экспертизы</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8. Поступившие от уполномоченной организации, обеспечивающей проведение научной антикоррупционной экспертизы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="314"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1161" w:id="315"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="315"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -27561,68 +27881,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1167" w:id="316"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="316"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -27730,68 +28062,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1173" w:id="317"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="317"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -27900,109 +28244,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1179" w:id="318"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9. Поступившие от уполномоченной организации научной экономической экспертизы</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9. Поступившие от уполномоченной организации, обеспечивающей проведение научной экономической экспертизы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="318"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1181" w:id="319"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="319"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -28110,68 +28478,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1187" w:id="320"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="320"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -28279,68 +28659,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1193" w:id="321"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="321"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -28428,110 +28820,130 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z99" w:id="285"/>
+    <w:bookmarkStart w:name="z1199" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом органом-разработчиком в отчете могут быть описаны и другие работы, проведенные в рамках публичного обсуждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z101" w:id="287"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z1200" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Формирование разделов 1.1, 2-9 отчета осуществляется автоматически на интернет-портале открытых нормативных правовых актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z1201" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Раздел 1.2 формируется органом-разработчиком и включается в данный отчет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z1202" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28551,176 +28963,127 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
-[...17 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t>Приложение № 9</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">к Правилам законотворческой </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">работы Правительства </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z963" w:id="288"/>
+    <w:bookmarkStart w:name="z963" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовая программа информационного сопровождения принятого закона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 9 – в редакции постановления Правительства РК от 26.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30966,734 +31329,734 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 декабря 2016 года № 907</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="289"/>
+    <w:bookmarkStart w:name="z44" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Правительства</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z45" w:id="290"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z45" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 21 августа 2003 года № 840 "Об утверждении Правил организации законопроектной работы в уполномоченных органах Республики Казахстан" (САПП Республики Казахстан, 2003 г., № 34, ст. 344).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z46" w:id="291"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z46" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 14 февраля 2006 года № 99 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2006 г., № 5, ст. 99).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z47" w:id="292"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z47" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 20 марта 2007 года № 217 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2007 г., № 9, ст. 105).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z48" w:id="293"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z48" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 4 июня 2009 года № 822 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2009 г., № 29, ст. 255).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z49" w:id="294"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z49" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 25 декабря 2009 года № 2206 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2010 г., № 2, ст. 16).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z50" w:id="295"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z50" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 23 июня 2010 года № 632 "О внесении изменений и дополнений и признании утратившими силу некоторых решений Правительства Республики Казахстан" (САПП Республики Казахстан, 2010 г., № 39, ст. 347).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z51" w:id="296"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z51" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 5 апреля 2011 года № 359 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 29, ст. 364).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z52" w:id="297"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z52" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 27 мая 2011 года № 590 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 40, ст. 506).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z53" w:id="298"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z53" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 16 сентября 2011 года № 1067 "О внесении изменений и дополнений и признании утратившими силу некоторых решений Правительства Республики Казахстан" (САПП Республики Казахстан, 2011 г., № 54, ст. 767).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z54" w:id="299"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z54" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Подпункт 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 5 марта 2013 года № 213 "О внесении изменений и дополнений в постановления Правительства Республики Казахстан от 10 декабря 2002 года № 1300 "О Регламенте Правительства Республики Казахстан" и от 21 августа 2003 года № 840 "Об утверждении Правил организации законопроектной работы в уполномоченных органах Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 19, ст. 326).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z55" w:id="300"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z55" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 29 мая 2013 года № 541 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 35, ст. 521).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z56" w:id="301"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z56" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 31 декабря 2013 года № 1524 "О внесении изменений и дополнения в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 78, ст. 1037).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z57" w:id="302"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z57" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан и распоряжение Премьер-Министра Республики Казахстан от 2 февраля 2009 года № 15-р "О дальнейших мерах по совершенствованию законотворческой деятельности", утвержденных постановлением Правительства Республики Казахстан от 30 декабря 2014 года № 1401 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан и распоряжение Премьер-Министра Республики Казахстан от 2 февраля 2009 года № 15-р "О дальнейших мерах по совершенствованию законотворческой деятельности" (САПП Республики Казахстан, 2014 г., № 83-84, ст. 722).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z58" w:id="303"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z58" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 24 апреля 2015 года № 288 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2015 г., № 24-25, ст. 149).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z59" w:id="304"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z59" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 28 декабря 2015 года № 1088 "О внесении изменений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2015 г., № 72-73-74, ст. 545).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkEnd w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -32019,31 +32382,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>