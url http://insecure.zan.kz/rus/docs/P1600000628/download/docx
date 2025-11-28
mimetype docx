--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="48166a4" w14:textId="48166a4">
+    <w:p w14:paraId="06ff0e3" w14:textId="06ff0e3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1542,920 +1542,892 @@
         <w:t>
       в графе 3 строки, порядковый номер 23, аббревиатуру "МДГС" заменить аббревиатурой "АДГСПК";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 4 строк, порядковые номера 50, 51, 54, 56, 61, аббревиатуру "МДГС" заменить аббревиатурой и словами "АДГСПК (по согласованию)".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Утратил силу постановлением Правительства РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 915</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. В </w:t>
+      10. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 14 марта 2016 года № 137 "Об утверждении перечня интернет-ресурсов и информационных систем, интегрируемых с системой информационного обмена правоохранительных, специальных государственных и иных органов" (САПП Республики Казахстан, 2016 г., № 19, ст. 95):</w:t>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 26 марта 2016 года № 159 "Об утверждении Плана мероприятий по реализации Концепции развития Ассамблеи народа Казахстана (до 2025 года) на 2016 – 2018 годы":</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>перечне</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> интернет-ресурсов и информационных систем, интегрируемых с системой информационного обмена правоохранительных, специальных государственных и иных органов, утвержденном указанным постановлением:</w:t>
+        <w:t>Плане</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятий по реализации Концепции развития Ассамблеи народа Казахстана (до 2025 года) на 2016 – 2018 годы, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
-[...15 lines deleted...]
-      в графе 4 строки, порядковый номер 11, слова "Министерство по делам государственной службы Республики Казахстан" заменить словами "Агентство Республики Казахстан по делам государственной службы и противодействию коррупции".</w:t>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 4 строки, порядковый номер 78, аббревиатуру "МДГС" заменить аббревиатурой и словами "АДГСПК (по согласованию)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Плане</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> мероприятий по реализации Концепции развития Ассамблеи народа Казахстана (до 2025 года) на 2016 – 2018 годы, утвержденном указанным постановлением:</w:t>
+        <w:t>примечании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в расшифровке аббревиатур: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
-[...15 lines deleted...]
-      в графе 4 строки, порядковый номер 78, аббревиатуру "МДГС" заменить аббревиатурой и словами "АДГСПК (по согласованию)";</w:t>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строку "МДГС – Министерство по делам государственной службы Республики Казахстан" изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "АДГСПК – Агентство Республики Казахстан по делам государственной службы и противодействию коррупции".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 18 июня 2016 года № 354 "Об утверждении государственного образовательного заказа на подготовку специалистов с высшим и послевузовским образованием, а также с техническим и профессиональным, послесредним образованием в организациях образования, финансируемых из республиканского бюджета </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (за исключением организаций образования, осуществляющих подготовку специалистов для Вооруженных сил, других войск и воинских формирований, а также специальных государственных органов), на 2016 – 2017 учебный год" (САПП Республики Казахстан, 2016 г., № 36, ст. 210):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>примечании</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="33"/>
+        <w:t>государственном образовательном заказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на подготовку специалистов с послевузовским образованием в организациях образования, финансируемых из республиканского бюджета, на 2016 – 2017 учебный год, утвержденном указанным постановлением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в расшифровке аббревиатур: </w:t>
-[...19 lines deleted...]
-      строку "МДГС – Министерство по делам государственной службы Республики Казахстан" изложить в следующей редакции:</w:t>
+      заголовок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>раздела</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>: "Академия государственного управления при Президенте Республики Казахстан, администратором бюджетных программ которой является Министерство по делам государственной службы Республики Казахстан" изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "АДГСПК – Агентство Республики Казахстан по делам государственной службы и противодействию коррупции".</w:t>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="36"/>
+      "Академия государственного управления при Президенте Республики Казахстан, администратором бюджетных программ которой является Агентство Республики Казахстан по делам государственной службы и противодействию коррупции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>государственном образовательном заказе</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> на подготовку специалистов с послевузовским образованием в организациях образования, финансируемых из республиканского бюджета, на 2016 – 2017 учебный год, утвержденном указанным постановлением:</w:t>
+        <w:t>разделе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Государственный образовательный заказ на подготовку специалистов с послевузовским образованием в учебных заведениях Министерства здравоохранения и социального развития Республики Казахстан на 2016-2017 учебный год":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заголовок подраздела: "Прием в докторантуру PhD Академии государственного управления при Президенте Республики Казахстан, администратором бюджетных программ которой является Министерство по делам государственной службы Республики Казахстан" изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Прием в докторантуру PhD Академии государственного управления при Президенте Республики Казахстан, администратором бюджетных программ которой является Агентство Республики Казахстан по делам государственной службы и противодействию коррупции".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      заголовок </w:t>
-[...19 lines deleted...]
-        <w:t>: "Академия государственного управления при Президенте Республики Казахстан, администратором бюджетных программ которой является Министерство по делам государственной службы Республики Казахстан" изложить в следующей редакции:</w:t>
+      12. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>распоряжении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 28 декабря 2015 года № 159-р "Об утверждении Национального плана по развитию взаимодействия неправительственных организаций и государства в Республике Казахстан на 2016 – 2020 годы":</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>разделе</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> "Государственный образовательный заказ на подготовку специалистов с послевузовским образованием в учебных заведениях Министерства здравоохранения и социального развития Республики Казахстан на 2016-2017 учебный год":</w:t>
+        <w:t>Национальном плане</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по развитию взаимодействия неправительственных организаций и государства в Республике Казахстан на 2016 – 2020 годы, утвержденном указанным распоряжением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
-[...15 lines deleted...]
-      заголовок подраздела: "Прием в докторантуру PhD Академии государственного управления при Президенте Республики Казахстан, администратором бюджетных программ которой является Министерство по делам государственной службы Республики Казахстан" изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке, порядковый номер 6, в графе 6 аббревиатуру "МГС" заменить аббревиатурой "АДГСПК";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:p>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 28 декабря 2015 года № 159-р "Об утверждении Национального плана по развитию взаимодействия неправительственных организаций и государства в Республике Казахстан на 2016 – 2020 годы":</w:t>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 4 строк, порядковые номера 12 и 31, аббревиатуру "МГС" заменить аббревиатурой и словами "АДГСПК (по согласованию)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Национальном плане</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> по развитию взаимодействия неправительственных организаций и государства в Республике Казахстан на 2016 – 2020 годы, утвержденном указанным распоряжением:</w:t>
+        <w:t>примечании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
-[...15 lines deleted...]
-      в строке, порядковый номер 6, в графе 6 аббревиатуру "МГС" заменить аббревиатурой "АДГСПК";</w:t>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в расшифровке аббревиатур:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
-[...15 lines deleted...]
-      в графе 4 строк, порядковые номера 12 и 31, аббревиатуру "МГС" заменить аббревиатурой и словами "АДГСПК (по согласованию)";</w:t>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строку "МГС – Министерство по делам государственной службы Республики Казахстан" изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "АДГСПК – Агентство Республики Казахстан по делам государственной службы и противодействию коррупции".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>распоряжении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 19 февраля 2016 года № 11-р "О Межведомственной комиссии по вопросам законопроектной деятельности":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>примечании</w:t>
-[...29 lines deleted...]
-      в расшифровке аббревиатур:</w:t>
+        <w:t>составе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Межведомственной комиссии по вопросам законопроектной деятельности, утвержденном указанным распоряжением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
-[...15 lines deleted...]
-      строку "МГС – Министерство по делам государственной службы Республики Казахстан" изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      строку "вице-министр по делам государственной службы Республики Казахстан;"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:p>
-[...117 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "заместитель Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции (по согласованию);".</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -2552,412 +2524,412 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 октября 2016 года № 628</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых государственных учреждений</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>- территориальных органов Министерства по делам</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>государственной службы Республики Казахстан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Акмолинской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Акмолинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Актюбинской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Алматинской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Алматинской области".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
-[...15 lines deleted...]
-      1. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Акмолинской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Акмолинской области".</w:t>
+    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Атырауской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Атырауской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
-[...15 lines deleted...]
-      2. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Актюбинской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Актюбинской области".</w:t>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Восточно-Казахстанской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
-[...15 lines deleted...]
-      3. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Алматинской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Алматинской области".</w:t>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Жамбылской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Жамбылской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z65" w:id="55"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Атырауской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Атырауской области".</w:t>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Западно-Казахстанской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Западно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Восточно-Казахстанской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Восточно-Казахстанской области".</w:t>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Карагандинской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Карагандинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Жамбылской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Жамбылской области".</w:t>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Костанайской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Костанайской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z68" w:id="58"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Западно-Казахстанской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Западно-Казахстанской области".</w:t>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Кызылординской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Кызылординской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
-[...15 lines deleted...]
-      8. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Карагандинской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Карагандинской области".</w:t>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Мангистауской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Мангистауской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
-[...15 lines deleted...]
-      9. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Костанайской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Костанайской области".</w:t>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Павлодарской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Павлодарской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
-[...15 lines deleted...]
-      10. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Кызылординской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Кызылординской области".</w:t>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Северо-Казахстанской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Северо-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
-[...15 lines deleted...]
-      11. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Мангистауской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Мангистауской области".</w:t>
+    <w:bookmarkStart w:name="z75" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Южно-Казахстанской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Южно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
-[...15 lines deleted...]
-      12. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Павлодарской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Павлодарской области".</w:t>
+    <w:bookmarkStart w:name="z76" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по городу Астане" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по городу Астане".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
-[...15 lines deleted...]
-      13. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по Северо-Казахстанской области" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Северо-Казахстанской области".</w:t>
+    <w:bookmarkStart w:name="z77" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Государственное учреждение "Департамент Министерства по делам государственной службы Республики Казахстан по городу Алматы" в республиканское государственное учреждение "Департамент Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по городу Алматы".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z75" w:id="65"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3036,51 +3008,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 октября 2016 года № 628</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых государственных учреждений -</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -3089,371 +3061,371 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>коррупции (Антикоррупционной службы) Министерства по делам</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>государственной службы Республики Казахстан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Акмолинской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Акмолинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Актюбинской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Актюбинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Алматинской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Алматинской области".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z80" w:id="69"/>
-[...15 lines deleted...]
-      1. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Акмолинской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Акмолинской области".</w:t>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Атырауской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Атырауской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z81" w:id="70"/>
-[...15 lines deleted...]
-      2. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Актюбинской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Актюбинской области".</w:t>
+    <w:bookmarkStart w:name="z84" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Восточно-Казахстанской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z82" w:id="71"/>
-[...15 lines deleted...]
-      3. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Алматинской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Алматинской области".</w:t>
+    <w:bookmarkStart w:name="z85" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Жамбылской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Жамбылской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z83" w:id="72"/>
-[...15 lines deleted...]
-      4. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Атырауской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Атырауской области".</w:t>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Западно-Казахстанской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Западно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z84" w:id="73"/>
-[...15 lines deleted...]
-      5. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Восточно-Казахстанской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Восточно-Казахстанской области".</w:t>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Карагандинской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Карагандинской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z85" w:id="74"/>
-[...15 lines deleted...]
-      6. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Жамбылской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Жамбылской области".</w:t>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Костанайской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Костанайской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z86" w:id="75"/>
-[...15 lines deleted...]
-      7. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Западно-Казахстанской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Западно-Казахстанской области".</w:t>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Кызылординской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Кызылординской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z87" w:id="76"/>
-[...15 lines deleted...]
-      8. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Карагандинской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Карагандинской области".</w:t>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Мангистауской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Мангистауской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z88" w:id="77"/>
-[...15 lines deleted...]
-      9. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Костанайской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Костанайской области".</w:t>
+    <w:bookmarkStart w:name="z91" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Павлодарской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Павлодарской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z89" w:id="78"/>
-[...15 lines deleted...]
-      10. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Кызылординской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Кызылординской области".</w:t>
+    <w:bookmarkStart w:name="z92" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Северо-Казахстанской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Северо-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z90" w:id="79"/>
-[...15 lines deleted...]
-      11. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Мангистауской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Мангистауской области".</w:t>
+    <w:bookmarkStart w:name="z93" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Южно-Казахстанской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Южно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z91" w:id="80"/>
-[...15 lines deleted...]
-      12. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Павлодарской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Павлодарской области".</w:t>
+    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по городу Астане" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по городу Астане".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z92" w:id="81"/>
-[...15 lines deleted...]
-      13. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по Северо-Казахстанской области" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по Северо-Казахстанской области".</w:t>
+    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) по городу Алматы" Министерства по делам государственной службы Республики Казахстан в республиканское государственное учреждение "Департамент Национального бюро по противодействию коррупции (Антикоррупционной службы) Агентства Республики Казахстан по делам государственной службы и противодействию коррупции по городу Алматы".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z93" w:id="82"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3532,234 +3504,234 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 октября 2016 года № 628</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="85"/>
+    <w:bookmarkStart w:name="z97" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z98" w:id="86"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z98" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 июня 2004 года № 720 "О ликвидации государственного учреждения "Департамент по борьбе с экономической и коррупционной преступностью (финансовая полиция) на транспорте Агентства Республики Казахстан по борьбе с экономической и коррупционной преступностью (финансовая полиция)" (САПП Республики Казахстан, 2004 г., № 26, ст. 341).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z99" w:id="87"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z99" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Подпункт 1) пункта 1 постановления Правительства Республики Казахстан от 26 декабря 2015 года № 1081 "О некоторых вопросах Министерства по делам государственной службы Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z100" w:id="88"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z100" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 26 июля 2016 года № 441 "О внесении изменений и дополнений в постановления Правительства Республики Казахстан от 15 апреля 2008 года № 339 "Об утверждении лимитов штатной численности министерств и иных центральных исполнительных органов с учетом численности их территориальных органов и подведомственных им государственных учреждений" и от 26 декабря 2015 года № 1081дсп "О некоторых вопросах Министерства по делам государственной службы Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4085,31 +4057,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>