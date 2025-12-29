--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9337bd4" w14:textId="9337bd4">
+    <w:p w14:paraId="9d5bafa" w14:textId="9d5bafa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -241,184 +241,272 @@
         </w:rPr>
         <w:t xml:space="preserve"> и от 1 декабря 2003 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о том, что:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z7" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       норма пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституции Республики Казахстан (далее – Конституция) означает право любого человека и гражданина обратиться в суд за защитой и восстановлением нарушенных прав и свобод, с реализацией этого права на основе и в порядке, установленном законом;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       принцип равенства перед законом, гарантированный пунктом 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституции, означает, что именно в законах определяются конкретные условия и обстоятельства, позволяющие реализовать права и свободы человека и гражданина;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       право на судебную защиту является конституционной гарантией прав и свобод человека и гражданина, которое принадлежит гражданину Республики Казахстан, иностранцу и лицу без гражданства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Судебная защита прав и законных интересов гарантируется также и иным субъектам в соответствии с законодательством Республики Казахстан и международными договорами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменением, внесенным нормативным постановлением Верховного Суда РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Пункт 3 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+      2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 4 Конституции устанавливает, что международные договоры, ратифицированные Республикой, имеют приоритет перед ее законами. Порядок и условия действия на территории Республики Казахстан международных договоров, участником которых является Казахстан, определяются законодательством Республики. В этой связи при применении законодательства Республики Казахстан, регламентирующего право на доступ к правосудию или судебную защиту, необходимо учитывать следующие общепризнанные нормы и принципы международного права:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       каждый человек имеет право на эффективное восстановление в правах компетентными национальными судами в случаях нарушения его основных прав, предоставленных ему конституцией или законом (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -451,90 +539,152 @@
         </w:rPr>
         <w:t xml:space="preserve">
       все лица равны перед судами и трибуналами, каждый имеет право при рассмотрении любого уголовного обвинения, предъявляемого ему, или при определении его прав и обязанностей в каком-либо гражданском процессе, на справедливое и публичное разбирательство дела компетентным, независимым и беспристрастным судом, созданным на основании закона (пункт 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Международного пакта о гражданских и политических правах, Нью-Йорк, 16 декабря 1966 года, ратифицирован Законом Республики Казахстан от 28 ноября 2005 года № 91-III, вступил в силу в Республике Казахстан 24 апреля 2006 года).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным нормативным постановлением Верховного Суда РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Правосудие в соответствии с пунктом 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституции осуществляется только судом. Основные характеристики правового механизма реализации в судах конституционного права каждого на судебную защиту даны в разъяснениях Конституционного Совета о том, что:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       право каждого на судебную защиту своих прав и свобод включает и право на судебное обжалование действий и решений, которые повлекли или могут повлечь ущемление (нарушение) прав и свобод человека и гражданина (постановления Конституционного Совета от  от 29 марта 1999 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -707,516 +857,590 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституции, Верховный Суд является высшим судебным органом по гражданским, уголовным и иным делам, подсудным местным и другим судам, в предусмотренных законом случаях рассматривает отнесенные к его подсудности судебные дела и дает разъяснения по вопросам судебной практики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Реализуя указанные конституционные полномочия, Верховный Суд обеспечивает единообразное толкование и применение закона при осуществлении судопроизводства.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Единообразие судебной практики, характеризующееся едиными подходами к толкованию и применению судами норм права, достигается не только посредством принятия Верховным Судом нормативных постановлений, разъясняющих вопросы судебной практики, но и в результате пересмотра в кассационном порядке судебных актов нижестоящих судов. При этом деятельность Верховного Суда по пересмотру судебных актов, направленная на обеспечение их законности, обоснованности и справедливости, имеет определяющее значение для формирования судебной практики.</w:t>
+      Единообразие судебной практики, характеризующееся едиными подходами к толкованию и применению судами норм права, достигается не только посредством принятия Верховным Судом нормативных постановлений, разъясняющих вопросы судебной практики, но и в результате пересмотра в исключительных случаях вступивших в законную силу судебных актов после их рассмотрения в кассационной инстанции. При этом деятельность Верховного Суда по пересмотру судебных актов, направленная на обеспечение их законности, обоснованности и справедливости, имеет определяющее значение для формирования судебной практики.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменениями, внесенными нормативным постановлением Верховного Суда РК от 22.12.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменениями, внесенными нормативными постановлениями Верховного Суда РК от 22.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...36 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      нарушение единообразия в толковании и применении судами норм права (подпункт 3) части 6 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      5. Достижение единообразия судебной практики обусловлено задачами обеспечения законности, защиты конституционных прав и свобод человека и гражданина. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исходя из указанных задач, процессуальным законодательством в качестве оснований пересмотра определены:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      угроза тяжких необратимых последствий для жизни, здоровья людей либо для экономики и безопасности Республики Казахстан, нарушение прав и законных интересов неопределенного круга лиц или иных публичных интересов (подпункты 1), 2) части 6 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      нарушение единообразия в толковании и применении судами норм права (подпункт 3) части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 454-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гражданского процессуального кодекса Республики Казахстан (далее - ГПК); подпункт 3) части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 169-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК); пункт 3) части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 498-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан (далее – УПК); </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункт 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> части первой статьи 851-1 Кодекса Республики Казахстан об административных правонарушениях (далее - КоАП)); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      неправильное применение уголовного и уголовно-процессуального законов, повлекшее конкретные судебные ошибки (часть 1 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      угроза тяжких необратимых последствий для жизни, здоровья людей либо для экономики и национальной безопасности Республики Казахстан, нарушение прав, свобод и законных интересов неопределенного круга лиц или иных публичных интересов (подпункты 1), 2) части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 454-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГПК; подпункты 1), 2) части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 169-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АППК; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункты 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> части первой статьи 851-1 КоАП); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      посягательство на государственные либо общественные интересы, на безопасность государства, угроза тяжких необратимых последствий для жизни и здоровья людей, осуждение к пожизненному лишению свободы (подпункты 1), 2) части 2 </w:t>
-[...9 lines deleted...]
-        <w:t>статьи 485</w:t>
+      принятые судебные акты затрагивают государственные или общественные интересы, национальную безопасность государства либо могут привести к тяжким необратимым последствиям для жизни, здоровья людей; лицо отбывает пожизненное лишение свободы (пункты 1), 2) части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 498-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УПК).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменениями, внесенными нормативным постановлением Верховного Суда РК от 22.12.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 10</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции нормативного постановления Верховного Суда РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституции Республики Казахстан настоящее нормативное постановление включается в состав действующего права, является общеобязательным и вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -1707,55 +1931,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2081,31 +2305,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>