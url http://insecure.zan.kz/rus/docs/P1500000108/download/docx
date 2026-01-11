--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="379a855" w14:textId="379a855">
+    <w:p w14:paraId="3b8b407" w14:textId="3b8b407">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -560,210 +560,314 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 4 марта 2015 года № 108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z3" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматриваются в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1093</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила учета материальных ценностей государственного материального резерва 1. Общие положения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящие Правила учета материальных ценностей государственного материального резерва (далее – Правила) разработаны в соответствии с законами Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О государственном имуществе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О гражданской защите</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" и устанавливают порядок учета материальных ценностей государственного материального резерва уполномоченным органом в области государственного материального резерва.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z4" w:id="4"/>
-[...55 lines deleted...]
-        <w:t>" и устанавливают порядок учета материальных ценностей государственного материального резерва уполномоченным органом в области государственного материального резерва.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции постановления Правительства РК от 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 430</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p>
-[...80 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственный материальный резерв (далее – государственный резерв) – запас материальных ценностей, предназначенный для мобилизационных нужд, принятия мер по предупреждению и ликвидации чрезвычайных ситуаций природного, техногенного и социального характера и их последствий, оказания регулирующего воздействия на рынок, помощи беженцам и гуманитарной помощи;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1198,140 +1302,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="6"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Порядок постановки на учет и снятия с учета материальных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ценностей государственного резерва</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z7" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Учет материальных ценностей государственного резерва осуществляется в целях обеспечения количественной и качественной сохранности материальных ценностей государственного резерва. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z8" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Уполномоченный орган осуществляет учет наличия, закладки, выпуска, списания, перемещения, передачи на баланс другим государственным органам материальных ценностей государственного резерва. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Материальные ценности государственного резерва отражаются в бухгалтерском и складском учете ведомства по цене закладки, а также осуществляется бухгалтерский учет при поставке, выпуске, списании, перемещении, передаче на баланс другим государственным органам материальных ценностей государственного резерва в соответствии с Инструкцией по ведению бухгалтерского учета материальных ценностей государственного материального резерва, утвержденной уполномоченным органом в области государственного резерва, по согласованию с уполномоченным органом по исполнению бюджета и представляется финансовая отчетность в уполномоченный орган по исполнению бюджета в соответствии с утвержденными формами и Правилами составления и представления финансовой отчетности, утвержденными уполномоченным органом по исполнению бюджета.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z9" w:id="9"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1350,90 +1454,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="10"/>
+    <w:bookmarkStart w:name="z193" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5-1. Утилизированные товары отражаются в бухгалтерском учете ведомства по цене, указанной в отчете об оценке, предоставленного Поставщиком услуг утилизации материальных ценностей государственного резерва, а также осуществляется бухгалтерский учет при реализации утилизированных товаров в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Инструкцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по ведению бухгалтерского учета материальных ценностей государственного материального резерва, утвержденной приказом Министра национальной экономики Республики Казахстан от 3 сентября 2015 года № 630, по согласованию с уполномоченным органом по исполнению бюджета и представляется финансовая отчетность в уполномоченный орган по исполнению бюджета в соответствии с формами и Правилами составления и представления финансовой отчетности, утвержденными приказом Министра финансов Республики Казахстан от 1 августа 2017 года № 468.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1452,469 +1556,469 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="11"/>
+    <w:bookmarkStart w:name="z10" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Уполномоченный орган обеспечивает учет и контроль за качественной и количественной сохранностью материальных ценностей государственного резерва. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       С лицами, ответственными за хранение материальных ценностей в пунктах хранения и подведомственных организациях, заключается письменный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>договор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о полной материальной ответственности по форме, утвержденной уполномоченным органом по исполнению бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="12"/>
+    <w:bookmarkStart w:name="z11" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. В пунктах хранения и подведомственной организации учет и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>отчетность</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по движению и хранению материальных ценностей государственного резерва осуществляются отдельно от учета и отчетности по иной деятельности, осуществляемой ими.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z12" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В пунктах хранения и подведомственной организации ведутся складской учет на складе (складах) и бухгалтерский учет бухгалтерской службой. Бухгалтерская служба в пунктах хранения и подведомственной организации систематически осуществляет контроль за поступлением и расходованием материальных ценностей, находящихся на складе, а также сверяет свои записи по учету материальных ценностей с записями, ведущими на складе.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z12" w:id="13"/>
-[...15 lines deleted...]
-      8. В пунктах хранения и подведомственной организации ведутся складской учет на складе (складах) и бухгалтерский учет бухгалтерской службой. Бухгалтерская служба в пунктах хранения и подведомственной организации систематически осуществляет контроль за поступлением и расходованием материальных ценностей, находящихся на складе, а также сверяет свои записи по учету материальных ценностей с записями, ведущими на складе.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Материальные ценности, за исключением перемещенных, при закладке в пункты хранения и подведомственную организацию ставятся на учет. При этом закладка осуществляется на основании акта закладки по форме согласно приложению 1 к настоящим Правилам и акта приема-передачи по форме согласно приложению 2 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z13" w:id="14"/>
-[...15 lines deleted...]
-      9. Материальные ценности, за исключением перемещенных, при закладке в пункты хранения и подведомственную организацию ставятся на учет. При этом закладка осуществляется на основании акта закладки по форме согласно приложению 1 к настоящим Правилам и акта приема-передачи по форме согласно приложению 2 к настоящим Правилам.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акты составляются в день закладки, подписываются собственноручно или посредством электронной цифровой подписи согласно законодательству Республики Казахстан руководителем, главным бухгалтером, материально-ответственным лицом, работником мобилизационного подразделения (при наличии в организации мобилизационного подразделения) пункта хранения и подведомственной организации, скрепляются печатью (при наличии) и один экземпляр актов за 5 (пять) рабочих дней направляется в ведомство для постановки на учет материальных ценностей государственного резерва.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К актам прилагаются документы, подтверждающие соответствие материальных ценностей требованиям законодательства Республики Казахстан в области технического регулирования (документы об оценке соответствия в формах регистрации (государственной регистрации), испытаний, подтверждения соответствия, экспертизы, места происхождения, подтверждающие качество и безопасность товара).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции постановления Правительства РК от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 935</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; с изменением, внесенным постановлением Правительства РК от 18.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 866</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z194" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1. Утилизированные товары при приеме в пункты хранения и подведомственную организацию для последующей реализации ставятся на бухгалтерский учет ведомства на основании акта приема-передачи по форме согласно приложению 2 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К актам прилагаются документы, подтверждающие соответствие утилизированных товаров требованиям законодательства Республики Казахстан (документы об оценке соответствия в формах регистрации (государственной регистрации), испытаний, подтверждения соответствия, экспертизы, места происхождения, подтверждающие качество и безопасность товара).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции постановления Правительства РК от 30.12.2020 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 9-1 в соответствии с постановлением Правительства РК от 30.12.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 935</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; с изменением, внесенным постановлением Правительства РК от 18.10.2024 </w:t>
+        <w:t xml:space="preserve">; в редакции постановления Правительства РК от 18.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 866</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="15"/>
-[...35 lines deleted...]
-      К актам прилагаются документы, подтверждающие соответствие утилизированных товаров требованиям законодательства Республики Казахстан (документы об оценке соответствия в формах регистрации (государственной регистрации), испытаний, подтверждения соответствия, экспертизы, места происхождения, подтверждающие качество и безопасность товара).</w:t>
+    <w:bookmarkStart w:name="z14" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Ведомство рассматривает акты, предусмотренные пунктами 9 или 9-1 настоящих Правил, и за 5 (пять) рабочих дней со дня их получения осуществляет постановку материальных ценностей на учет в государственный резерв и бухгалтерский учет, постановку утилизированных товаров на бухгалтерский учет либо возвращает акты на доработку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:p>
-[...97 lines deleted...]
-      10. Ведомство рассматривает акты, предусмотренные пунктами 9 или 9-1 настоящих Правил, и за 5 (пять) рабочих дней со дня их получения осуществляет постановку материальных ценностей на учет в государственный резерв и бухгалтерский учет, постановку утилизированных товаров на бухгалтерский учет либо возвращает акты на доработку.</w:t>
+    <w:bookmarkStart w:name="z206" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акты возвращаются на доработку в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z206" w:id="18"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z207" w:id="19"/>
+    <w:bookmarkStart w:name="z207" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) несоответствия требованиям, указанным в пунктах 9 или 9-1 настоящих Правил, и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1929,111 +2033,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z208" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличия подчистки либо приписки, зачеркнутых слов и иных, не оговоренных в них исправлений, документов, исполненных карандашом, а также документов с повреждениями, не позволяющими однозначно истолковать их содержание;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z208" w:id="20"/>
-[...15 lines deleted...]
-      2) наличия подчистки либо приписки, зачеркнутых слов и иных, не оговоренных в них исправлений, документов, исполненных карандашом, а также документов с повреждениями, не позволяющими однозначно истолковать их содержание;</w:t>
+    <w:bookmarkStart w:name="z209" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) несоответствия договору поставки (в случае наличия договора поставки).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z209" w:id="21"/>
-[...15 lines deleted...]
-      3) несоответствия договору поставки (в случае наличия договора поставки).</w:t>
+    <w:bookmarkStart w:name="z210" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      За 5 (пять) рабочих дней со дня возврата пункты хранения и подведомственная организация направляют в ведомство доработанные акты для постановки на учет материальных ценностей в государственный резерв и бухгалтерский учет, постановку утилизированных товаров на бухгалтерский учет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z210" w:id="22"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2052,51 +2156,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="23"/>
+    <w:bookmarkStart w:name="z15" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. На каждую закладку по номенклатуре и объемам хранения материальных ценностей государственного резерва заполняется ярлык согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2111,111 +2215,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. Штабели, стеллажи, бункера, ячейки с материальными ценностями нумеруются. Штабельные ярлыки заполняются работником склада по мере поступления материальных ценностей на склад и прикрепляются к закладываемому материалу. В отдельных случаях разрешается наносить краской номер ярлыка на крупногабаритные предметы и контейнеры, а соответствующий ярлык хранить на складе. Учет ярлыков ведется в журнале на электронном и бумажном носителях в возрастающей последовательности согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z16" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z16" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Складской учет материальных ценностей на складе (складах) пункта хранения и подведомственной организации ведется по карточке количественно-суммового учета материальных ценностей на складе, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, по наименованиям, размерам, сортам, маркам, партиям. Оприходование и списание по карточке производятся в день совершения операции на основании первичных документов, выданных складу. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z17" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Документы об оценке соответствия в формах регистрации (государственной регистрации), испытаний, подтверждения соответствия, экспертизы, места происхождения, подтверждающие качество и безопасность товара, представляемые при закладке поставщиками согласно заключенному договору на поставку товара, хранятся в технологическом отделе подведомственной организации или бухгалтерской службе пунктов хранения вместе с документами поставки.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z17" w:id="25"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2234,251 +2338,251 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="26"/>
+    <w:bookmarkStart w:name="z18" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Бухгалтерский учет материальных ценностей в пункте хранения и подведомственной организации ведется бухгалтерской службой по карточке количественно-суммового учета материальных ценностей согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. Оприходование или списание материальных ценностей по карточке количественно-суммового учета материальных ценностей бухгалтерской службой производятся на основании первичных документов в суточный срок после ее заполнения. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z19" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Выпущенные материальные ценности государственного резерва или реализованные утилизированные товары снимаются с учета на основании акта выпуска по форме согласно приложению 1 к настоящим Правилам и акта приема-передачи по форме согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z19" w:id="27"/>
-[...15 lines deleted...]
-      15. Выпущенные материальные ценности государственного резерва или реализованные утилизированные товары снимаются с учета на основании акта выпуска по форме согласно приложению 1 к настоящим Правилам и акта приема-передачи по форме согласно приложению 2 к настоящим Правилам.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акты составляются в день выпуска, подписываются собственноручно или посредством электронной цифровой подписи согласно законодательству Республики Казахстан руководителем, главным бухгалтером, материально ответственным лицом, работником мобилизационного подразделения (при наличии в организации мобилизационного подразделения) пункта хранения и подведомственной организации, скрепляются гербовой печатью (при наличии) и один экземпляр актов за 5 (пять) рабочих дней направляется в ведомство для снятия материальных ценностей с учета государственного резерва и бухгалтерского учета, утилизированных товаров с бухгалтерского учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции постановления Правительства РК от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 935</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; с изменением, внесенным постановлением Правительства РК от 18.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 866</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-1. Ведомство рассматривает акты, предусмотренные пунктом 15 настоящих Правил, и за 5 (пять) рабочих дней осуществляет снятие материальных ценностей с учета государственного резерва и бухгалтерского учета, утилизированных товаров с бухгалтерского учета либо возвращает акты на доработку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:p>
-[...115 lines deleted...]
-      15-1. Ведомство рассматривает акты, предусмотренные пунктом 15 настоящих Правил, и за 5 (пять) рабочих дней осуществляет снятие материальных ценностей с учета государственного резерва и бухгалтерского учета, утилизированных товаров с бухгалтерского учета либо возвращает акты на доработку.</w:t>
+    <w:bookmarkStart w:name="z211" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акты возвращаются на доработку в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z211" w:id="29"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z212" w:id="30"/>
+    <w:bookmarkStart w:name="z212" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) несоответствия требованиям, указанным в пункте 15 настоящих Правил, и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2493,111 +2597,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и (или) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z213" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличия подчистки либо приписки, зачеркнутых слов и иных, не оговоренных в них исправлений, документов, исполненных карандашом, а также документов с повреждениями, не позволяющими однозначно истолковать их содержание;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z213" w:id="31"/>
-[...15 lines deleted...]
-      2) наличия подчистки либо приписки, зачеркнутых слов и иных, не оговоренных в них исправлений, документов, исполненных карандашом, а также документов с повреждениями, не позволяющими однозначно истолковать их содержание;</w:t>
+    <w:bookmarkStart w:name="z214" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) несоответствия наряду на выпуск материальных ценностей из государственного резерва.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z214" w:id="32"/>
-[...15 lines deleted...]
-      3) несоответствия наряду на выпуск материальных ценностей из государственного резерва.</w:t>
+    <w:bookmarkStart w:name="z215" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      За 5 (пять) рабочих дней со дня возврата пункты хранения и подведомственная организация направляют в ведомство доработанные акты для снятия материальных ценностей с учета государственного резерва и бухгалтерского учета, утилизированных товаров с бухгалтерского учета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z215" w:id="33"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2636,110 +2740,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="34"/>
+    <w:bookmarkStart w:name="z20" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Естественная убыль нефти и нефтепродуктов при перевозках, приеме, хранении, отпуске, а также транспортировке по магистральным нефтепроводам на территории Республики Казахстан снимается с учета в пределах норм нормативно-технических документов, утвержденных уполномоченным органом в области энергетики, на основании акта на списание естественной убыли материальных ценностей государственного резерва, находящихся на хранении, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z49" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1. Снятие с учета материальных ценностей государственного резерва, отобранных для проведения лабораторных исследований, испытаний, анализа, экспертизы на предмет соответствия требованиям законодательства Республики Казахстан в области технического регулирования, осуществляется на основании протоколов исследований, испытаний, заключений экспертиз, а также актов государственных органов и должностных лиц.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z49" w:id="35"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2778,110 +2882,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="36"/>
+    <w:bookmarkStart w:name="z21" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Дебиторская задолженность, подлежащая списанию, снимается с учета в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ведения бухгалтерского учета в государственных учреждениях, утвержденными уполномоченным органом по исполнению бюджета. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z195" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Материальные ценности государственного резерва, подлежащие уничтожению или утилизации, снимаются с учета на основании акта на уничтожение или утилизации, составляемого в соответствии с Правилами списания, уничтожения, утилизации материальных ценностей государственного резерва и реализации утилизированных товаров, утвержденными Правительством Республики Казахстан от 31 июля 2014 года № 859.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z195" w:id="37"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2900,90 +3004,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="38"/>
+    <w:bookmarkStart w:name="z22" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. При перемещении материальных ценностей государственного резерва из одного пункта хранения/подведомственной организации в другой пункт хранения/подведомственную организацию материальные ценности с учета не снимаются. В учетные данные о материальных ценностях государственного резерва вносятся сведения о движении материальных ценностей на основании акта приема-передачи, составляемого по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При перемещении материальных ценностей государственного резерва производится инвентаризация перемещаемых материальных ценностей, по результатам которой составляется акт инвентаризации материальных ценностей государственного резерва в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3114,51 +3218,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="39"/>
+    <w:bookmarkStart w:name="z202" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19-1. Перемещенные материальные ценности принимаются на временное хранение в пункт хранения/подведомственную организацию до определения качественного и количественного состояния материальных ценностей государственного резерва в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3193,51 +3297,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам либо акт несоответствия согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае соответствия перемещенных материальных ценностей государственного резерва требованиям, указанным в настоящем пункте, составляется акт приема-передачи по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3314,1180 +3418,1180 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z216" w:id="40"/>
+    <w:bookmarkStart w:name="z216" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19-2. Инвентаризация осуществляется с привлечением должностных лиц и специалистов соответствующих государственных органов по направлению деятельности (по согласованию).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z217" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для проведения инвентаризации приказом руководителя ведомства создаются инвентаризационные комиссии, устанавливаются сроки начала и окончания инвентаризации.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z217" w:id="41"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z218" w:id="42"/>
+    <w:bookmarkStart w:name="z218" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Инвентаризация материальных ценностей государственного материального резерва проводится в сроки, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> проведения инвентаризации в государственных учреждениях, утвержденными приказом Министра финансов Республики Казахстан от 22 августа 2011 года № 423 (зарегистрирован в реестре государственной регистрации нормативных правовых актов за № 7197).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z219" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвентаризационная комиссия создается из представителей ведомства, подведомственной организации/пункта хранения, должностных лиц и специалистов соответствующих государственных органов, всего в составе не менее 5 человек.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z219" w:id="43"/>
-[...15 lines deleted...]
-      Инвентаризационная комиссия создается из представителей ведомства, подведомственной организации/пункта хранения, должностных лиц и специалистов соответствующих государственных органов, всего в составе не менее 5 человек.</w:t>
+    <w:bookmarkStart w:name="z220" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвентаризационная комиссия возглавляется представителем ведомства, осуществляющим учет и контроль государственного материального резерва.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z220" w:id="44"/>
-[...15 lines deleted...]
-      Инвентаризационная комиссия возглавляется представителем ведомства, осуществляющим учет и контроль государственного материального резерва.</w:t>
+    <w:bookmarkStart w:name="z221" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подведомственная организация/пункт хранения обеспечивает условия для полной и точной проверки фактического наличия материальных ценностей государственного материального резерва в установленные сроки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z221" w:id="45"/>
-[...15 lines deleted...]
-      Подведомственная организация/пункт хранения обеспечивает условия для полной и точной проверки фактического наличия материальных ценностей государственного материального резерва в установленные сроки.</w:t>
+    <w:bookmarkStart w:name="z222" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвентаризационная комиссия проводит инвентаризацию материальных ценностей государственного материального резерва по местам их хранения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z222" w:id="46"/>
-[...15 lines deleted...]
-      Инвентаризационная комиссия проводит инвентаризацию материальных ценностей государственного материального резерва по местам их хранения.</w:t>
+    <w:bookmarkStart w:name="z223" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проверка фактического наличия материальных ценностей государственного материального резерва производится при непосредственном участии материально ответственных лиц.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z223" w:id="47"/>
-[...15 lines deleted...]
-      Проверка фактического наличия материальных ценностей государственного материального резерва производится при непосредственном участии материально ответственных лиц.</w:t>
+    <w:bookmarkStart w:name="z224" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвентаризация проводится при обязательном участии всех членов инвентаризационной комиссии в полном составе. Материально ответственные лица не являются членами инвентаризационной комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z224" w:id="48"/>
-[...15 lines deleted...]
-      Инвентаризация проводится при обязательном участии всех членов инвентаризационной комиссии в полном составе. Материально ответственные лица не являются членами инвентаризационной комиссии.</w:t>
+    <w:bookmarkStart w:name="z225" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перед проверкой фактического наличия материальных ценностей инвентаризационная комиссия производит:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z225" w:id="49"/>
-[...15 lines deleted...]
-      Перед проверкой фактического наличия материальных ценностей инвентаризационная комиссия производит:</w:t>
+    <w:bookmarkStart w:name="z226" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      опломбирование складских помещений и резервуаров, а также других мест хранения материальных ценностей государственного материального резерва;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z226" w:id="50"/>
-[...15 lines deleted...]
-      опломбирование складских помещений и резервуаров, а также других мест хранения материальных ценностей государственного материального резерва;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проверку исправности всех измерительных приборов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z227" w:id="51"/>
-[...15 lines deleted...]
-      проверку исправности всех измерительных приборов.</w:t>
+    <w:bookmarkStart w:name="z228" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инвентаризационная комиссия получает последние на момент инвентаризации отчеты о наличии и движении материальных ценностей государственного материального резерва.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z228" w:id="52"/>
-[...15 lines deleted...]
-      Инвентаризационная комиссия получает последние на момент инвентаризации отчеты о наличии и движении материальных ценностей государственного материального резерва.</w:t>
+    <w:bookmarkStart w:name="z229" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      За день до начала инвентаризации должны быть закончена обработка всех документов по приходу и расходу материальных ценностей, произведены соответствующие записи в карточках (книгах) складского учета и выведены остатки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z229" w:id="53"/>
-[...15 lines deleted...]
-      За день до начала инвентаризации должны быть закончена обработка всех документов по приходу и расходу материальных ценностей, произведены соответствующие записи в карточках (книгах) складского учета и выведены остатки.</w:t>
+    <w:bookmarkStart w:name="z230" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Материально ответственные лица до начала инвентаризации дают расписку в том, что к началу инвентаризации все документы, относящиеся к приходу и расходу материальных ценностей, сданы в бухгалтерскую службу и все ценности, поступившие на их ответственное хранение, оприходованы, а выбывшие списаны в расход.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z230" w:id="54"/>
-[...15 lines deleted...]
-      Материально ответственные лица до начала инвентаризации дают расписку в том, что к началу инвентаризации все документы, относящиеся к приходу и расходу материальных ценностей, сданы в бухгалтерскую службу и все ценности, поступившие на их ответственное хранение, оприходованы, а выбывшие списаны в расход.</w:t>
+    <w:bookmarkStart w:name="z231" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наличие материальных ценностей при инвентаризации определяется путем обязательного подсчета, взвешивания, замера и обмера. По материалам и товарам, хранящимся в неповрежденной упаковке поставщика, количество этих ценностей в виде исключения определяется на основании документов при обязательной проверке фактического наличия части этих ценностей. Определение массы (веса или объема) навалочных материалов допускается проводить на основании обмеров и технических расчетов, о чем в описях делается соответствующая отметка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z231" w:id="55"/>
-[...15 lines deleted...]
-      Наличие материальных ценностей при инвентаризации определяется путем обязательного подсчета, взвешивания, замера и обмера. По материалам и товарам, хранящимся в неповрежденной упаковке поставщика, количество этих ценностей в виде исключения определяется на основании документов при обязательной проверке фактического наличия части этих ценностей. Определение массы (веса или объема) навалочных материалов допускается проводить на основании обмеров и технических расчетов, о чем в описях делается соответствующая отметка.</w:t>
+    <w:bookmarkStart w:name="z232" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если инвентаризация материальных ценностей, находящихся на складах или в других закрытых помещениях, не закончена в тот же день, помещения должны быть опечатаны при уходе инвентаризационной комиссии. Печать на время инвентаризации хранится у председателя инвентаризационной комиссии. Во время перерывов в работе инвентаризационных комиссий (в обеденный перерыв, ночное время, по другим причинам) описи должны храниться в закрытом помещении, где проводится инвентаризация (в шкафу, сейфе).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z232" w:id="56"/>
-[...15 lines deleted...]
-      Если инвентаризация материальных ценностей, находящихся на складах или в других закрытых помещениях, не закончена в тот же день, помещения должны быть опечатаны при уходе инвентаризационной комиссии. Печать на время инвентаризации хранится у председателя инвентаризационной комиссии. Во время перерывов в работе инвентаризационных комиссий (в обеденный перерыв, ночное время, по другим причинам) описи должны храниться в закрытом помещении, где проводится инвентаризация (в шкафу, сейфе).</w:t>
+    <w:bookmarkStart w:name="z233" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о фактическом наличии материальных ценностей государственного материального резерва записываются в инвентаризационные описи (сличительные ведомости), по результатам чего составляется акт инвентаризации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z233" w:id="57"/>
-[...15 lines deleted...]
-      Сведения о фактическом наличии материальных ценностей государственного материального резерва записываются в инвентаризационные описи (сличительные ведомости), по результатам чего составляется акт инвентаризации.</w:t>
+    <w:bookmarkStart w:name="z234" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт инвентаризации составляется в двух экземплярах для государственного учреждения и пункта хранения либо в трех экземплярах для государственного учреждения, подведомственной организации и филиала, парафируется и подписывается председателем и всеми членами инвентаризационной комиссии, материально ответственными лицами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z234" w:id="58"/>
-[...15 lines deleted...]
-      Акт инвентаризации составляется в двух экземплярах для государственного учреждения и пункта хранения либо в трех экземплярах для государственного учреждения, подведомственной организации и филиала, парафируется и подписывается председателем и всеми членами инвентаризационной комиссии, материально ответственными лицами.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 19-2 в соответствии с постановлением Правительства РК от 18.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 866</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. При передаче безвозмездно на баланс другим государственным органам на основании решения уполномоченного органа по управлению государственным имуществом подлежащие освежению и разбронированные материальные ценности государственного резерва при изменении номенклатуры снимаются с учета по акту на выпуск согласно приложению 1 к настоящим Правилам и акту приема-передачи по форме согласно приложению 2 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 19-2 в соответствии с постановлением Правительства РК от 18.10.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции постановления Правительства РК от 18.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 866</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="59"/>
-[...15 lines deleted...]
-      20. При передаче безвозмездно на баланс другим государственным органам на основании решения уполномоченного органа по управлению государственным имуществом подлежащие освежению и разбронированные материальные ценности государственного резерва при изменении номенклатуры снимаются с учета по акту на выпуск согласно приложению 1 к настоящим Правилам и акту приема-передачи по форме согласно приложению 2 к настоящим Правилам.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1. При выпуске в целях освежения для выполнения государственного оборонного заказа материальные ценности государственного резерва снимаются с учета на основании акта выпуска.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z51" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Последующая закладка материальных ценностей государственного резерва, выпущенных в целях освежения для выполнения государственного оборонного заказа, осуществляется на основании акта закладки и акта приема-передачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z52" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Закладка осуществляется комиссией, созданной приказом руководителя ведомства. В состав комиссии входят представители ведомства, пункта хранения, государственного органа, выполняющего мобилизационное задание или с которого снято мобилизационное задание (при закладке материальных ценностей мобилизационного резерва).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции постановления Правительства РК от 18.10.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 20-1 в соответствии с постановлением Правительства РК от 19.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 938</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Материальные ценности государственного резерва, принятые на учет при закладке, принимаются на учет в государственный резерв и бухгалтерский учет ведомства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Утилизированные товары принимаются на бухгалтерский учет ведомства для последующей реализации или передачи на баланс других государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции постановления Правительства РК от 18.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 866</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="60"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z25" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Материальные ценности государственного резерва и утилизированные товары снимаются с учета государственного резерва и бухгалтерского учета в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z235" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выпуска (разбронирования, освежения, заимствования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z236" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) списания недостач нефти и нефтепродуктов в пределах норм естественной убыли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z237" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) списания дебиторской задолженности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z238" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утилизации или уничтожения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z239" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) передачи на баланс другим государственным органам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z240" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) проведения исследований (испытаний, экспертизы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z241" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) реализации утилизированных товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z242" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) возмещения стоимости недостачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 20-1 в соответствии с постановлением Правительства РК от 19.12.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 938</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции постановления Правительства РК от 18.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 866</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="63"/>
-[...36 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Пункты хранения и подведомственная организация для текущего контроля представляют сведения о постановке на учет, снятии с учета, перемещении материальных ценностей государственного резерва, которые отражаются в соответствующих графах сводного отчета о наличии и движении материальных ценностей государственного резерва в соответствии с Правилами подготовки и представления отчетов о наличии и движении материальных ценностей государственного материального резерва, утвержденными уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции постановления Правительства РК от 18.10.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 866</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 – в редакции постановления Правительства РК от 31.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 430</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="64"/>
-[...323 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="74"/>
+    <w:bookmarkStart w:name="z27" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. При ведении учета материальных ценностей государственного  резерва осуществляется инвентаризация в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  проведения инвентаризации в государственных учреждениях, утвержденными уполномоченным органом по исполнению бюджета. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4982,80 +5086,80 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проверено _________________________ Подпись __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (представитель ведомства)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="75"/>
+    <w:bookmarkStart w:name="z197" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
                                            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>АКТ №</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9129,68 +9233,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование и адрес ответственного хранителя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Склад № ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="76"/>
+    <w:bookmarkStart w:name="z203" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ярлык № _____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции постановления Правительства РК от 28.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9671,80 +9775,80 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование и адрес ответственного хранителя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок хранения материала __________ лет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="77"/>
+    <w:bookmarkStart w:name="z34" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  ЖУРНАЛ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>учета ярлыков материальных ценностей на складе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -11293,80 +11397,80 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (наименование и адрес ответственного хранителя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок хранения материала ________ лет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="78"/>
+    <w:bookmarkStart w:name="z36" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Карточка № __________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>количественно-суммового учета материальных ценностей на складе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13664,74 +13768,74 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Срок хранения материала ______________ лет</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z200" w:id="79"/>
+      <w:bookmarkStart w:name="z200" w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
                                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Карточка № _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>количественно-суммового учета материальных ценностей</w:t>
@@ -16472,70 +16576,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (Ф.И.О., подпись)         </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__" ________ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="80"/>
+    <w:bookmarkStart w:name="z42" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на списание естественной убыли материальных ценностей</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17969,68 +18073,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ценностей государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>материального резерва</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z204" w:id="81"/>
+    <w:bookmarkStart w:name="z204" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Приемный акт на временное хранение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 8 в соответствии с постановлением Правительства РК от 19.12.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18045,306 +18149,306 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; в редакции постановления Правительства РК от 18.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 866</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z243" w:id="82"/>
+    <w:bookmarkStart w:name="z243" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__" ____________ 20__года ____________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z244" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящий акт составлен в том, что _______ (поставщик) в соответствии с приказом Министра по чрезвычайным ситуациям Республики Казахстан от ______20___ года № ____ в лице нижеподписавшихся представителей поставщика выполнил поставку, а комиссия в лице нижеподписавшихся представителей заказчика произвела прием на временное хранение нижеперечисленных материальных ценностей государственного материального резерва:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z244" w:id="83"/>
-[...15 lines deleted...]
-      Настоящий акт составлен в том, что _______ (поставщик) в соответствии с приказом Министра по чрезвычайным ситуациям Республики Казахстан от ______20___ года № ____ в лице нижеподписавшихся представителей поставщика выполнил поставку, а комиссия в лице нижеподписавшихся представителей заказчика произвела прием на временное хранение нижеперечисленных материальных ценностей государственного материального резерва:</w:t>
+    <w:bookmarkStart w:name="z245" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мы, нижеподписавшиеся, комиссия в составе______________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z245" w:id="84"/>
-[...15 lines deleted...]
-      Мы, нижеподписавшиеся, комиссия в составе______________________</w:t>
+    <w:bookmarkStart w:name="z246" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z246" w:id="85"/>
+    <w:bookmarkStart w:name="z247" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z247" w:id="86"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z248" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________в присутствии представителя поставщика</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z249" w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z249" w:id="88"/>
-[...9 lines deleted...]
-      ___________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование поставщика)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приняли товар на временное хранение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z251" w:id="90"/>
+          <w:bookmarkStart w:name="z251" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="89"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19388,275 +19492,275 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z287" w:id="91"/>
+      <w:bookmarkStart w:name="z287" w:id="90"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель комиссии:__________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись) (руководитель)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z288" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место печати (при наличии)</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:p>
-[...16 lines deleted...]
-    <w:bookmarkStart w:name="z288" w:id="92"/>
+    <w:bookmarkStart w:name="z289" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z290" w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z291" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (главный бухгалтер, материально ответственное лицо и др.)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z292" w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z293" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место печати (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-[...95 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:p>
-[...32 lines deleted...]
-      Место печати (при наличии)</w:t>
+    <w:bookmarkStart w:name="z294" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченное лицо поставщика</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z294" w:id="98"/>
-[...15 lines deleted...]
-      Уполномоченное лицо поставщика</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z295" w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:p>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -19752,343 +19856,343 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ценностей государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>материального резерва</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z297" w:id="100"/>
+    <w:bookmarkStart w:name="z297" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт несоответствия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 9 в соответствии с постановлением Правительства РК от 18.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 866</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z298" w:id="101"/>
+    <w:bookmarkStart w:name="z298" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__" ____________ 20__года ____________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z299" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мы, нижеподписавшиеся, комиссия в составе_________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z299" w:id="102"/>
-[...15 lines deleted...]
-      Мы, нижеподписавшиеся, комиссия в составе_________________________</w:t>
+    <w:bookmarkStart w:name="z300" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z300" w:id="103"/>
+    <w:bookmarkStart w:name="z301" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z301" w:id="104"/>
+    <w:bookmarkStart w:name="z302" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в присутствии представителя поставщика</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z303" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z303" w:id="106"/>
-[...15 lines deleted...]
-      _____________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z304" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование поставщика)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z304" w:id="107"/>
-[...15 lines deleted...]
-      (наименование поставщика)</w:t>
+    <w:bookmarkStart w:name="z305" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      составили настоящий акт о том, что при проверке следующего товара согласно приказу Министра по чрезвычайным ситуациям Республики Казахстан от _________20__ года № ___</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z305" w:id="108"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z306" w:id="109"/>
+          <w:bookmarkStart w:name="z306" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="109"/>
+          <w:bookmarkEnd w:id="108"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -20926,421 +21030,421 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z336" w:id="110"/>
+    <w:bookmarkStart w:name="z336" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявлено(ы) следующее(ие) несоответствие(я)__________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z337" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z337" w:id="111"/>
+    <w:bookmarkStart w:name="z338" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z338" w:id="112"/>
+    <w:bookmarkStart w:name="z339" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z339" w:id="113"/>
+    <w:bookmarkStart w:name="z340" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z340" w:id="114"/>
-[...15 lines deleted...]
-      __________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z341" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данные несоответствия не позволяют принять товар на временное хранение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z341" w:id="115"/>
-[...15 lines deleted...]
-      Данные несоответствия не позволяют принять товар на временное хранение.</w:t>
+    <w:bookmarkStart w:name="z342" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На основании вышеизложенного настоящая комиссия приняла решение отказать в приеме товара (-ов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z342" w:id="116"/>
-[...15 lines deleted...]
-      На основании вышеизложенного настоящая комиссия приняла решение отказать в приеме товара (-ов).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z343" w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель комиссии:_________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z343" w:id="117"/>
-[...9 lines deleted...]
-      Председатель комиссии:_________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), подпись) (руководитель)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z344" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место печати (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:p>
-[...16 lines deleted...]
-    <w:bookmarkStart w:name="z344" w:id="118"/>
+    <w:bookmarkStart w:name="z345" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z346" w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z347" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (главный бухгалтер, материально ответственное лицо и др.)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z348" w:id="121"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z349" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место печати (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="z346" w:id="120"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z350" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченное лицо поставщика</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z351" w:id="124"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-[...112 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:p>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии), подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -21395,55 +21499,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>