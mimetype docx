--- v1 (2026-01-11)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3b8b407" w14:textId="3b8b407">
+    <w:p w14:paraId="ae741b4" w14:textId="ae741b4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2898,71 +2898,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z21" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      17. Дебиторская задолженность, подлежащая списанию, снимается с учета в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> ведения бухгалтерского учета в государственных учреждениях, утвержденными уполномоченным органом по исполнению бюджета. </w:t>
+      17. Дебиторская задолженность, подлежащая списанию, снимается с учета в соответствии с Правилами ведения бухгалтерского учета в государственных учреждениях, утвержденными уполномоченным органом по исполнению бюджета. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z195" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Материальные ценности государственного резерва, подлежащие уничтожению или утилизации, снимаются с учета на основании акта на уничтожение или утилизации, составляемого в соответствии с Правилами списания, уничтожения, утилизации материальных ценностей государственного резерва и реализации утилизированных товаров, утвержденными Правительством Республики Казахстан от 31 июля 2014 года № 859.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>