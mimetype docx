--- v0 (2025-12-30)
+++ v1 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="19b13bb" w14:textId="19b13bb">
+    <w:p w14:paraId="90eacbd" w14:textId="90eacbd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1401,52 +1401,109 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z9" w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Конституционным Судом РК начато производство по проверке конституционности абзаца первого пункта 9.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Фактическое отбытие осужденным, предусмотренного законом части срока наказания, в соответствии с частями третьей, четвертой и шестой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1501,51 +1558,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и частью первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УК не может служить безусловным основанием для условно-досрочного освобождения или замены неотбытой части наказания более мягким видом наказания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При решении вопроса об условно-досрочном освобождении и замене назначенного наказания более мягким видом наказания суды должны обеспечивать индивидуальный подход и в каждом конкретном случае устанавливать, достаточно ли содержащихся в ходатайстве и в иных материалах сведений для условно-досрочного освобождения от отбывания наказания и замены назначенного наказания более мягким видом наказания, т. е. оценивать позитивные изменения в поведении осужденного.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1692,89 +1748,89 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="10"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В тех случаях, когда вред, причиненный преступлением (материальный ущерб и моральный вред), по гражданскому иску не возмещен в силу таких объективных причин, как инвалидность осужденного или наличие у него заболеваний, препятствующих трудоустройству, и т. п., суд не вправе отказать в условно-досрочном освобождении от отбывания наказания или замене неотбытой части наказания более мягким видом наказания только по этому основанию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В то же время установленные факты уклонения осужденного от возмещения причиненного преступлением вреда (путем сокрытия имущества, доходов, уклонения от работы и т. д.) наряду с другими обстоятельствами могут служить препятствием к условно-досрочному освобождению или замене неотбытой части наказания более мягким видом наказания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="11"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. В соответствии с требованиями части пятой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1789,166 +1845,166 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УПК вопрос об условно-досрочном освобождении рассматривается судом с обязательным участием осужденного, и суд при отказе в удовлетворении ходатайства об условно-досрочном освобождении в соответствии с пунктом 3) части седьмой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 480</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УПК вправе до ухода в совещательную комнату принять в этом же заседании решение о замене неотбытой части наказания более мягким видом наказания, при наличии соответствующего ходатайства осужденного.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии возражений осужденного суд не вправе заменить неотбытую часть наказания другим более мягким видом наказания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Не должны иметь место случаи как неправильного применения условно-досрочного освобождения и замены неотбытой части наказания более мягким видом наказания, так и необоснованного отказа в освобождении от дальнейшего отбывания наказания осужденного и замены неотбытой части наказания более мягким видом наказания, в отношении не нуждающихся в полном отбытии срока назначенного наказания осужденных.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При наличии возражений осужденного суд не вправе заменить неотбытую часть наказания другим более мягким видом наказания.</w:t>
-[...18 lines deleted...]
-      12. Не должны иметь место случаи как неправильного применения условно-досрочного освобождения и замены неотбытой части наказания более мягким видом наказания, так и необоснованного отказа в освобождении от дальнейшего отбывания наказания осужденного и замены неотбытой части наказания более мягким видом наказания, в отношении не нуждающихся в полном отбытии срока назначенного наказания осужденных.</w:t>
+      Суды не вправе отказывать в условно-досрочном освобождении по мотивам, не предусмотренным законом, таким как: мягкость назначенного наказания, кратковременность пребывания осужденного в данном учреждении, отрицание вины осужденным, наличие в прошлом судимости, отбывание наказания за совершение тяжкого или особо тяжкого преступления и т. п.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В случае принятия судом решения об условно-досрочном освобождении от отбывания наказания или замене неотбытой части более мягким видом наказания осужденный подлежит освобождению из-под стражи после вступления постановления в законную силу. Срок неотбытой части наказания исчисляется с момента фактического освобождения осужденного. Копию постановления суд должен незамедлительно направить в учреждение или орган, исполняющий наказание, а также в суд, постановивший приговор.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:p>
-[...33 lines deleted...]
-      13. В случае принятия судом решения об условно-досрочном освобождении от отбывания наказания или замене неотбытой части более мягким видом наказания осужденный подлежит освобождению из-под стражи после вступления постановления в законную силу. Срок неотбытой части наказания исчисляется с момента фактического освобождения осужденного. Копию постановления суд должен незамедлительно направить в учреждение или орган, исполняющий наказание, а также в суд, постановивший приговор.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Если приговором суда наряду с основным наказанием назначено дополнительное наказание, при рассмотрении вопроса об условно-досрочном освобождении от основного наказания либо замене неотбытого наказания более мягким видом наказания судам надлежит обсуждать вопрос о возможности освобождения осужденного полностью или частично и от дополнительного наказания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z14" w:id="14"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если дополнительное наказание исполнено (взыскан штраф, лицо лишено специального, воинского или почетного звания, классного чина, государственных наград), вопрос освобождения осужденного от этого дополнительного наказания не рассматривается. При частичном исполнении дополнительного наказания (взыскана часть штрафа) суд вправе решить вопрос о частичном или полном освобождении лица от отбывания оставшейся части дополнительного наказания. В тех случаях, когда дополнительное наказание (например лишение права занимать определенные должности или заниматься определенной деятельностью) не было исполнено, суд вправе освободить осужденного от его отбывания полностью или частично. Решение суда по этому вопросу необходимо изложить в резолютивной части постановления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="15"/>
+    <w:bookmarkStart w:name="z28" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При применении положений </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1963,51 +2019,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УК лица не освобождаются от дополнительного наказания в виде пожизненного лишения права занимать определенные должности или заниматься определенной деятельностью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2026,148 +2082,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="16"/>
+    <w:bookmarkStart w:name="z15" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. В случае принятия решения об условно-досрочном освобождении от отбывания наказания суду надлежит разъяснить осужденному положения части седьмой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение суда выносится в виде постановления, которое должно быть мотивированно и содержать подробное обоснование выводов, к которым пришел суд в результате рассмотрения ходатайства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="17"/>
+    <w:bookmarkStart w:name="z16" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Отмена условно-досрочного освобождения по основаниям, указанным в пункте 1) части седьмой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УК, возможна только по представлению уполномоченного государственного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с пунктом 2) части седьмой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2242,51 +2298,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="18"/>
+    <w:bookmarkStart w:name="z17" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Под злостным уклонением от обязанностей, возложенных судом на осужденного, предусмотренных частью второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2301,89 +2357,89 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УК и частью восьмой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 169</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УИК, следует понимать повторное невыполнение таких обязанностей после вынесения органом, контролирующим поведение осужденного, письменного предупреждения о возможности отмены условно-досрочного освобождения. Вместе с тем вопрос о том, является ли уклонение от выполнения возложенных судом обязанностей злостным, должен решаться в каждом конкретном случае с учетом его продолжительности и причин уклонения, а также других обстоятельств.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Неисполнение условно-досрочно освобожденным возложенных на него судом обязанностей по объективным причинам, препятствовавшим их исполнению, например по болезни, не является основанием для отмены условно-досрочного освобождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При отмене условно-досрочного освобождения к исполнению обращается неотбытая часть не только основного, но и дополнительного наказания, если лицо было условно-досрочно освобождено от его отбывания.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае отмены условно-досрочного освобождения на основании пункта 1) части седьмой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2440,70 +2496,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="20"/>
+    <w:bookmarkStart w:name="z19" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. При рассмотрении судом ходатайства об условно-досрочном освобождении от отбывания наказания или о замене неотбытой части наказания более мягким видом наказания в отношении иностранного гражданина, не имеющего постоянного места жительства на территории Республики Казахстан, наряду с другими сведениями, характеризующими осужденного, подлежат оценке также данные, свидетельствующие о наличии либо отсутствии со стороны осужденного или иностранного государства гарантий исполнения приговора в части гражданского иска, достигнутого соглашением о передаче осужденного на условиях, предусмотренных международными договорами Республики Казахстан для осуществления контроля за поведением осужденного и возможности установления за ним пробационного контроля, подлежащего исполнению в период условно-досрочного освобождения на территории иностранного государства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с частью второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2560,90 +2616,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="21"/>
+    <w:bookmarkStart w:name="z20" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Лица, которым назначенное приговором суда лишение свободы заменено более мягким видом наказания, в дальнейшем на основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УК могут быть освобождены условно-досрочно от отбывания нового более мягкого вида наказания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По смыслу части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2700,51 +2756,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="22"/>
+    <w:bookmarkStart w:name="z21" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2759,51 +2815,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УК неотбытая часть назначенного срока лишения свободы за преступления небольшой, средней тяжести и тяжкие с учетом поведения осужденного может быть заменена ему более мягким видом наказания, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статье 40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УК: штрафом, ограничением свободы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Несовершеннолетним осужденным, отбывающим наказание в виде лишения свободы, неотбытая часть наказания в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2878,131 +2934,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="23"/>
+    <w:bookmarkStart w:name="z22" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Суд, установив, что осужденный, которому судом было отказано в условно-досрочном освобождении отбывания наказания или замене неотбытой части наказания более мягким видом наказания, обратился с повторным ходатайством ранее срока, установленного частью десятой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 162</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УИК, выносит постановление об отказе в принятии ходатайства и возвращает его осужденному. При этом указанный в законе шестимесячный срок должен исчисляться со дня вынесения постановления об отказе в условно-досрочном освобождении от отбывания наказания или замене неотбытой части наказания более мягким видом наказания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z23" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z23" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Отмена условно-досрочного освобождения осужденному в соответствии с частью седьмой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УК не может служить основанием для отказа в повторном применении к нему условно-досрочного освобождения от отбывания наказания. В таких случаях суду надлежит исходить не только из факта отмены осужденному условно-досрочного освобождения, но и учитывать в совокупности все данные о его личности, время нахождения в исправительном учреждении после возвращения в него, его поведение, отношение к труду и т. п.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z24" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z24" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. При рассмотрении ходатайства Генерального прокурора Республики Казахстан или его заместителя, внесенного в соответствии с частью третьей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3017,131 +3073,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УПК, о сокращении неотбытой части наказания судам надлежит выяснить соблюдение части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 618</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УПК при заключении процессуального соглашения с осужденным, способствовал ли осужденный раскрытию преступлений, относящихся к предмету процессуального соглашения о сотрудничестве, изобличению лиц, совершивших особо тяжкие преступления, преступления в составе преступной группы, а также экстремистские и террористические преступления, и имеется ли в отношении виновных лиц вступивший в законную силу обвинительный приговор. При этом неотбытая часть наказания может быть сокращена судом не более чем наполовину. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z25" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z25" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> нормативное постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Верховного суда Республики Казахстан от 25 декабря 2007 года № 10 "Об условно-досрочном освобождении от наказания и замене неотбытой части наказания более мягким видом наказания".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z26" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z26" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статье 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Конституции Республики Казахстан настоящее нормативное постановление включается в состав действующего права, а также является общеобязательным и вводится в действие со дня официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -3947,31 +4003,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>