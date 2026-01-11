--- v0 (2025-10-06)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8b4a1bd" w14:textId="8b4a1bd">
+    <w:p w14:paraId="c1a482f" w14:textId="c1a482f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,3264 +100,4081 @@
         </w:rPr>
         <w:t>Об утверждении перечня республиканских служб гражданской защиты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление Правительства Республики Казахстан от 19 ноября 2014 года № 1210.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении перечня республиканских служб гражданской защиты</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с подпунктом 24) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О гражданской защите" Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении перечня республиканских служб гражданской защиты</w:t>
-[...47 lines deleted...]
-        </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Сноска. Преамбула - в редакции постановления Правительства РК от 24.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1037</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить прилагаемый </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемый </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> республиканских служб гражданской защиты.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Признать утратившими силу некоторые решения Правительства Республики Казахстан согласно </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Признать утратившими силу некоторые решения Правительства Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
-    </w:p>
-[...26 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Премьер-Министр</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      К. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Масимов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением Правительства</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от 19 ноября 2014 года № 1210</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень республиканских служб гражданской защиты</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 20.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 441</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 21.07.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 08.05.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 265</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.09.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 712</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 09.02.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 24.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1037</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 355</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...322 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование республиканской службы гражданской защиты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование уполномоченного органа, ответственного за обеспечение и функционирование республиканской службы гражданской защиты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная противопожарная служба</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство по чрезвычайным ситуациям Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Служба охраны общественного порядка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство внутренних дел Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Медицинская служба</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство здравоохранения Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Исключена постановлением Правительства РК 21.07.2018 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 442</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Служба торговли</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство торговли и интеграции Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Служба химической защиты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство промышленности и строительства Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Исключен постановлением Правительства РК от 20.07.2017 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 441</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Исключен постановлением Правительства РК от 20.07.2017 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 441</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Транспортная служба</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство транспорта Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Служба дорог и мостов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство транспорта Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инженерная служба</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство промышленности и строительства Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...86 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Служба энергетики</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство энергетики Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...63 lines deleted...]
-          <w:p/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Служба радиационной защиты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Агентство Республики Казахстан по атомной энергии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...63 lines deleted...]
-          <w:p/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Служба горюче-смазочных материалов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство энергетики Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальная гидрометеорологическая служба</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство экологии и природных ресурсов Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Служба охраны и защиты лесного фонда</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство экологии и природных ресурсов Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Служба защиты животных и растений</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство сельского хозяйства Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Служба информации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство культуры и информации Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Служба связи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерство искусственного интеллекта и цифрового развития Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z7" w:id="6"/>
-[...18 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>к постановлению Правительства</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от 19 ноября 2014 года № 1210</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z8" w:id="7"/>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечень утративших силу некоторых решений</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правительства Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 5 декабря 2003 года № 1237 "Об утверждении перечня и создании республиканских служб гражданской обороны и чрезвычайных ситуаций" (САПП Республики Казахстан, 2003 г., № 46, ст. 507).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан в области пожарной безопасности, утвержденных постановлением Правительства Республики Казахстан от 18 ноября 2008 года № 1068 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан в области пожарной безопасности".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 октября 2010 года № 1082 "О внесении изменения в постановление Правительства Республики Казахстан от 5 декабря 2003 года № 1237" (САПП Республики Казахстан, 2010 г., № 56, ст. 543).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...136 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>