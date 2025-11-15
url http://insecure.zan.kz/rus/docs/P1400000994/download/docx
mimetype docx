--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="41252fb" w14:textId="41252fb">
+    <w:p w14:paraId="a866387" w14:textId="a866387">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5512,310 +5512,666 @@
         <w:t>
       113) разрабатывает и утверждает порядок выдачи разрешений на сжигание сырого газа в факелах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
     <w:bookmarkStart w:name="z1175" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114) выдает разрешения на сжигание сырого газа в факелах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z1176" w:id="177"/>
+    <w:bookmarkStart w:name="z1798" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115) разрабатывает и утверждает порядок розничной реализации и пользования товарным и сжиженным нефтяным газом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z1177" w:id="178"/>
+    <w:bookmarkStart w:name="z1799" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115-1) разрабатывает и утверждает правила подключения объектов систем газоснабжения к газораспределительной системе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z1177" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116) разрабатывает и утверждает типовые договоры розничной реализации товарного и сжиженного нефтяного газа, а также технического обслуживания газопотребляющих систем и газового оборудования коммунально-бытовых и бытовых потребителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z1178" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z1178" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117) разрабатывает и утверждает правила эксплуатации магистральных нефтепроводов и правила эксплуатации магистральных газопроводов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z1619" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z1619" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117-1) принимает решение о строительстве магистрального трубопровода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z1179" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z1179" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118) определяет национальных операторов по видам продукции, а также утверждает положения о них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z1180" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z1180" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119) разрабатывает и утверждает порядок формирования графика транспортировки нефти по магистральным нефтепроводам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z1181" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z1181" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120) разрабатывает и утверждает порядок согласования проекта строительства нового магистрального трубопровода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z1182" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z1182" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121) разрабатывает и утверждает правила организации охраны магистральных трубопроводов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z1183" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z1183" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122) осуществляет в пределах своей компетенции государственный контроль за соблюдением законодательства Республики Казахстан о магистральном трубопроводе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z1184" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z1184" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123) разрабатывает и утверждает порядок осуществления мониторинга производства и реализации нефтепродуктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z1185" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z1800" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124) разрабатывает и утверждает правила поставки нефтепродуктов единым оператором по поставке нефтепродуктов Вооруженным Силам Республики Казахстан, Пограничной службе Комитета национальной безопасности Республики Казахстан, Национальной гвардии Республики Казахстан, уполномоченному органу в сфере гражданской защиты, уполномоченному органу в области государственного материального резерва;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z1186" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z1801" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124-1) разрабатывает и утверждает перечень нефтепродуктов, доставляемых единым оператором по поставке нефтепродуктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 125) предусматривается в редакции постановления Правительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125) разрабатывает и утверждает порядок подготовки генеральной схемы газификации Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z1187" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 15 предусматривается дополнить подпунктом 125-1) в соответствии с постановлением Правительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 126) предусматривается в редакции постановления Правительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 19.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126) разрабатывает и утверждает генеральную схему газификации Республики Казахстан и осуществляет контроль за ее реализацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
     <w:bookmarkStart w:name="z1188" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127) разрабатывает и утверждает правила установления предельных цен оптовой реализации товарного газа на внутреннем рынке, оптовой и розничной реализации сжиженного нефтяного газа в рамках плана поставки сжиженного нефтяного газа на внутренний рынок Республики Казахстан вне товарных бирж;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
     <w:bookmarkStart w:name="z1189" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -11082,51 +11438,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264) утверждает нормы эксплуатационного запаса топлива в осенне-зимний период для энергопроизводящих организаций и теплопроизводящих субъектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
     <w:bookmarkStart w:name="z1326" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      265) разрабатывает и утверждает правила функционирования автоматизированной системы коммерческого учета электрической энергии для субъектов оптового рынка электрической энергии;</w:t>
+      265) разрабатывает и утверждает правила функционирования автоматизированной системы коммерческого учета электрической энергии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
     <w:bookmarkStart w:name="z1327" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266) разрабатывает и утверждает правила проведения энергетической экспертизы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
     <w:bookmarkStart w:name="z1328" w:id="280"/>
     <w:p>
@@ -12038,51 +12394,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290-15) разрабатывает и утверждает типовое положение о производственном контроле;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
     <w:bookmarkStart w:name="z1718" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      290-16) разрабатывает и утверждает правила функционирования единой государственной системы управления топливно-энергетическим комплексом;</w:t>
+      290-16) разрабатывает и утверждает правила формирования, ведения и функционирования единой государственной системы управления топливно-энергетическим комплексом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
     <w:bookmarkStart w:name="z1753" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290-17) разрабатывает и утверждает правила передачи данных теплопроизводящими и теплотранспортирующими субъектами в единую государственную систему управления топливно-энергетическим комплексом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
     <w:bookmarkStart w:name="z1720" w:id="322"/>
     <w:p>
@@ -15830,170 +16186,588 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 17 Закона Республики Казахстан "О доступе к информации", на интернет-портале оценки эффективности деятельности государственных органов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="484"/>
     <w:bookmarkStart w:name="z1452" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       387) проводит внутренний контроль за качеством и своевременностью предоставления информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z1453" w:id="486"/>
+    <w:bookmarkStart w:name="z1780" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       388) обеспечивает в пределах своей компетенции соблюдение законов и иных нормативных правовых актов Республики Казахстан в области национальной безопасности, защиты государственных секретов, гражданской защиты, мобилизационной подготовки и мобилизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z1454" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 15 предусматривается дополнить подпунктами 388-1), 388-2) и 388-3) в соответствии с постановлением Правительства РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 885</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1781" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-4) вносит предложения в уполномоченный орган в области мобилизационной подготовки по объемам финансирования мероприятий по мобилизационной подготовке и мобилизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z1782" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-5) планирует, организует и руководит мобилизационной подготовкой организаций в соответствующей сфере государственного управления, проводит оценку мобилизационной готовности организаций, имеющих мобилизационные заказы, в порядке, установленном в правилах мобилизационной подготовки и мобилизации в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z1783" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-6) заключает договоры с организациями на выполнение мобилизационных заказов, вносит предложения в уполномоченный орган в области мобилизационной подготовки о снятии и передаче установленных мобилизационных заказов при банкротстве, реорганизации, ликвидации, изменении профиля работы организаций, имеющих мобилизационные заказы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z1784" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-7) проводит во взаимодействии с местными исполнительными органами Республики Казахстан мероприятия по подготовке к выполнению мобилизационных планов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z1785" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-8) представляет в уполномоченный орган в области мобилизационной подготовки информацию о производственных, финансовых, складских возможностях организаций для установления мобилизационных заказов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z1786" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-9) организует и проводит работу по бронированию военнообязанных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z1787" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-10) обеспечивает соблюдение законов и иных нормативных правовых актов Республики Казахстан в области мобилизационной подготовки и мобилизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z1788" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-11) при объявлении мобилизации организует и обеспечивает во взаимодействии с местными исполнительными органами Республики Казахстан проведение комплекса мероприятий по переводу организаций на режим военного положения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z1789" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-12) разрабатывает и (или) утверждает нормативные правовые акты в области мобилизационной подготовки и мобилизации в соответствующей сфере государственного управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z1790" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-13) разрабатывает, согласовывает с уполномоченным органом в области мобилизационной подготовки и утверждает мобилизационные планы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z1791" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-14) вносит в уполномоченный орган в области мобилизационной подготовки предложения по совершенствованию мобилизационной подготовки и мобилизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z1792" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-15) участвует в проведении военно-экономических и командно-штабных учений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z1793" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      388-16) организует и обеспечивает деятельность специальных формирований в соответствующей сфере государственного управления для выполнения задач в интересах Вооруженных Сил, других войск и воинских формирований, специальных государственных органов, а также для обеспечения бесперебойной работы экономики и жизнедеятельности населения Республики Казахстан в период мобилизации, военного положения и в военное время;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>388-17) несет ответственность за мобилизационную подготовку и мобилизацию в соответствующей сфере государственного управления, а также создает работникам мобилизационных органов необходимые условия для выполнения ими возложенных на них обязанностей;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1454" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       389) обеспечивает в пределах своей компетенции выполнение комплекса мероприятий по мобилизационной подготовке и мобилизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z1455" w:id="488"/>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z1455" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       390) обеспечивает в пределах своей компетенции осуществление мероприятий гражданской защиты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z1456" w:id="489"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z1456" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       391) принимает оперативные меры по предупреждению возникновения и ликвидации чрезвычайных ситуаций, снижению размеров ущерба и потерь в случае их возникновения, а также повышению устойчивости и безопасности функционирования объектов в чрезвычайных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z1457" w:id="490"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z1457" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       392) осуществляет руководство деятельностью подведомственных организаций по планированию и проведению мероприятий по обеспечению национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z1458" w:id="491"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z1458" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       393) определяет размер ущерба, причиненного вследствие нарушения требований по рациональному и комплексному использованию недр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkEnd w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17588,770 +18362,770 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1472" w:id="492"/>
+    <w:bookmarkStart w:name="z1472" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       407) ведет реестр заключенных контрактов на недропользование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z1473" w:id="493"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z1473" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       408) разрабатывает и утверждает правила ведения реестра заключенных контрактов на недропользование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z1474" w:id="494"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z1474" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       409) разрабатывает и утверждает правила рассмотрения вопроса о реализации приоритетного права и принятия по нему решения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z1475" w:id="495"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z1475" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       410) разрабатывает и утверждает формы уведомления об изменении контроля над недропользователем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z1476" w:id="496"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z1476" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       411) разрабатывает и утверждает правила извещения с использованием информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z1477" w:id="497"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z1477" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       412) определяет порядок проведения аукциона с использованием интернет-ресурса оператора электронных аукционов на предоставление права недропользования по углеводородам в электронной форме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z1478" w:id="498"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z1478" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       413) разрабатывает и утверждает единые правила по рациональному и комплексному использованию недр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z1479" w:id="499"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z1479" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       414) разрабатывает и утверждает правила определения размера ущерба, причиненного вследствие нарушения требований по рациональному и комплексному использованию недр при разведке и добыче углеводородов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z1480" w:id="500"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z1480" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       415) разрабатывает и утверждает правила консервации и ликвидации при проведении разведки и добычи углеводородов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z1481" w:id="501"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z1481" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       416) определяет порядок представления и учета принятых государственным органом обеспечений исполнения обязательств по ликвидации последствий операций по недропользованию в области углеводородов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z1482" w:id="502"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z1482" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       417) разрабатывает и утверждает правила финансирования обучения казахстанских кадров недропользователями в течение периода добычи углеводородов совместно с уполномоченным органом в области образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z1483" w:id="503"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z1483" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       418) разрабатывает и утверждает правила финансирования научно-исследовательских, научно-технических и (или) опытно-конструкторских работ недропользователями в течение периода добычи углеводородов совместно с уполномоченным органом в области науки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z1484" w:id="504"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z1484" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       419) разрабатывает и утверждает правила формирования графика поставки нефти;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z1485" w:id="505"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z1485" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       420) утверждает перечень производителей сжиженного нефтяного газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z1486" w:id="506"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z1486" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       421) разрабатывает и утверждает правила синхронизации работ систем электронного закупа с работой реестра товаров, работ и услуг, используемых при проведении операций по недропользованию в отношении углеводородов и их производителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z1487" w:id="507"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z1487" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       422) разрабатывает и утверждает формы и правила представления в уполномоченный орган в области углеводородов годовых (на один финансовый год) и среднесрочных (на пять финансовых лет) программ закупа товаров, работ и услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z1488" w:id="508"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z1488" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       423) определяет порядок привлечения и квалификационного отбора независимых экспертов, а также оплаты независимой экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z1489" w:id="509"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z1489" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       424) разрабатывает и утверждает правила формирования и ведения реестра товаров, работ и услуг, используемых при проведении операций по недропользованию по углеводородам и их производителей, включая критерии их оценки для внесения в реестр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z1490" w:id="510"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z1490" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       425) разрабатывает и утверждает методику экономической оценки ущерба ресурсам недр совместно с уполномоченным органом в области твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z1491" w:id="511"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z1491" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       426) разрабатывает и утверждает правила измерения и взвешивания нефти, добытой недропользователем на участке недр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z1492" w:id="512"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z1492" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       427) разрабатывает и утверждает правила создания, размещения и эксплуатации морских объектов, используемых при проведении разведки и (или) добычи углеводородов на море;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z1493" w:id="513"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z1493" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       428) разрабатывает и утверждает положения о рабочей группе по проведению переговоров по внесению изменений и дополнений в контракт на недропользование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z1494" w:id="514"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z1494" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       429) утверждает состав рабочей группы по проведению переговоров по внесению изменений и дополнений в контракт на недропользование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z1495" w:id="515"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z1495" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       430) разрабатывает и утверждает содержания форм рабочей программы контракта на недропользование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z1496" w:id="516"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z1496" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       431) разрабатывает правила исполнения обязательства в натуральной форме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z1497" w:id="517"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z1497" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       432) разрабатывает и утверждает по согласованию с уполномоченным органом в сфере обеспечения поступлений налогов и платежей в бюджет и уполномоченным государственным органом в области налоговой политики перечень налогоплательщиков, осуществляющих на территории Республики Казахстан деятельность в рамках контракта на недропользование, соглашения (контракта) о разделе продукции, в соответствии с условиями которого освобождаются от налога на добавленную стоимость импортируемые товары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z1498" w:id="518"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z1498" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       433) разрабатывает и утверждает по согласованию с уполномоченным органом в сфере обеспечения поступлений налогов и платежей в бюджет и уполномоченным государственным органом в области налоговой политики перечень налогоплательщиков, осуществляющих на территории Республики Казахстан деятельность в рамках контракта на недропользование, обороты по реализации нестабильного конденсата которых с территории Республики Казахстан на территорию других государств – членов Евразийского экономического союза облагаются налогом на добавленную стоимость по нулевой ставке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z1499" w:id="519"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z1499" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       434) разрабатывает и утверждает по согласованию с уполномоченным органом в сфере обеспечения поступлений налогов и платежей в бюджет и уполномоченным государственным органом в области налоговой политики перечень налогоплательщиков, осуществляющих деятельность в рамках межправительственного соглашения о сотрудничестве в газовой отрасли, обороты которых по реализации на территории другого государства-члена Евразийского экономического союза продуктов переработки из давальческого сырья, ранее вывезенного этими налогоплательщиками с территории Республики Казахстан и переработанного на территории такого другого государства – члена Евразийского экономического союза, облагаются налогом на добавленную стоимость по нулевой ставке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z1672" w:id="520"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z1672" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       434-1) разрабатывает и утверждает совместно с уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, порядок представления органами государственных доходов сведений о налогоплательщике (налоговом агенте), составляющих налоговую тайну, без получения письменного разрешения налогоплательщика (налогового агента), а также перечень представляемых данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z1673" w:id="521"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z1673" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       434-2) разрабатывает и утверждает перечень должностных лиц, имеющих доступ к сведениям, составляющим налоговую тайну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z1500" w:id="522"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z1500" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       435) разрабатывает и утверждает правила снятия показаний с приборов учета количества реализованного нестабильного конденсата по системе трубопроводов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z1501" w:id="523"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z1501" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       436) согласовывает осуществление реализации широкой фракции легких углеводородов за пределы территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z1502" w:id="524"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z1502" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       437) разрабатывает и утверждает в пределах своей компетенции правовые акты в области углеводородов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z1503" w:id="525"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z1503" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       438) регулирует операции по недропользованию по углеводородам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z1504" w:id="526"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z1504" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       439) осуществляет государственный контроль за соблюдением положений проектных документов по углеводородам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z1505" w:id="527"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z1505" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       440) ведет единую базу данных добычи и оборота нефти и сырого газа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkEnd w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18380,270 +19154,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1507" w:id="528"/>
+    <w:bookmarkStart w:name="z1507" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       442) разрабатывает и утверждает правила определения цены сырого и товарного газа, приобретаемого национальным оператором в рамках преимущественного права государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z1508" w:id="529"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z1508" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       443) определяет оператора электронных аукционов на предоставление права недропользования по углеводородам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z1509" w:id="530"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z1509" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       444) утверждает критерий по определению оператора электронных аукционов на предоставление права недропользования по углеводородам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z1510" w:id="531"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z1510" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       445) разрабатывает и утверждает правила включения потребителей в перечень электростанций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z1511" w:id="532"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z1511" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       446) утверждает перечень электростанций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z1512" w:id="533"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z1512" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       447) разрабатывает и утверждает правила формирования перечня инвестиционных проектов по производству нефтегазохимической продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z1513" w:id="534"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z1513" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       448) разрабатывает и утверждает перечень инвестиционных проектов по производству нефтегазохимической продукции по согласованию с уполномоченным органом в области государственного стимулирования промышленности, уполномоченным органом, осуществляющим руководство в соответствующих сферах естественных монополий, и местными исполнительными органами областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z1514" w:id="535"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z1514" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       449) осуществляет государственный контроль в форме проверки и профилактического контроля в регулируемых сферах в соответствии с Предпринимательским кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z1515" w:id="536"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z1515" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       450) осуществляет противодействие терроризму в пределах установленной законодательством Республики Казахстан компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z1516" w:id="537"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z1516" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       451) разрабатывает, утверждает и переутверждает бюджетные программы Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z1517" w:id="538"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z1517" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       452) разрабатывает и утверждает правила по определению стоимости исследований, консалтинговых услуг и государственного задания по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkEnd w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18672,830 +19446,928 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1519" w:id="539"/>
+    <w:bookmarkStart w:name="z1519" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       454) разрабатывает и утверждает натуральные нормы по согласованию с центральным уполномоченным органом по бюджетному планированию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z1520" w:id="540"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z1520" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       455) издает в необходимых случаях по согласованию с центральным уполномоченным органом по исполнению бюджета указания о порядке применения общих положений по бухгалтерскому учету в государственных учреждениях своей системы с учетом специфики их деятельности и соблюдением установленного порядка ведения бухгалтерского учета в государственных учреждениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z1521" w:id="541"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z1521" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       456) осуществляет бюджетный мониторинг и представление отчета о его результатах в уполномоченный орган по исполнению бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z1522" w:id="542"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z1522" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       457) осуществляет реализацию государственной политики по управлению государственным имуществом в соответствующей отрасли, в пределах своей компетенции разрабатывает, утверждает нормативные правовые акты в сфере управления государственным имуществом в курируемых отраслях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z1523" w:id="543"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z1523" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       458) рассматривает, согласовывает в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О государственном имуществе", и утверждает планы развития подведомственных республиканских государственных предприятий и отчеты по их исполнению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z1524" w:id="544"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z1524" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       459) осуществляет контроль и анализ выполнения планов развития республиканских государственных предприятий, контролируемых государством акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Министерство является органом управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z1525" w:id="545"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z1525" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       460) осуществляет управление подведомственными республиканскими юридическими лицами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z1526" w:id="546"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z1526" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       461) утверждает устав (положение) подведомственных республиканских государственных учреждений, внесение в него изменений и дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z1527" w:id="547"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z1527" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       462) утверждает годовую финансовую отчетность подведомственного республиканского юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z1528" w:id="548"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z1528" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       463) дает согласие на создание подведомственными республиканскими государственными учреждениями филиалов и представительств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z1529" w:id="549"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z1529" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       464) разрабатывает проект решения Правительства Республики Казахстан о реализации приоритетного права на приобретение стратегического объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z1530" w:id="550"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z1530" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       465) разрабатывает, утверждает и согласовывает отраслевые нормативы численности работников, обеспечивающих техническое обслуживание и функционирование государственных органов в курируемых отраслях в порядке, установленном уполномоченным государственным органом по труду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z1531" w:id="551"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z1531" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       466) разрабатывает и утверждает реестры должностей гражданских служащих соответствующих сфер деятельности по согласованию с уполномоченным государственным органом по труду;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z1532" w:id="552"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z1532" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467) осуществляет организацию проведения государственных закупок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z1598" w:id="553"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z1598" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-1) осуществляет формирование, мониторинг реализации и оценку результатов государственного социального заказа в порядке, определяемом уполномоченным органом в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z1599" w:id="554"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z1599" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-2) создает совет по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z1600" w:id="555"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z1600" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-3) представляет информацию по реализации государственного социального заказа в уполномоченный орган в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z1601" w:id="556"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z1601" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-4) размещает на своем интернет-ресурсе планируемые темы и информацию по реализации государственного социального заказа, а также оценку результатов государственного социального заказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z1602" w:id="557"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z1602" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       467-5) оказывает информационную, консультативную, методическую поддержку неправительственным организациям, осуществляющим государственный социальный заказ; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z1603" w:id="558"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z1603" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-6) предоставляет государственные гранты в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассматривает отчет оператора о результатах реализации государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z1604" w:id="559"/>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z1604" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-7) осуществляет оценку эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z1605" w:id="560"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z1605" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-8) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирует государственные гранты по направлениям и объемам финансирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z1606" w:id="561"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z1606" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-9) проводит конкурсный отбор стратегических партнеров и заключает с ними договоры в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z1607" w:id="562"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z1607" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-10) осуществляет оценку исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z1608" w:id="563"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z1608" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-11) ежегодно до 1 декабря представляет в уполномоченный орган в сфере взаимодействия с неправительственными организациями информацию о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z1667" w:id="564"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z1667" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-12) устанавливает цены на товары (работы, услуги), производимые и (или) реализуемые субъектом специального права, по согласованию с антимонопольным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z1691" w:id="565"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z1691" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-13) проводит цифровую трансформацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z1692" w:id="566"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z1692" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-14) создает отраслевые советы по профессиональным квалификациям в порядке, определенном уполномоченным органом в области признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z1693" w:id="567"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z1693" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-15) разрабатывает и утверждает положения об отраслевых советах по профессиональным квалификациям на основе типового положения об отраслевых советах по профессиональным квалификациям, утвержденного уполномоченным органом в области признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z1694" w:id="568"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z1694" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-16) разрабатывает и (или) актуализирует отраслевые рамки квалификаций в порядке, определенном уполномоченным органом в области признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z1695" w:id="569"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z1695" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-17) разрабатывает и (или) актуализирует профессиональные стандарты в регулируемых отраслях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z1696" w:id="570"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z1696" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-18) утверждает профессиональные стандарты по согласованию с отраслевым советом по профессиональным квалификациям и уполномоченным органом в области признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z1697" w:id="571"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z1697" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-19) вносит предложения в уполномоченный орган в области признания профессиональных квалификаций по внесению изменений и дополнений в реестр профессий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z1698" w:id="572"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z1698" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-20) вырабатывает предложения по разработке и (или) актуализации профессиональных стандартов и направляет их в уполномоченный орган в области признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z1699" w:id="573"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z1699" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-21) формирует потребность рынка труда в признании профессиональных квалификаций с учетом актуальности профессий в текущем и будущем периодах по согласованию с местными исполнительными органами областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z1700" w:id="574"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z1700" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-22) вносит предложения в уполномоченный орган в области признания профессиональных квалификаций по условиям признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z1701" w:id="575"/>
+    <w:bookmarkEnd w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       467-23) утверждает типовые нормы и нормативы по труду организаций в регулируемых сферах деятельности по согласованию с уполномоченным государственным органом по труду в установленном им порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z1533" w:id="576"/>
+    <w:bookmarkStart w:name="z1777" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467-24) определяет оператора информационно-коммуникационной инфраструктуры в сфере топливно-энергетического комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z1778" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467-25) устанавливает порядок обеспечения информационной безопасности в сфере топливно-энергетического комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z1797" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467-26) определяет отраслевой центр информационной безопасности в сфере топливно-энергетического комплекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z1795" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467-27) принимает участие в формировании государственной политики и принимает меры по противодействию теневой экономике;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z1796" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      467-28) участвует в оценке производства заявителей для включения в реестр казахстанских товаропроизводителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z1533" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       468) осуществляет иные полномочия, предусмотренные законодательными актами, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkEnd w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19504,51 +20376,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 772</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); от 19.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 834</w:t>
       </w:r>
       <w:r>
@@ -19877,599 +20749,639 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); от 04.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 588</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">; от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) ; от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 88</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1534" w:id="577"/>
+    <w:bookmarkStart w:name="z1534" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z1535" w:id="578"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z1535" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z1536" w:id="579"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z1536" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Министерства назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z1537" w:id="580"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z1537" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Министерства имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z1538" w:id="581"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z1538" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Министерства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z1539" w:id="582"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z1539" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вырабатывает предложения по формированию государственной политики в сферах, регулируемых Министерством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z1540" w:id="583"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z1540" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) назначает на должности и освобождает от должностей руководителей комитетов, которые подконтрольны ему в своей деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z1541" w:id="584"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z1541" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) представляет Министерство в Парламенте Республики Казахстан, иных государственных органах и организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z1542" w:id="585"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z1542" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подписывает приказы Министра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z1543" w:id="586"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z1543" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) утверждает регламент работы Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z1544" w:id="587"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z1544" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) согласовывает и визирует проекты нормативных правовых актов, поступивших на согласование в Министерство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z1545" w:id="588"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z1545" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) отменяет или приостанавливает полностью или в части действие актов ведомств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z1546" w:id="589"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z1546" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) принимает меры по противодействию коррупции в Министерстве и несет за это персональную ответственность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z1547" w:id="590"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z1547" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) входит в состав руководящего органа или наблюдательного совета коммерческой организации с прямым и косвенным участием государства в уставном капитале в случае принятия соответствующего решения Правительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z1548" w:id="591"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z1548" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) принимает решения по другим вопросам, отнесенным к его компетенции, и осуществляет иные полномочия в соответствии с законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z1549" w:id="592"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z1549" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Министерства в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z1550" w:id="593"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z1550" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z1551" w:id="594"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z1551" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Аппарат Министерства возглавляется руководителем аппарата, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z1552" w:id="595"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z1552" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Руководитель аппарата назначает на должности и освобождает от должностей заместителей руководителей территориальных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z1553" w:id="596"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z1553" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z1554" w:id="597"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z1554" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z1555" w:id="598"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z1555" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z1556" w:id="599"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z1556" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z1557" w:id="600"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z1557" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z1558" w:id="601"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z1558" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z1559" w:id="602"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z1559" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z1560" w:id="603"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z1560" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkEnd w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 21.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20504,110 +21416,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его подписания и подлежит официальному опубликованию); от 04.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 588</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1561" w:id="604"/>
+    <w:bookmarkStart w:name="z1561" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Акционерное общество "Ситуационно-аналитический центр топливно-энергетического комплекса Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z1562" w:id="605"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z1562" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Акционерное общество "Достык Энерго".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z1563" w:id="606"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z1563" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Акционерное общество "Управляющая компания специальной экономической зоны "Национальный индустриальный нефтехимический технопарк".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkEnd w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20636,70 +21548,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1565" w:id="607"/>
+    <w:bookmarkStart w:name="z1565" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Акционерное общество "Казахстанский оператор рынка электрической энергии и мощности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkEnd w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20782,88 +21694,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1568" w:id="608"/>
+    <w:bookmarkStart w:name="z1568" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Товарищество с ограниченной ответственностью "Расчетно-финансовый центр по поддержке возобновляемых источников энергии".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
-    <w:bookmarkStart w:name="z1569" w:id="609"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z1569" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень территориальных органов, находящихся в ведении Министерства и территориальных подразделений его ведомства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkEnd w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20898,528 +21810,528 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 04.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 588</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1570" w:id="610"/>
+    <w:bookmarkStart w:name="z1570" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Западное межрегиональное управление государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
-    <w:bookmarkStart w:name="z1756" w:id="611"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z1756" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное учреждение "Южное межрегиональное управление государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z1757" w:id="612"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z1757" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Акмолинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z1758" w:id="613"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z1758" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Актюбинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z1759" w:id="614"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z1759" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное учреждение "Территориальный департамент государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Алматинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z1760" w:id="615"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z1760" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Атырауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z1761" w:id="616"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z1761" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z1762" w:id="617"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z1762" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Жамбылской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z1763" w:id="618"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z1763" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Западно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z1764" w:id="619"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z1764" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Карагандинской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z1765" w:id="620"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z1765" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Костанайской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z1766" w:id="621"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z1766" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Кызылординской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z1767" w:id="622"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z1767" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Мангистауской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z1768" w:id="623"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z1768" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Павлодарской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z1769" w:id="624"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z1769" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Северо-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z1770" w:id="625"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z1770" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по Туркестанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z1771" w:id="626"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z1771" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по городу Астана".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z1772" w:id="627"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z1772" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по городу Алматы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z1773" w:id="628"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z1773" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по городу Шымкент".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z1774" w:id="629"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z1774" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по области Абай".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z1775" w:id="630"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z1775" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по области Жетісу".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z1776" w:id="631"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z1776" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Республиканское государственное учреждение "Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства энергетики Республики Казахстан по области Ұлытау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z1589" w:id="632"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z1589" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z1590" w:id="633"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z1590" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственное учреждение "Капиталнефтегаз".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkEnd w:id="650"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21498,218 +22410,218 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 сентября 2014 года № 994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="634"/>
+    <w:bookmarkStart w:name="z94" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Изменения и дополнения, которые вносятся в некоторые решения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z95" w:id="635"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z95" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 мая 1999 года № 659 "О передаче прав по владению и пользованию государственными пакетами акций и государственными долями в организациях, находящихся в республиканской собственности":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z96" w:id="636"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z96" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных пакетов акций и государственных долей участия в организациях республиканской собственности, право владения и пользования которыми передается отраслевым министерствам и иным государственным органам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z97" w:id="637"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z97" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заголовок раздела "Министерству нефти и газа Республики Казахстан" изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkEnd w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Министерству энергетики Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="638"/>
+    <w:bookmarkStart w:name="z98" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить строками, порядковые номера 20-7, 20-8, 20-9, 20-10, 20-11, следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkEnd w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "20-7. Акционерное общество "Достык Энерго".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21756,160 +22668,160 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-10. Акционерное общество "Жасыл даму".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20-11. Акционерное общество "Парк ядерных технологий".;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="639"/>
+    <w:bookmarkStart w:name="z99" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в разделе "Министерству индустрии и новых технологий Республики Казахстан" строку, порядковый номер 237-45, исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z100" w:id="640"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z100" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       раздел "Министерству окружающей среды и водных ресурсов Республики Казахстан" и строки, порядковые номера 300, 300-1, 300-2, исключить;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z101" w:id="641"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z101" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       раздел "Комитету по атомной энергии Министерства индустрии и новых технологий Республики Казахстан" и строку, порядковый номер 310, исключить.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z102" w:id="642"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z102" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Утратил силу постановлением Правительства РК от 28.08.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 683</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkEnd w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22060,51 +22972,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 сентября 2014 года № 994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z116" w:id="643"/>
+    <w:bookmarkStart w:name="z116" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых государственных учреждений</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -22113,371 +23025,371 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>энергетического надзора и контроля Министерства индустрии и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>новых технологий Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z117" w:id="644"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z117" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Акмолинской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Акмолинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z118" w:id="645"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z118" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Актюбинской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Актюбинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z119" w:id="646"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z119" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Алматинской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Алматинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z120" w:id="647"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z120" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Атырауской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Атырауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z121" w:id="648"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z121" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Восточно-Казахстанской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z122" w:id="649"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z122" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Жамбылской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Жамбылской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z123" w:id="650"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z123" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Западно-Казахстанской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Западно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z124" w:id="651"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z124" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Карагандинской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Карагандинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z125" w:id="652"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z125" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Костанайской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Костанайской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z126" w:id="653"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z126" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Кызылординской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Кызылординской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z127" w:id="654"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z127" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Мангистауской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Мангистауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z128" w:id="655"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z128" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Павлодарской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Павлодарской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z129" w:id="656"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z129" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Северо-Казахстанской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z130" w:id="657"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z130" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по Южно-Казахстанской области в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по Южно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z131" w:id="658"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z131" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по городу Астане в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по городу Астане.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z132" w:id="659"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z132" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Территориальный департамент Комитета государственного энергетического надзора и контроля Министерства индустрии и новых технологий Республики Казахстан по городу Алматы в Территориальный департамент Комитета атомного и энергетического надзора и контроля Министерства энергетики Республики Казахстан по городу Алматы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkEnd w:id="676"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22556,392 +23468,392 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 сентября 2014 года № 994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z134" w:id="660"/>
+    <w:bookmarkStart w:name="z134" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых государственных учреждений</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>- территориальных органов Комитета экологического регулирования</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z135" w:id="661"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z135" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Департамент экологии по городу Алматы Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по городу Алматы Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z136" w:id="662"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z136" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное учреждение "Департамент экологии по Алматинской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Алматинской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z137" w:id="663"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z137" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное учреждение "Департамент экологии по Атырауской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Атырауской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z138" w:id="664"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z138" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное учреждение "Департамент экологии по Мангистауской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Мангистауской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z139" w:id="665"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z139" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное учреждение "Департамент экологии по Западно-Казахстанской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Западно-Казахстанской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z140" w:id="666"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z140" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республиканское государственное учреждение "Департамент экологии по Павлодарской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Павлодарской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z141" w:id="667"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z141" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Республиканское государственное учреждение "Департамент экологии по Восточно-Казахстанской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Восточно-Казахстанской области" Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z142" w:id="668"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z142" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Республиканское государственное учреждение "Департамент экологии по Жамбылской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Жамбылской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z143" w:id="669"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z143" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Республиканское государственное учреждение "Департамент экологии по Южно-Казахстанской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Южно-Казахстанской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z144" w:id="670"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z144" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Республиканское государственное учреждение "Департамент экологии по Карагандинской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Карагандинской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z145" w:id="671"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z145" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Республиканское государственное учреждение "Департамент экологии по Актюбинской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Актюбинской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z146" w:id="672"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z146" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Республиканское государственное учреждение "Департамент экологии по Костанайской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Костанайской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z147" w:id="673"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z147" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Республиканское государственное учреждение "Департамент экологии по Кызылординской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Кызылординской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z148" w:id="674"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z148" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Республиканское государственное учреждение "Департамент экологии по городу Астане Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по городу Астане Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z149" w:id="675"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z149" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Республиканское государственное учреждение "Департамент экологии по Северо-Казахстанской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Северо-Казахстанской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkEnd w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Республиканское государственное учреждение "Департамент экологии по Акмолинской области Комитета экологического регулирования и контроля Министерства окружающей среды и водных ресурсов Республики Казахстан" в республиканское государственное учреждение "Департамент экологии по Акмолинской области Комитета экологического регулирования, контроля и государственной инспекции в нефтегазовом комплексе Министерства энергетики Республики Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -23038,51 +23950,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 сентября 2014 года № 994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z151" w:id="676"/>
+    <w:bookmarkStart w:name="z151" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень переименовываемых республиканских государственных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -23091,279 +24003,279 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республики Казахстан и Министерства охраны окружающей среды и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>водных ресурсов Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkEnd w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Сноска. Приложение 3 с изменениями, внесенными постановлением Правительства РК от 05.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="677"/>
+    <w:bookmarkStart w:name="z152" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное предприятие на праве хозяйственного ведения "Институт геофизических исследований" Комитета по атомной энергии Министерства индустрии и новых технологий Республики Казахстан в республиканское государственное предприятие на праве хозяйственного ведения "Институт геофизических исследований" Министерства энергетики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z153" w:id="678"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z153" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Исключен постановлением Правительства РК от 05.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z154" w:id="679"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z154" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное предприятие на праве хозяйственного ведения "Институт ядерной физики" Комитета по атомной энергии Министерства индустрии и новых технологий Республики Казахстан в республиканское государственное предприятие на праве хозяйственного ведения "Институт ядерной физики" Министерства энергетики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z155" w:id="680"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z155" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Исключен постановлением Правительства РК от 05.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 479</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z156" w:id="681"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z156" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное специализированное предприятие на праве хозяйственного ведения "Карагандаликвидшахт" Министерства индустрии и новых технологий Республики Казахстан в республиканское государственное специализированное предприятие на праве хозяйственного ведения "Карагандаликвидшахт" Министерства энергетики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z157" w:id="682"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z157" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республиканское государственное предприятие на праве хозяйственного ведения "Национальный ядерный центр Республики Казахстан" Комитета по атомной энергии Министерства индустрии и новых технологий Республики Казахстан в республиканское государственное предприятие на праве хозяйственного ведения "Национальный ядерный центр Республики Казахстан" Министерства энергетики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkEnd w:id="699"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23442,81 +24354,81 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 сентября 2014 года № 994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z159" w:id="683"/>
+    <w:bookmarkStart w:name="z159" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Правительства</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z160" w:id="684"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z160" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23531,92 +24443,92 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 мая 2010 года № 454 "Вопросы Министерства нефти и газа Республики Казахстан" (САПП Республики Казахстан, 2010 г., № 34, ст. 273), за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z161" w:id="685"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z161" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 23 августа 2010 года № 826 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2010 г., № 49, ст. 445).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z162" w:id="686"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z162" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23631,252 +24543,252 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 31 января 2011 года № 62 "О некоторых мерах по оптимизации деятельности организаций с участием государства в нефтяной и газовой сфере" (САПП Республики Казахстан, 2011 г., № 16, ст. 192).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z163" w:id="687"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z163" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 12 мая 2011 года № 502 "О внесении изменений и дополнения в постановление Правительства Республики Казахстан от 20 мая 2010 года № 454" (САПП Республики Казахстан, 2011 г., № 38, ст. 456).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z164" w:id="688"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z164" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 1 ноября 2012 года № 1390 "О внесении изменений и дополнений в некоторые решения Правительства Республики Казахстан" (САПП Республики Казахстан, 2012 г., № 77-78, ст. 1134).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z165" w:id="689"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z165" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений и дополнений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 29 декабря 2012 года № 1774 "О реорганизации государственного учреждения "Администрация специальной экономической зоны "Национальный индустриальный нефтехимический технопарк" в акционерное общество "Управляющая компания специальной экономической зоны "Национальный индустриальный нефтехимический технопарк" (САПП Республики Казахстан, 2013 г., № 7, ст. 162).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z166" w:id="690"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z166" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 декабря 2012 года № 1816 "О внесении изменений в постановление Правительства Республики Казахстан от 20 мая 2010 года № 454 "Вопросы Министерства нефти и газа Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 10, ст. 196).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z167" w:id="691"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z167" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в некоторые решения Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 1 августа 2013 года № 756 "О ликвидации акционерного общества "Казнефтескважликвид" (САПП Республики Казахстан, 2013 г., № 43, ст. 634).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z168" w:id="692"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z168" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23891,52 +24803,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 25 февраля 2013 года № 172 "Вопросы Министерства окружающей среды и водных ресурсов Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 17, ст. 302), за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z169" w:id="693"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z169" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23951,52 +24863,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 декабря 2013 года № 1413 "О некоторых вопросах Министерства окружающей среды и водных ресурсов Республики Казахстан" (САПП Республики Казахстан, 2013 г., № 74, ст. 980), за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z170" w:id="694"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z170" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24011,51 +24923,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 12 апреля 2014 года № 348 "О принятии государственного коммунального предприятия на праве хозяйственного ведения "Акмола су арнасы" при отделе жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог Коргалжынского района Акмолинской области из коммунальной собственности в республиканскую собственность" (САПП Республики Казахстан, 2014 г., № 27 ст. 222), за исключением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkEnd w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>