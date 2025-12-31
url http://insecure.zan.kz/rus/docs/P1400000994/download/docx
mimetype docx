--- v1 (2025-11-15)
+++ v2 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a866387" w14:textId="a866387">
+    <w:p w14:paraId="aca06a8" w14:textId="aca06a8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -20376,51 +20376,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 772</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>п.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); от 19.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 834</w:t>
       </w:r>
       <w:r>
@@ -20776,51 +20776,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 884</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования) ; от 21.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24973,55 +24973,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>