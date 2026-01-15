--- v0 (2025-10-05)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6764c58" w14:textId="6764c58">
+    <w:p w14:paraId="5f30b53" w14:textId="5f30b53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,252 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление Правительства Республики Казахстан от 31 июля 2014 года № 865.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1094</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Преамбула предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1094</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 32) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -155,276 +356,401 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан от 11 апреля 2014 года "О гражданской защите" Правительство Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1094</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> возмещения затрат пунктам хранения материальных ценностей государственного материального резерва, а также возмещения затрат за материальные ценности государственного материального резерва, использованные для предупреждения и ликвидации чрезвычайных ситуаций и их последствий, оказания регулирующего воздействия на рынок, помощи беженцам и гуманитарной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые решения Правительства Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее постановление вводится в действие со дня его подписания и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Премьер-Министр</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -554,51 +880,156 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 июля 2014 года № 865</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматриваются в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1094</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила возмещения затрат пунктам хранения материальных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -643,70 +1074,69 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>регулирующего воздействия на рынок, помощи беженцам и</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>гуманитарной помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила возмещения затрат пунктам хранения материальных ценностей государственного материального резерва, а также возмещения затрат за материальные ценности государственного материального резерва, использованные для предупреждения и ликвидации чрезвычайных ситуаций и их последствий, оказания регулирующего воздействия на рынок, помощи беженцам и гуманитарной помощи, (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -721,345 +1151,345 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 8 февраля 2003 года "О чрезвычайном положении" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 11 апреля 2014 года "О гражданской защите" и определяют порядок возмещения затрат пунктам хранения материальных ценностей государственного материального резерва, а также возмещения затрат за материальные ценности государственного материального резерва, использованные для предупреждения и ликвидации чрезвычайных ситуаций и их последствий, оказания регулирующего воздействия на рынок, помощи беженцам и гуманитарной помощи.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции постановления Правительства РК от 19.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 938</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z28" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уполномоченный орган в области государственного материального резерва (далее - уполномоченный орган) - центральный исполнительный орган, осуществляющий исполнительные и контрольные функции, а также руководство системой государственного материального резерва;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z29" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ведомство уполномоченного органа (далее – ведомство) – структурное подразделение уполномоченного органа, осуществляющее реализационные функции в области государственного материального резерва.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции постановления Правительства РК от 19.12.2019 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 938</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными постановлениями Правительства РК от 09.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 30.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 935</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
-[...141 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="10"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Хранение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> материальных ценностей государственного материального резерва осуществляется подведомственными организациями системы государственного материального резерва (далее – подведомственные организации) и пунктами хранения материальных ценностей государственного материального резерва (далее – пункты хранения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z11" w:id="11"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Порядок возмещения затрат пунктам хранения материальных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ценностей государственного материального резерва</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z12" w:id="12"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Подведомственные организации и пункты хранения осуществляют хранение материальных ценностей государственного материального резерва на основании договора хранения материальных ценностей государственного материального резерва и оказания услуг, связанных с хранением (далее – договор хранения), заключенного с ведомством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1078,602 +1508,602 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="13"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Договор хранения заключается при закладке на хранение материальных ценностей государственного материального резерва в соответствии с гражданским </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z14" w:id="14"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Возмещение затрат по хранению материальных ценностей государственного материального резерва производится за счет и в пределах средств, предусмотренных на эти цели в республиканском бюджете по соответствующей бюджетной программе (подпрограмме).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>разбронирования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> материальных ценностей государственного материального резерва, возмещение затрат по их хранению осуществляется до полного выпуска материальных ценностей из государственного материального резерва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="15"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Администратором бюджетной программы (подпрограммы) по хранению государственного материального резерва выступает уполномоченный орган, который ежегодно представляет в уполномоченный орган по бюджетному планированию бюджетную заявку на предстоящий плановый период.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 в редакции постановления Правительства РК от 09.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Сумма расходов по данной программе (подпрограмме) рассчитывается в соответствии с порядком составления и представления бюджетной заявки, определяемым уполномоченным органом по бюджетному планированию, в том числе на основании представляемых ежегодно подведомственными организациями и пунктами хранения расчетов затрат на содержание и хранение материальных ценностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 в редакции постановления Правительства РК от 09.04.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 205</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок возмещения затрат за материальные ценности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>государственного материального резерва, использованные для</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>предупреждения и ликвидации чрезвычайных ситуаций и их</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>последствий, оказания регулирующего воздействия на рынок,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>помощи беженцам и гуманитарной помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Возмещение затрат за материальные ценности государственного материального резерва, использованные для предупреждения и ликвидации чрезвычайных ситуаций и их последствий, оказания регулирующего воздействия на рынок, помощи беженцам и гуманитарной помощи, производится в соответствии с порядком использования резервов Правительства Республики Казахстан и местных исполнительных органов, утвержденным постановлением Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 в редакции постановления Правительства РК от 09.04.2015 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 205</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 в редакции постановления Правительства РК от 19.12.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 938</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="16"/>
-[...15 lines deleted...]
-      8. Сумма расходов по данной программе (подпрограмме) рассчитывается в соответствии с порядком составления и представления бюджетной заявки, определяемым уполномоченным органом по бюджетному планированию, в том числе на основании представляемых ежегодно подведомственными организациями и пунктами хранения расчетов затрат на содержание и хранение материальных ценностей.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Возмещение затрат за материальные ценности, выпущенные из государственного материального резерва для ликвидации чрезвычайных ситуаций и оказания гуманитарной помощи, осуществляется из чрезвычайного резерва Правительства Республики Казахстан на основании решения Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Возмещение затрат за материальные ценности, выпущенные из государственного материального резерва для предупреждения и ликвидации последствий чрезвычайных ситуаций, оказания регулирующего воздействия на рынок и помощи беженцам, осуществляется из резерва Правительства Республики Казахстан на неотложные затраты на основании решения Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Возмещение затрат за выпущенные материальные ценности государственного материального резерва в порядке разбронирования, а также расходов за организацию отправки материальных ценностей и командировочных расходов при доставке осуществляется в течение двадцати четырех месяцев со дня принятия решения о разбронировании материальных ценностей государственного материального резерва.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 в редакции постановления Правительства РК от 09.04.2015 </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 в редакции постановления Правительства РК от 02.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 641</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="17"/>
-[...163 lines deleted...]
-      10. Возмещение затрат за материальные ценности, выпущенные из государственного материального резерва для ликвидации чрезвычайных ситуаций и оказания гуманитарной помощи, осуществляется из чрезвычайного резерва Правительства Республики Казахстан на основании решения Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Подготовку проекта решения Правительства Республики Казахстан о выделении денег для возмещения затрат за материальные ценности осуществляет уполномоченный орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z20" w:id="20"/>
-[...120 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, для определения суммы возмещения затрат учитываются данные о стоимости аналогичных товаров, представляемые органами статистики, а также юридическими лицами, осуществляющими их реализацию на рынке.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -1770,254 +2200,254 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 июля 2014 года № 865</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="23"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2007 года № 556 "Об утверждении Правил возмещения затрат хозяйствующим субъектам, осуществляющим хранение государственного резерва, а также возмещения затрат за материальные ценности государственного резерва, выпускаемые для предупреждения и ликвидации последствий чрезвычайных ситуаций, оказания регулирующего воздействия на рынок и гуманитарной помощи" (САПП Республики Казахстан, 2007 г., № 23, ст. 262).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) пункта 1 постановления Правительства Республики Казахстан от 11 октября 2010 года № 1050 "О внесении дополнений и изменений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 2 апреля 2014 года № 306 "О внесении изменений и дополнений в постановления Правительства Республики Казахстан от 30 июня 2007 года № 556 "Об утверждении Правил возмещения затрат хозяйствующим субъектам, осуществляющим хранение государственного резерва, а также возмещения затрат за материальные ценности государственного резерва, выпускаемые для предупреждения и ликвидации последствий чрезвычайных ситуаций, оказания регулирующего воздействия на рынок и гуманитарной помощи" и от 26 февраля 2009 года № 220 "Об утверждении Правил исполнения бюджета и его кассового обслуживания" (САПП Республики Казахстан, 2014 г., № 25, ст. 200).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2343,31 +2773,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>