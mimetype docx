--- v0 (2025-11-26)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c465667" w14:textId="c465667">
+    <w:p w14:paraId="ac5850b" w14:textId="ac5850b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -836,450 +836,1468 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z63" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z64" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уполномоченный орган в сфере гражданской защиты – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию, разработку и реализацию государственной политики в сфере гражданской защиты в части предупреждения и ликвидации чрезвычайных ситуаций природного и техногенного характера, оказания экстренной медицинской и психологической помощи населению, обеспечения пожарной безопасности и организации гражданской обороны;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z65" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разбронирование – выпуск материальных ценностей из государственного материального резерва при изменении номенклатуры, а также для утилизации или уничтожения, принятия мер по предупреждению и ликвидации чрезвычайных ситуаций и их последствий, оказания регулирующего воздействия на рынок, помощи беженцам и гуманитарной помощи;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z65" w:id="9"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 3) предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) единый дистрибьютор – юридическое лицо, осуществляющее деятельность в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 247</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z67" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уполномоченный орган в области здравоохранения – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан Республики Казахстан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, качества оказания медицинских услуг (помощи);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z68" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мобилизационный резерв – запас материальных ценностей по ограниченной номенклатуре, являющийся составной частью государственного материального резерва, необходимый для выполнения мобилизационного заказа при мобилизации, военном положении и в военное время, принятия мер по предупреждению и ликвидации чрезвычайных ситуаций природного, техногенного и социального характера и их последствий, оказания гуманитарной помощи в мирное время, а также материально-технические средства специальных формирований;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z67" w:id="11"/>
-[...15 lines deleted...]
-      4) уполномоченный орган в области здравоохранения – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан Республики Казахстан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, качества оказания медицинских услуг (помощи);</w:t>
+    <w:bookmarkStart w:name="z69" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) план оперирования мобилизационного резерва – документ, регламентирующий поставку, хранение и выпуск материальных ценностей мобилизационного резерва, а также реализацию утилизированных товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z68" w:id="12"/>
-[...15 lines deleted...]
-      5) мобилизационный резерв – запас материальных ценностей по ограниченной номенклатуре, являющийся составной частью государственного материального резерва, необходимый для выполнения мобилизационного заказа при мобилизации, военном положении и в военное время, принятия мер по предупреждению и ликвидации чрезвычайных ситуаций природного, техногенного и социального характера и их последствий, оказания гуманитарной помощи в мирное время, а также материально-технические средства специальных формирований;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 7) предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) государственный орган, выполняющий мобилизационное задание – центральный исполнительный орган, выполняющий мобилизационное задание или с которого снято мобилизационное задание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) государственный оборонный заказ – правовой акт Правительства Республики Казахстан, утверждающий перечень (номенклатуру) товаров (продукции) военного назначения, товаров (продукции) двойного назначения (применения), работ военного назначения и услуг военного назначения, приобретаемых для нужд обороны, обеспечения безопасности и правопорядка в государстве, деятельности специальных государственных и правоохранительных органов Республики Казахстан, государственного материального резерва, мобилизации, космической деятельности, а также выполнения Республикой Казахстан международных договоров и обязательств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z69" w:id="13"/>
-[...15 lines deleted...]
-      6) план оперирования мобилизационного резерва – документ, регламентирующий поставку, хранение и выпуск материальных ценностей мобилизационного резерва, а также реализацию утилизированных товаров;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) государственный материальный резерв – запас материальных ценностей, предназначенный для мобилизационных нужд, принятия мер по предупреждению и ликвидации чрезвычайных ситуаций природного, техногенного и социального характера и их последствий, оказания регулирующего воздействия на рынок, помощи беженцам и гуманитарной помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z70" w:id="14"/>
-[...15 lines deleted...]
-      7) государственный орган, выполняющий мобилизационное задание – центральный исполнительный орган, выполняющий мобилизационное задание или с которого снято мобилизационное задание;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 10) предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) подведомственная организация системы государственного материального резерва (далее – подведомственная организация) – юридическое лицо, осуществляющее формирование и хранение материальных ценностей государственного материального резерва;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 11) предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) уполномоченный орган в области государственного материального резерва (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий исполнительные и контрольные функции, а также руководство системой государственного материального резерва;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 12) предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) заимствование материальных ценностей из государственного материального резерва – выпуск материальных ценностей из государственного материального резерва на определенных условиях с последующим возвратом в государственный материальный резерв в соответствии с номенклатурой и объемами хранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 13) предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) освежение государственного материального резерва – выпуск материальных ценностей из государственного материального резерва до истечения установленных сроков их хранения при одновременной или с разрывом во времени закладке материальных ценностей в соответствии с номенклатурой и объемами хранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) пункты хранения материальных ценностей государственного материального резерва (далее – пункты хранения) – юридические лица, осуществляющие на договорной основе хранение материальных ценностей государственного материального резерва и оказание услуг, связанных с хранением;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z71" w:id="15"/>
-[...15 lines deleted...]
-      8) государственный оборонный заказ – правовой акт Правительства Республики Казахстан, утверждающий перечень (номенклатуру) товаров (продукции) военного назначения, товаров (продукции) двойного назначения (применения), работ военного назначения и услуг военного назначения, приобретаемых для нужд обороны, обеспечения безопасности и правопорядка в государстве, деятельности специальных государственных и правоохранительных органов Республики Казахстан, государственного материального резерва, мобилизации, космической деятельности, а также выполнения Республикой Казахстан международных договоров и обязательств;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) номенклатура и объемы хранения материальных ценностей государственного материального резерва (далее – номенклатура) – перечень и объемы материальных ценностей государственного материального резерва, необходимые для выполнения поставленных задач перед уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z72" w:id="16"/>
-[...15 lines deleted...]
-      9) государственный материальный резерв – запас материальных ценностей, предназначенный для мобилизационных нужд, принятия мер по предупреждению и ликвидации чрезвычайных ситуаций природного, техногенного и социального характера и их последствий, оказания регулирующего воздействия на рынок, помощи беженцам и гуманитарной помощи;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 16) предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) план оперирования государственного резерва – документ, регламентирующий поставку, хранение и выпуск материальных ценностей государственного резерва, а также реализацию утилизированных товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 предусматривается дополнить подпунктом 16-1) в соответствии с постановлением Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) оперирование – поставка, хранение и выпуск материальных ценностей государственного материального резерва;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z73" w:id="17"/>
-[...15 lines deleted...]
-      10) подведомственная организация системы государственного материального резерва (далее – подведомственная организация) – юридическое лицо, осуществляющее формирование и хранение материальных ценностей государственного материального резерва;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) комиссия по предупреждению и ликвидации чрезвычайных ситуаций – консультативно-совещательный орган, созданный на республиканском и территориальном уровнях государственной системы гражданской защиты в целях выработки предложений по формированию и проведению единой государственной политики в сфере гражданской защиты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z74" w:id="18"/>
-[...15 lines deleted...]
-      11) уполномоченный орган в области государственного материального резерва (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий исполнительные и контрольные функции, а также руководство системой государственного материального резерва;</w:t>
+    <w:bookmarkStart w:name="z652" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) ведомство уполномоченного органа (далее – ведомство) – структурное подразделение уполномоченного органа, осуществляющее реализационные функции в области государственного материального резерва.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z75" w:id="19"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1297,191 +2315,287 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z83" w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Пункты хранения и организации, осуществляющие хранение мобилизационного резерва, ежегодно составляют сведения по материальным ценностям мобилизационного резерва, подлежащим накоплению и освежению, в 3 (три) экземплярах (далее – сведения) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, из них один экземпляр остается в пункте хранения, второй экземпляр представляется в государственный орган, выполняющий мобилизационное задание, третий экземпляр – в ведомство не позднее 10 января.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z642" w:id="28"/>
+    <w:bookmarkStart w:name="z642" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На основании представленных сведений ведомство ежегодно не позднее 15 февраля утверждает план оперирования материальными ценностями мобилизационного резерва по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z643" w:id="29"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z643" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подведомственная организация и пункты хранения ежемесячно представляют отчеты о наличии и движении материальных ценностей государственного резерва согласно порядку подготовки и представления отчетов о наличии и движении материальных ценностей государственного материального резерва, утвержденному уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z644" w:id="30"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z644" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На основании представленных отчетов о наличии и движении материальных ценностей государственного резерва ведомство ежегодно не позднее 30 января утверждает план оперирования материальными ценностями государственного резерва по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1499,327 +2613,765 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z87" w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В случаях поставки, хранения и выпуска материальных ценностей государственного материального резерва в планы оперирования, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, вносятся соответствующие изменения и (или) дополнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z88" w:id="32"/>
+    <w:bookmarkStart w:name="z88" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Поставка материальных ценностей государственного материального резерва</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z89" w:id="33"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z89" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Поставка материальных ценностей государственного материального резерва, за исключением лекарственных средств и медицинских изделий мобилизационного резерва</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z90" w:id="34"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z90" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Поставка материальных ценностей государственного материального резерва, входящих в состав государственного оборонного заказа, осуществляется в порядке, установленном законодательством Республики Казахстан об оборонной промышленности и государственном оборонном заказе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z91" w:id="35"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z91" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заказы на поставку материальных ценностей в государственный материальный резерв, не вошедших в состав государственного оборонного заказа, размещаются среди поставщиков за счет бюджетных средств в порядке, определенном законодательством Республики Казахстан о государственных закупках. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z92" w:id="36"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 6 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Заказчиком на поставку материальных ценностей в государственный материальный резерв выступает уполномоченный орган. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z93" w:id="37"/>
+    <w:bookmarkStart w:name="z93" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Поставка материальных ценностей в государственный материальный резерв осуществляется в соответствии с номенклатурой материальных ценностей государственного материального резерва. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z94" w:id="38"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Абзац первый пункта 8 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Пункты хранения, имеющие мобилизационные заказы, ежегодно в срок до 10 января представляют на согласование в ведомство:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z95" w:id="39"/>
+    <w:bookmarkStart w:name="z95" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сведения о месте поставки товаров (при необходимости станцию привязки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z96" w:id="40"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z96" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) техническую спецификацию с указанием национальных стандартов Республики Казахстан, в случае их отсутствия – межгосударственных стандартов на закупаемые товары. При отсутствии национальных и межгосударственных стандартов указываются требуемые функциональные, технические, качественные и эксплуатационные характеристики закупаемых товаров, при необходимости с указанием нормативно-технической документации, а также сопутствующих услуг, необходимых при поставке товаров (монтаж, накладка, обучение, проверки и испытания товаров, где они должны проводиться), год выпуска товара, срок гарантии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z97" w:id="41"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z97" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Условия отгрузки и доставки материальных ценностей государственного материального резерва оговариваются в договорах поставки с учетом требований ИНКОТЕРМС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z98" w:id="42"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 10 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Каждая поставка (отгрузка) материальных ценностей в (из) государственный (ого) материальный (ого) резерв (а) подтверждается договором и приемным актом, подписанными уполномоченными лицами и скрепленными печатью (при наличии) подведомственной организации или пункта хранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z99" w:id="43"/>
+    <w:bookmarkStart w:name="z99" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Материальные ценности, поставляемые в государственный материальный резерв, должны соответствовать требованиям законодательства Республики Казахстан в области технического регулирования на весь срок хранения, сопровождаемые документами об оценке соответствия в формах регистрации (государственной регистрации), испытаний, подтверждения соответствия, экспертизы, подтверждающими качество и безопасность товара, а также быть подготовлены к длительному хранению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1837,71 +3389,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z100" w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 12 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Уполномоченный орган организует проведение исследований (испытаний) материальных ценностей, поставляемых и находящихся на хранении в государственном материальном резерве, на соответствие требованиям законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1920,945 +3568,1620 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="45"/>
+    <w:bookmarkStart w:name="z101" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Исследования (испытания) пищевой продукции, поставляемой или находящейся на хранении в государственном материальном резерве, на соответствие требованиям законодательства Республики Казахстан проводится государственными организациями, осуществляющими деятельность в сфере санитарно-эпидемиологического благополучия населения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z102" w:id="46"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z102" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исследования (испытания) иных товаров, поставляемых или находящихся на хранении в государственном материальном резерве, на соответствие требованиям законодательства Республики Казахстан, предусмотренным номенклатурой государственного материального резерва, проводятся аккредитованными испытательными лабораториями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z103" w:id="47"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z103" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. При поставке пищевой продукции в государственный материальный резерв до подписания актов приема-передачи проводятся исследования (испытания) на соответствие требованиям законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z104" w:id="48"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z104" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При поставке иных товаров в государственный материальный резерв исследования (испытания) на соответствие требованиям законодательства Республики Казахстан проводятся до подписания актов приема-передачи в случае выявления дефектов при визуальном осмотре.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z105" w:id="49"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z105" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В процессе хранения материальных ценностей государственного материального резерва исследования (испытания) проводятся в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z106" w:id="50"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) выявления нарушений условий хранения материальных ценностей в период хранения и/или проведения инвентаризации ведомством; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z107" w:id="51"/>
+    <w:bookmarkStart w:name="z107" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) повреждения тары, упаковки или наступления иных обстоятельств, которые могут повлечь за собой порчу хранимых материальных ценностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z108" w:id="52"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z108" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) истечения срока годности или срока хранения материальных ценностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z109" w:id="53"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z109" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Процедуры исследований (испытаний) товаров/материальных ценностей проводятся за счет бюджетных средств. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z110" w:id="54"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z110" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Поставка лекарственных средств и медицинских изделий мобилизационного резерва</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z111" w:id="55"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z111" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Поставка лекарственных средств и медицинских изделий мобилизационного резерва осуществляется за счет бюджетных средств в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z112" w:id="56"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z112" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Заказчиком на приобретение услуг по поставке лекарственных средств и медицинских изделий мобилизационного резерва выступает уполномоченный орган в области здравоохранения. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z113" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Поставка лекарственных средств и медицинских изделий мобилизационного резерва осуществляется единым дистрибьютором.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z114" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Поставка лекарственных средств и медицинских изделий мобилизационного резерва осуществляется в соответствии с номенклатурой материальных ценностей государственного материального резерва.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z115" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Каждая поставка лекарственных средств и медицинских изделий мобилизационного резерва единому дистрибьютору подтверждается договором и приемным актом, подписанными уполномоченными лицами, и скрепленными печатью (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z116" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Поставляемые лекарственные средства и медицинские изделия мобилизационного резерва должны соответствовать требованиям законодательства Республики Казахстан в области здравоохранения, быть подготовлены к длительному хранению, а их качественное состояние – подтверждено сертификатами на продукцию или другими соответствующими документами, подтверждающими качество товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z117" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Хранение материальных ценностей государственного материального резерва</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z118" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Хранение материальных ценностей государственного материального резерва, за исключением лекарственных средств и медицинских изделий мобилизационного резерва</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 23 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Материальные ценности государственного материального резерва хранятся в подведомственных организациях, пунктах хранения и организациях, которым установлены мобилизационные заказы на договорной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 24 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Подведомственные организации, пункты хранения и организации, которым установлены мобилизационные заказы, несут ответственность за качественную и количественную сохранность переданных на хранение материальных ценностей государственного материального резерва.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z121" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация, с которой снят установленный мобилизационный заказ, несет ответственность за качественную и количественную сохранность переданных на хранение материальных ценностей государственного материального резерва до полного их выпуска в установленном законодательством порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z122" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Технические требования по содержанию и условия хранения материальных ценностей государственного материального резерва определяются нормативами хранения материальных ценностей государственного материального резерва, за исключением лекарственных средств и медицинских изделий мобилизационного резерва, утверждаемых уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z123" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Для включения в перечень пунктов хранения юридические лица должны соответствовать следующим критериям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z124" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) не состоять в Едином реестре должников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z125" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не состоять в реестре недобросовестных участников государственных закупок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z126" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не подлежать процедуре банкротства либо ликвидации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z127" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не иметь налоговой задолженности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z128" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иметь государственную регистрацию в органах юстиции или Государственной корпорации "Правительство для граждан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z129" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) не иметь обременений на недвижимое имущество;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z113" w:id="57"/>
-[...15 lines deleted...]
-      19. Поставка лекарственных средств и медицинских изделий мобилизационного резерва осуществляется единым дистрибьютором.</w:t>
+    <w:bookmarkStart w:name="z130" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) не иметь прямого и косвенного иностранного участия в деятельности юридического лица;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z114" w:id="58"/>
-[...15 lines deleted...]
-      20. Поставка лекарственных средств и медицинских изделий мобилизационного резерва осуществляется в соответствии с номенклатурой материальных ценностей государственного материального резерва.</w:t>
+    <w:bookmarkStart w:name="z131" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) иметь в обороте одного из вида товара, предусмотренного в Номенклатуре;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z115" w:id="59"/>
-[...15 lines deleted...]
-      21. Каждая поставка лекарственных средств и медицинских изделий мобилизационного резерва единому дистрибьютору подтверждается договором и приемным актом, подписанными уполномоченными лицами, и скрепленными печатью (при наличии).</w:t>
+    <w:bookmarkStart w:name="z132" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) иметь необходимые объекты (склады, резервуары, ангары, навесы) для размещения материальных ценностей в необходимых для хранения объемах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z116" w:id="60"/>
-[...15 lines deleted...]
-      22. Поставляемые лекарственные средства и медицинские изделия мобилизационного резерва должны соответствовать требованиям законодательства Республики Казахстан в области здравоохранения, быть подготовлены к длительному хранению, а их качественное состояние – подтверждено сертификатами на продукцию или другими соответствующими документами, подтверждающими качество товара.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) иметь объекты для хранения материальных ценностей, соответствующие требованиям промышленной, пожарной и экологической безопасности, а также санитарно-техническим условиям (вентиляционная система, датчики температуры и влажности) согласно действующим законодательствам Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z117" w:id="61"/>
+    <w:bookmarkStart w:name="z134" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) иметь функционирующие системы безопасности (охрана, контрольно-пропускной пункт, тревожная сигнализация, видеонаблюдение) и подъездные транспортные пути (автомобильный, железнодорожный);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z135" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) иметь на объектах для хранения горюче-смазочных материалов сопутствующего технического оборудования (сливо-наливные эстакады, насосная станция с необходимой производительностью, фильтра тонкой и грубой очистки), готового к эксплуатации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...365 lines deleted...]
-    <w:bookmarkStart w:name="z136" w:id="80"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 27 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Ведомство на своем интернет-ресурсе размещает объявление о проведении отбора юридических лиц для включения в перечень пунктов хранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z137" w:id="81"/>
+    <w:bookmarkStart w:name="z137" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       После размещения на интернет-ресурсе объявления о проведении отбора юридических лиц для включения в перечень пунктов хранения юридические лица в срок не более 15 (пятнадцать) календарных дней представляют сведения, подтверждающие соответствие юридического лица критериям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z138" w:id="82"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z138" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Документы, предусмотренные настоящим пунктом, направляются в ведомство в бумажном виде или на электронный адрес ведомства, указанный в объявлении о проведении отбора юридических лиц для включения в перечень пунктов хранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z139" w:id="83"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 28 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. В целях отбора юридических лиц для включения в перечень пунктов хранения приказом руководителя ведомства создается комиссия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z140" w:id="84"/>
+    <w:bookmarkStart w:name="z140" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав комиссии включаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z141" w:id="85"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z141" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) руководитель ведомства или лицо его замещающее (председатель комиссии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z142" w:id="86"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z142" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заместитель руководителя ведомства или лицо его замещающее;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z143" w:id="87"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z143" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) руководитель подведомственной организации или его заместитель;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z144" w:id="88"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z144" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) руководители или работники структурных подразделений ведомства и подведомственной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z145" w:id="89"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 29 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Комиссия осуществляет осмотр с применением фотофиксации складских помещений или резервуаров юридических лиц на соответствие критериям, установленным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2873,151 +5196,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, и рассматривает документы, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z146" w:id="90"/>
+    <w:bookmarkStart w:name="z146" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По итогам осмотра составляется протокол по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z147" w:id="91"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z147" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На основании протокола ведомства уполномоченный орган по согласованию с Министерством обороны Республики Казахстан утверждает перечень пунктов хранения материальных ценностей государственного материального резерва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z148" w:id="92"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z148" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. После включения юридических лиц в перечень пунктов хранения при заключении договора по хранению материальных ценностей государственного материального резерва и оказанию услуг, связанных с хранением (далее – договор хранения), пункт хранения предоставляет банковскую гарантию или страховой полис.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z653" w:id="93"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z653" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Типовой договор хранения утверждается уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3036,290 +5358,518 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="94"/>
+    <w:bookmarkStart w:name="z149" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Юридическое лицо подлежит исключению из перечня пунктов хранения в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z150" w:id="95"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z150" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) несоответствия критериям, установленным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z151" w:id="96"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z151" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) непредставления банковской гарантии или страхового полиса согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z152" w:id="97"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z152" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принятия решения о ликвидации юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z153" w:id="98"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z153" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) изменения номенклатуры и объемов хранения материальных ценностей государственного материального резерва;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z154" w:id="99"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z154" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) невыполнения или ненадлежащего выполнения принятых обязательств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z155" w:id="100"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 2 пункта 31 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пункты хранения материальных ценностей государственного резерва и организации, которым установлены мобилизационные заказы, в случаях изменения их профиля, реорганизации, приватизации либо ликвидации в течение 5 (пять) рабочих дней после принятия решения о проведении указанных процедур уведомляют уполномоченный орган в области государственного материального резерва и соответствующие центральные исполнительные органы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z156" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 32 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Сумма расходов на хранение материальных ценностей рассчитывается на основании представляемых ежегодно пунктами хранения расчетов затрат по хранению материальных ценностей государственного материального резерва по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам с учетом фактического объема материальных ценностей государственного материального резерва, находящихся на хранении, и с приложением подтверждающих затраты документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z645" w:id="102"/>
+    <w:bookmarkStart w:name="z645" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет затрат представляется вместе с отчетом согласно порядку подготовки и представления отчетов о наличии и движении материальных ценностей государственного материального резерва, утвержденному уполномоченным органом, ежегодно в срок не позднее 10 января.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3338,564 +5888,906 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="103"/>
+    <w:bookmarkStart w:name="z158" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Хранение материальных ценностей государственного материального резерва осуществляется в пределах средств, выделенных из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z159" w:id="104"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z159" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Хранение лекарственных средств и медицинских изделий мобилизационного резерва</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z160" w:id="105"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z160" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Заказчиком услуг по хранению лекарственных средств и медицинских изделий мобилизационного резерва выступает уполномоченный орган в области здравоохранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z161" w:id="106"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z161" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Лекарственные средства и медицинские изделия мобилизационного резерва хранятся на складах единого дистрибьютора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z162" w:id="107"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z162" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Лекарственные средства и медицинские изделия хранятся и транспортируются в условиях, обеспечивающих сохранение их безопасности, качества и эффективности, в соответствии с порядком хранения и транспортировки лекарственных средств и медицинских изделий, утвержденным уполномоченным органом в области здравоохранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z163" w:id="108"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z163" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Во время хранения лекарственные средства и медицинские изделия мобилизационного резерва ежегодно подвергаются проверкам на предмет качества, количества, соответствия установленным объемам хранения, соблюдения правил хранения и учета, своевременности освежения, обеспечения сохранности, достоверности отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z164" w:id="109"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z164" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Проверка мобилизационного резерва осуществляется комиссией уполномоченного органа в области здравоохранения, состав и порядок работы которой определяется уполномоченным органом в области здравоохранения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z165" w:id="110"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z165" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результаты проверок обобщаются не реже одного раза в год и представляются единому дистрибьютору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z166" w:id="111"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z166" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Выпуск материальных ценностей из государственного материального резерва</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z167" w:id="112"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z167" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Выпуск материальных ценностей государственного материального резерва осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z168" w:id="113"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z168" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в связи с их освежением;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z169" w:id="114"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z169" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в порядке заимствования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z170" w:id="115"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z170" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в порядке разбронирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z171" w:id="116"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 39 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Выдача материальных ценностей при выпуске из подведомственной организации или пункта хранения материальных ценностей государственного материального резерва осуществляется на основании наряда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z172" w:id="117"/>
+    <w:bookmarkStart w:name="z172" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Форма и порядок выдачи наряда на выпуск материальных ценностей или реализацию утилизированных товаров из государственного материального резерва утверждается уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z173" w:id="118"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z173" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Выпуск материальных ценностей из государственного материального резерва в порядке освежения, за исключением лекарственных средств и изделий медицинского назначения мобилизационного резерва</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z174" w:id="119"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z174" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Выпуск материальных ценностей из государственного материального резерва в порядке освежения производится до истечения сроков хранения материальных ценностей при одновременной или с разрывом во времени закладке материальных ценностей в соответствии с номенклатурой и объемами хранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z175" w:id="120"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z175" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Материальные ценности выставляются для реализации на аукцион согласно порядку выпуска материальных ценностей из государственного материального резерва в порядке освежения и разбронирования, утвержденному Правительством Республики Казахстан, в срок:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z176" w:id="121"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z176" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при основном сроке хранения до 12 (двенадцать) месяцев – не менее 6 (шесть) месяцев до истечения срока хранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z177" w:id="122"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z177" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при основном сроке хранения от 12 (двенадцать) до 18 (восемнадцать) месяцев – не менее 8 (восемь) месяцев до истечения срока хранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z178" w:id="123"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z178" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при основном сроке хранения от 18 (восемнадцать) до 2 (два) лет – не менее 12 (двенадцать) месяцев до истечения срока хранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z179" w:id="124"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z179" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) при основном сроке хранения от 2 (два) до 3 (три) лет – не менее 18 (восемнадцать) месяцев до истечения срока хранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z180" w:id="125"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z180" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) при основном сроке хранения более 3 (три) лет – не менее 24 (двадцать четыре) месяцев до истечения срока хранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z181" w:id="126"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 42 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Уполномоченный орган в соответствии с Планом оперирования принимает решение о выпуске материальных ценностей системы государственного материального резерва в порядке освежения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z182" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 43 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Пункты хранения осуществляют освежение материальных ценностей государственного материального резерва на договорной основе с последующей закладкой в государственный материальный резерв материальных ценностей в соответствии с номенклатурой и объемами хранения материальных ценностей государственного материального резерва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z183" w:id="128"/>
+    <w:bookmarkStart w:name="z183" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       График освежения определяется договором хранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3913,131 +6805,227 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z184" w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 44 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Общий объем материальных ценностей, выпускаемых пунктом хранения в целях освежения, не должен превышать пятидесяти процентов от фактического наличия переданных на хранение материальных ценностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z185" w:id="130"/>
+    <w:bookmarkStart w:name="z185" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Поставляемые в рамках освежения материальные ценности должны соответствовать требованиям договора хранения и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z186" w:id="131"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z186" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом на поставляемые материальные ценности, в том числе при освежении проводятся исследования (испытания) на соответствие требованиям законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4055,547 +7043,975 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z187" w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 45 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Материальные ценности при освежении пунктом хранения закладываются согласно объему ранее выпущенных материальных ценностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z188" w:id="133"/>
+    <w:bookmarkStart w:name="z188" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Пункты хранения и организации, которым установлены мобилизационные заказы, являющиеся исполнителями государственного оборонного заказа, используют в целях освежения материальные ценности государственного материального резерва для выполнения государственного оборонного заказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z189" w:id="134"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z189" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом общий объем использованных материальных ценностей государственного материального резерва не должен превышать тридцать процентов от фактического наличия переданных на хранение материальных ценностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z190" w:id="135"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z190" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Последующая закладка материальных ценностей в государственный материальный резерв осуществляется пунктами хранения и организациями, которым установлены мобилизационные заказы, в соответствии с номенклатурой и объемами хранения материальных ценностей государственного материального резерва и требованиями, предусмотренными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, в течение 12 (двенадцать) месяцев со дня использования материальных ценностей для выполнения государственного оборонного заказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z191" w:id="136"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 47 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Для использования материальных ценностей государственного материального резерва для выполнения государственного оборонного заказа пункт хранения или организация, которой установлен мобилизационный заказ, представляет в ведомство заявку, которая содержит сведения о наименовании, количестве, единице измерения, сумме материальных ценностей, предлагаемых к выпуску, предполагаемом сроке последующей закладки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z192" w:id="137"/>
+    <w:bookmarkStart w:name="z192" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К заявке прилагается копия договора на выполнение государственного оборонного заказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z193" w:id="138"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 48 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Ведомство рассматривает заявку за 5 (пять) рабочих дней со дня ее поступления и согласовывает выпуск материальных ценностей государственного материального резерва для выполнения государственного оборонного заказа либо отказывает в согласовании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z194" w:id="139"/>
+    <w:bookmarkStart w:name="z194" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае отказа в согласовании выпуск материальных ценностей государственного материального резерва для выполнения государственного оборонного заказа не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z195" w:id="140"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z195" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В выпуске материальных ценностей государственного материального резерва для выполнения государственного оборонного заказа отказывается в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z196" w:id="141"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z196" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) предоставления не в полном объеме сведений и копий документов, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z197" w:id="142"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z197" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) несоответствия заявки требованиям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z198" w:id="143"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z198" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличия подчистки либо приписки, зачеркнутых слов и иных, не оговоренных в них исправлений, документов, исполненных карандашом, а также документов с повреждениями, не позволяющими однозначно истолковать их содержание;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z199" w:id="144"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z199" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) необходимости использования материальных ценностей в соответствии с Законом "О гражданской защите".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z200" w:id="145"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z200" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае согласования заявки ведомство осуществляет выпуск материальных ценностей из государственного материального резерва для выполнения государственного оборонного заказа путем заключения договора с пунктом хранения или организацией, которой установлен мобилизационный заказ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z201" w:id="146"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z201" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Выпуск в порядке освежения лекарственных средств и медицинских изделий мобилизационного резерва</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z202" w:id="147"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z202" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Выпуск в порядке освежения производится до истечения сроков хранения лекарственных средств и медицинских изделий мобилизационного резерва в соответствии с номенклатурой и объемами хранения, и осуществляется единым дистрибьютором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z203" w:id="148"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z203" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Выпуск лекарственных средств и медицинских изделий мобилизационного резерва в порядке освежения производится по мере истечения сроков годности лекарственных средств и медицинских изделий с учетом возможности их использования в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования, при наличии к моменту изъятия из мобилизационного резерва и передаче в потребление следующего остаточного срока годности лекарственных средств и медицинских изделий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z204" w:id="149"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z204" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при основном сроке годности менее 2 (два) лет – не менее 15 %;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z205" w:id="150"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z205" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при основном сроке годности 2 (два) года и более – не менее 6 (шесть) месяцев до истечения срока годности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z206" w:id="151"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z206" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. При освежении запасы лекарственных средств и медицинских изделий не изымаются без одновременного вложения аналогичных лекарственных средств и медицинских изделий с большим запасом основного срока годности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z207" w:id="152"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z207" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Выпуск материальных ценностей из государственного материального резерва в порядке заимствования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z208" w:id="153"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 52 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Выпуск материальных ценностей государственного материального резерва в порядке заимствования осуществляется по решению уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4614,328 +8030,442 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z209" w:id="154"/>
+    <w:bookmarkStart w:name="z209" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. При выпуске материальных ценностей из государственного материального резерва в порядке заимствования обязательным условием является предоставление гарантий банков второго уровня в порядке, определяемом уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z210" w:id="155"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z210" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Материальные ценности государственного материального резерва не могут быть выпущены в порядке заимствования в случаях, если получатель материальных ценностей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z211" w:id="156"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z211" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) имеет задолженность перед государственным бюджетом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z212" w:id="157"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z212" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не возвратил материальные ценности государственного материального резерва, полученные им ранее;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z213" w:id="158"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z213" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) находится на стадии банкротства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z214" w:id="159"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 55 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. При выпуске материальных ценностей из государственного материального резерва в порядке заимствования ведомство заключает соответствующий договор (контракт) с получателем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z215" w:id="160"/>
+    <w:bookmarkStart w:name="z215" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. При выпуске материальных ценностей из государственного материального резерва в порядке заимствования получатель в целях обеспечения исполнения договора заимствования оплачивает 3 (три) процента от общей суммы цены закладки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z216" w:id="161"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z216" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обеспечение исполнения договора заимствования возвращается получателю после полного и надлежащего исполнения договора заимствования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z217" w:id="162"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z217" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Условия последующего возврата заимствованных материальных ценностей в государственный материальный резерв в соответствии с номенклатурой и объемами хранения определяются договором заимствования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z218" w:id="163"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z218" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 4. Выпуск материальных ценностей из государственного материального резерва в порядке разбронирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z219" w:id="164"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z219" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Выпуск материальных ценностей государственного материального резерва в порядке разбронирования по решению Правительства Республики Казахстан осуществляется при оказании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z646" w:id="165"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z646" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) гуманитарной помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z647" w:id="166"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z647" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) помощи беженцам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z648" w:id="167"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z648" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) регулирующего воздействия на рынок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4954,70 +8484,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z649" w:id="168"/>
+    <w:bookmarkStart w:name="z649" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58-1. Объем материальных ценностей, оставшихся на хранении после выпуска в порядке разбронирования, составляет не менее пятидесяти процентов от уровня, предусмотренного номенклатурой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Положения настоящего пункта не распространяются на номенклатуру и объемы хранения материальных ценностей государственного материального резерва, предназначенные для предупреждения и ликвидации чрезвычайных ситуаций и их последствий, оказания регулирующего воздействия на рынок.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5054,171 +8584,285 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z224" w:id="169"/>
+    <w:bookmarkStart w:name="z224" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. В целях оказания гуманитарной помощи соответствующий центральный государственный орган на основании рекомендации Комиссии по вопросам международной гуманитарной помощи разрабатывает проект решения Правительства Республики Казахстан на оказание гуманитарной помощи Республикой Казахстан и вносит его в Правительство Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z225" w:id="170"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z225" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. В случае необходимости оказания помощи беженцам уполномоченный орган в сфере гражданской защиты совместно с государственными органами Республики Казахстан, осуществляющими регулирование в сфере отношений по вопросам беженцев, в пределах компетенции, установленной законодательством, представляет в Правительство Республики Казахстан проект решения Правительства Республики Казахстан о выпуске материальных ценностей из государственного материального резерва для оказания помощи беженцам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z226" w:id="171"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z226" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Выпуск материальных ценностей из государственного материального резерва для оказания регулирующего воздействия на рынок производится на основании решения Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z227" w:id="172"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 62 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Уполномоченный орган в области регулирования торговой деятельности проводит мониторинг цен на социально значимые продовольственные товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z228" w:id="173"/>
+    <w:bookmarkStart w:name="z228" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган в области развития агропромышленного комплекса проводит мониторинг цен на продовольственные товары, в том числе социально значимые продовольственные товары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z229" w:id="174"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z229" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае достижения уровня цен, при котором целесообразно оказание регулирующего воздействия на рынок, указанные государственные органы по согласованию с уполномоченным органом вносят предложение в Правительство Республики Казахстан о необходимости выпуска материальных ценностей из государственного материального резерва для оказания регулирующего воздействия на рынок с указанием субъектов торговой деятельности – получателей, объема, цены и размера торговой надбавки выпускаемых материальных ценностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z230" w:id="175"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z230" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       63. Отбор субъектов торговой деятельности, предусмотренный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5233,171 +8877,513 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, осуществляется в соответствии с критериями, определенными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 96 Закона "О гражданской защите".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z231" w:id="176"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 64 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Уполномоченный орган осуществляет выпуск материальных ценностей из государственного материального резерва на основании решения Правительства Республики Казахстан путем заключения договоров с субъектами торговой деятельности. Деньги, полученные от выпуска материальных ценностей из государственного материального резерва для оказания регулирующего воздействия на рынок, перечисляются в доход бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z232" w:id="177"/>
+    <w:bookmarkStart w:name="z232" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Реализация материальных ценностей, выпущенных из государственного материального резерва для оказания регулирующего воздействия на рынок, осуществляется субъектами торговой деятельности путем розничной торговли.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z233" w:id="178"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 65 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Утилизация и уничтожение материальных ценностей государственного материального резерва осуществляются согласно порядку списания, уничтожения, утилизации материальных ценностей государственного резерва и реализации утилизированных товаров, утвержденному Правительством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z234" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 66 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Выпуск материальных ценностей государственного материального резерва в порядке разбронирования при изменении номенклатуры государственного материального резерва осуществляется уполномоченным органом на основании решений Правительства Республики Казахстан о разбронировании материальных ценностей, за исключением лекарственных средств и медицинских изделий мобилизационного резерва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z235" w:id="180"/>
+    <w:bookmarkStart w:name="z235" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выпуск лекарственных средств и медицинских изделий мобилизационного резерва в порядке разбронирования при изменении номенклатуры мобилизационного резерва осуществляется единым дистрибьютором на основании решений Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z236" w:id="181"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z236" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. После принятия решения о выпуске материальных ценностей государственного материального резерва в порядке разбронирования при изменении номенклатуры, утилизации и (или) уничтожении сведения о выпускаемых материальных ценностях подлежат рассекречиванию в соответствии с законодательством Республики Казахстан о государственных секретах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5416,470 +9402,470 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z237" w:id="182"/>
+    <w:bookmarkStart w:name="z237" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Выпуск материальных ценностей государственного материального резерва в порядке разбронирования при принятии мер по предупреждению и ликвидации чрезвычайных ситуаций природного и техногенного характера и их последствий осуществляется по решению уполномоченного органа в сфере гражданской защиты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z238" w:id="183"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z238" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. При необходимости выпуска материальных ценностей государственного материального резерва для принятия мер по предупреждению и ликвидации чрезвычайных ситуаций природного и техногенного характера и их последствий наименование, количество материальных ценностей определяются территориальной комиссией по предупреждению и ликвидации чрезвычайных ситуаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z239" w:id="184"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z239" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. На основании решения территориальной комиссии по предупреждению и ликвидации чрезвычайных ситуаций местный исполнительный орган направляет в срок не более 1 (один) календарного дня в уполномоченный орган в сфере гражданской защиты ходатайство о выпуске материальных ценностей государственного материального резерва для принятия мер по предупреждению или ликвидации чрезвычайных ситуаций природного и техногенного характера и их последствий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z240" w:id="185"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z240" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ходатайстве о выпуске материальных ценностей государственного материального резерва для принятия мер по предупреждению чрезвычайных ситуаций природного и техногенного характера указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z241" w:id="186"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z241" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сведения о возможной зоне чрезвычайной ситуации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z242" w:id="187"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z242" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) численность населения, подпадающая в зону возможной чрезвычайной ситуации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z243" w:id="188"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z243" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) прогнозируемое количество жилых домов, объектов жизнеобеспечения, транспортной инфраструктуры, которые могут быть повреждены/разрушены;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z244" w:id="189"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z244" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) наименование и количество материальных ценностей, подлежащих выпуску из государственного материального резерва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z245" w:id="190"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z245" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ходатайстве о выпуске материальных ценностей государственного материального резерва для принятия мер по ликвидации чрезвычайных ситуаций природного и техногенного характера и их последствий указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z246" w:id="191"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z246" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сведения о зоне чрезвычайной ситуации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z247" w:id="192"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z247" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) количество погибших и пострадавших людей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z248" w:id="193"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z248" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) количество поврежденных/разрушенных жилых домов, объектов жизнеобеспечения, транспортной инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z249" w:id="194"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z249" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) наименование и количество материальных ценностей, подлежащих выпуску из государственного материального резерва.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z250" w:id="195"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z250" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К ходатайству о выпуске материальных ценностей государственного материального резерва для принятия мер по предупреждению или ликвидации чрезвычайных ситуаций природного и техногенного характера и их последствий прилагаются соответствующие копии решений территориальных комиссий по предупреждению и ликвидации чрезвычайных ситуаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z251" w:id="196"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z251" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Уполномоченный орган в сфере гражданской защиты рассматривает ходатайство о выпуске материальных ценностей государственного материального резерва для принятия мер по предупреждению или ликвидации чрезвычайных ситуаций природного и техногенного характера и их последствий в срок не более 1 (один) календарного дня со дня поступления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z252" w:id="197"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z252" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. При отрицательном заключении на ходатайство о выпуске материальных ценностей государственного материального резерва для принятия мер по предупреждению или ликвидации чрезвычайных ситуаций природного и техногенного характера и их последствий уполномоченный орган в сфере гражданской защиты направляет соответствующее письмо в обратившийся местный исполнительный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z253" w:id="198"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z253" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. При положительном заключении на ходатайство о выпуске материальных ценностей государственного материального резерва для принятия мер по предупреждению или ликвидации чрезвычайных ситуаций природного и техногенного характера и их последствий уполномоченный орган в сфере гражданской защиты в срок не более 1 (один) календарного дня утверждает и направляет в ведомство решение о выпуске материальных ценностей государственного материального резерва в порядке разбронирования для принятия мер по предупреждению и ликвидации чрезвычайных ситуаций природного и техногенного характера и их последствий для выпуска материальных ценностей государственного материального резерва в установленном законодательством порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z254" w:id="199"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z254" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В решении о выпуске материальных ценностей государственного материального резерва в порядке разбронирования для принятия мер по предупреждению и ликвидации чрезвычайных ситуаций природного и техногенного характера и их последствий указываются наименование, количество, единица измерения выпускаемых материальных ценностей, получатель материальных ценностей и прилагается копия соответствующего решения об объявлении чрезвычайной ситуации природного и техногенного характера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z255" w:id="200"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z255" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Выпуск материальных ценностей из государственного материального резерва в порядке разбронирования для принятия мер по предупреждению и ликвидации чрезвычайной ситуации социального характера и ее последствий осуществляется по решению государственного органа по предупреждению и ликвидации чрезвычайной ситуации социального характера и согласованию с уполномоченным органом в срок не более 1 (один) календарного дня с момента поступления от государственных органов потребности, наименований и количества материальных ценностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z9" w:id="201"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z9" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При необходимости выпуска материальных ценностей государственного материального резерва для принятия мер по предупреждению и ликвидации чрезвычайной ситуации социального характера и ее последствий государственный орган по предупреждению и ликвидации чрезвычайной ситуации социального характера направляет на согласование в уполномоченный орган проект решения с приложением копии решения о введении правового режима чрезвычайной ситуации социального характера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z10" w:id="202"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z10" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В проекте решения о выпуске материальных ценностей государственного материального резерва в порядке разбронирования для принятия мер по предупреждению и ликвидации чрезвычайной ситуации социального характера и ее последствий указываются наименование, количество, единица измерения выпускаемых материальных ценностей, получатель материальных ценностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5898,148 +9884,366 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его подписания и подлежит официальному опубликованию).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="203"/>
+    <w:bookmarkStart w:name="z259" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Использование материальных ценностей государственного материального резерва для мобилизационных нужд осуществляется на основе соответствующих планов мобилизационной подготовки и мобилизации Республики Казахстан в соответствии с порядком использования материальных ценностей государственного материального резерва в период мобилизации, военного положения и в военное время, утвержденным Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z260" w:id="204"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z260" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Выпуск материальных ценностей в порядке разбронирования осуществляется без последующей закладки в случаях изменения номенклатуры и утилизации или уничтожения, с последующей закладкой – для принятия мер по предупреждению и ликвидации чрезвычайных ситуаций природного и техногенного характера и их последствий, оказания регулирующего воздействия на рынок, помощи беженцам и гуманитарной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z261" w:id="205"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z261" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 5. Безвозмездная передача материальных ценностей государственного материального резерва, подлежащих освежению, и разбронированных материальных ценностей при изменении номенклатуры на баланс других государственных органов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z262" w:id="206"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 77 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Передача материальных ценностей государственного материального резерва, подлежащих освежению, и разбронированных материальных ценностей при изменении номенклатуры на баланс других государственных органов осуществляется на безвозмездной основе по решению уполномоченного органа по управлению государственным имуществом по согласованию с государственными органами-получателями и уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z263" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 78 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Ведомство для передачи на баланс другим государственным органам размещает на своем интернет-ресурсе перечень материальных ценностей, подлежащих освежению, и разбронированных материальных ценностей при изменении номенклатуры (далее – перечень) и направляет информацию в центральные государственные и местные исполнительные органы Республики Казахстан о безвозмездной передаче материальных ценностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6057,71 +10261,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z264" w:id="208"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 79 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Центральные государственные и местные исполнительные органы Республики Казахстан в срок не более 10 (десять) рабочих дней рассматривают перечень со дня его размещения на интернет-ресурсе ведомства и представляют в ведомство заявки о приеме материальных ценностей государственного материального резерва, подлежащих освежению, и разбронированных материальных ценностей при изменении номенклатуры, содержащие сведения о наименовании, количестве, единице измерения материальных ценностей, предполагаемой дате приема.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6139,111 +10439,207 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z265" w:id="209"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 80 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Ведомство в срок не более 10 (десять) рабочих дней со дня поступления заявок государственных органов рассматривает и согласовывает либо отказывает в их согласовании с указанием причин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z654" w:id="210"/>
+    <w:bookmarkStart w:name="z654" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае согласования заявок государственных органов-получателей о передаче материальных ценностей государственного материального резерва, подлежащих освежению, и разбронированных материальных ценностей при изменении номенклатуры ведомство направляет заявки уполномоченному органу по управлению государственным имуществом для принятия соответствующего решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z655" w:id="211"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z655" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Транспортные расходы, в том числе расходы, связанные с погрузкой-разгрузкой материальных ценностей, осуществляются за счет государственного органа-получателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6261,127 +10657,321 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z268" w:id="212"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 81 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. После принятия решения уполномоченного органа в области государственного имущества о передаче материальных ценностей государственного материального резерва, подлежащих освежению, и разбронированных материальных ценностей при изменении номенклатуры ведомством выдается наряд о выпуске материальных ценностей в соответствии с порядком выдачи нарядов на выпуск материальных ценностей или реализацию утилизированных товаров из государственного материального резерва, утвержденным уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z269" w:id="213"/>
+    <w:bookmarkStart w:name="z269" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       82. Возмещение стоимости переданных на баланс другим государственным органам материальных ценностей государственного материального резерва осуществляется за счет бюджетных средств при формировании республиканского бюджета. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z270" w:id="214"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z270" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. В случае выделенных бюджетных средств для закупа товаров, полученных безвозмездно из государственного материального резерва, государственные органы в срок не более 10 (десять) календарных дней с момента передачи им на баланс материальных ценностей обеспечивают возврат в республиканский бюджет стоимость переданных материальных ценностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 1 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -6495,64 +11085,64 @@
               <w:t>государственного материального</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>резерва</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z272" w:id="215"/>
+      <w:bookmarkStart w:name="z272" w:id="175"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                              ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                             (гриф секретности)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6662,68 +11252,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 наличии), подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 "___" ______ 20___ год </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="216"/>
+    <w:bookmarkStart w:name="z273" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения по материальным ценностям, подлежащим накоплению и освежению на _____ годы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
@@ -6732,80 +11322,80 @@
         <w:gridCol w:w="947"/>
         <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z274" w:id="217"/>
+          <w:bookmarkStart w:name="z274" w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="217"/>
+          <w:bookmarkEnd w:id="177"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7586,80 +12176,80 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z313" w:id="218"/>
+          <w:bookmarkStart w:name="z313" w:id="178"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="218"/>
+          <w:bookmarkEnd w:id="178"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8478,64 +13068,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z341" w:id="219"/>
+      <w:bookmarkStart w:name="z341" w:id="179"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Главный бухгалтер ______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (фамилия, имя, отчество (при наличии), подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8593,50 +13183,148 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (фамилия, имя, отчество (при наличии), подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -8750,64 +13438,64 @@
               <w:t>государственного материального</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>резерва</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z343" w:id="220"/>
+      <w:bookmarkStart w:name="z343" w:id="180"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                              _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                             (гриф секретности)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9017,80 +13705,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z345" w:id="221"/>
+    <w:bookmarkStart w:name="z345" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>оперирования материальными ценностями мобилизационного резерва на 20 ___ год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -9100,80 +13788,80 @@
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z346" w:id="222"/>
+          <w:bookmarkStart w:name="z346" w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="222"/>
+          <w:bookmarkEnd w:id="182"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9223,70 +13911,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объем материальных ценностей согласно Номенклатуре</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z349" w:id="223"/>
+          <w:bookmarkStart w:name="z349" w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фактическое наличие материальных ценностей</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="223"/>
+          <w:bookmarkEnd w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на начало года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9665,70 +14353,70 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z365" w:id="224"/>
+          <w:bookmarkStart w:name="z365" w:id="184"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 количество</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="224"/>
+          <w:bookmarkEnd w:id="184"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 и единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9808,80 +14496,80 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z371" w:id="225"/>
+          <w:bookmarkStart w:name="z371" w:id="185"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="225"/>
+          <w:bookmarkEnd w:id="185"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10259,187 +14947,187 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z384" w:id="226"/>
+          <w:bookmarkStart w:name="z384" w:id="186"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование государственного органа, выполняющего мобилизационное задание или с которого снято мобилизационное задание</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="226"/>
+          <w:bookmarkEnd w:id="186"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z386" w:id="227"/>
+          <w:bookmarkStart w:name="z386" w:id="187"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование пункта хранения, имеющего мобилизационный заказ, и организация, с которой снят мобилизационный заказ</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="227"/>
+          <w:bookmarkEnd w:id="187"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z388" w:id="228"/>
+          <w:bookmarkStart w:name="z388" w:id="188"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="228"/>
+          <w:bookmarkEnd w:id="188"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10753,147 +15441,147 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z401" w:id="229"/>
+    <w:bookmarkStart w:name="z401" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z402" w:id="230"/>
+          <w:bookmarkStart w:name="z402" w:id="190"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ожидаемое наличие материальных ценностей на конец года</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="230"/>
+          <w:bookmarkEnd w:id="190"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10983,80 +15671,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z407" w:id="231"/>
+          <w:bookmarkStart w:name="z407" w:id="191"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>количество</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="231"/>
+          <w:bookmarkEnd w:id="191"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11288,80 +15976,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z416" w:id="232"/>
+          <w:bookmarkStart w:name="z416" w:id="192"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="232"/>
+          <w:bookmarkEnd w:id="192"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11594,134 +16282,134 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z425" w:id="233"/>
+          <w:bookmarkStart w:name="z425" w:id="193"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование государственного органа, выполняющего мобилизационное задание или с которого снято мобилизационное задание</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="233"/>
+          <w:bookmarkEnd w:id="193"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z427" w:id="234"/>
+          <w:bookmarkStart w:name="z427" w:id="194"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование пункта хранения, имеющего мобилизационный заказ, и организация, с которой снят мобилизационный заказ</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="234"/>
+          <w:bookmarkEnd w:id="194"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11948,50 +16636,148 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 3 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -12104,64 +16890,64 @@
               <w:t>государственного материального</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>резерва</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z439" w:id="235"/>
+      <w:bookmarkStart w:name="z439" w:id="195"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                        _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                       (гриф секретности)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12371,148 +17157,148 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z441" w:id="236"/>
+    <w:bookmarkStart w:name="z441" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План оперирования материальными ценностями государственного резерва на 20 ___ год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z442" w:id="237"/>
+          <w:bookmarkStart w:name="z442" w:id="197"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="237"/>
+          <w:bookmarkEnd w:id="197"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13014,80 +17800,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z463" w:id="238"/>
+          <w:bookmarkStart w:name="z463" w:id="198"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="238"/>
+          <w:bookmarkEnd w:id="198"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13985,88 +18771,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z489" w:id="239"/>
+    <w:bookmarkStart w:name="z489" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Протокол осмотра юридических лиц для включения в перечень пунктов хранения № _____ от "__" _____ 20__года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z490" w:id="240"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z490" w:id="200"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия, созданная приказом от "__"_________ 20__ года № _____ в составе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14246,80 +19032,80 @@
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z491" w:id="241"/>
+          <w:bookmarkStart w:name="z491" w:id="201"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="241"/>
+          <w:bookmarkEnd w:id="201"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14587,80 +19373,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z501" w:id="242"/>
+          <w:bookmarkStart w:name="z501" w:id="202"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="242"/>
+          <w:bookmarkEnd w:id="202"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14908,143 +19694,143 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z511" w:id="243"/>
+    <w:bookmarkStart w:name="z511" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z512" w:id="244"/>
+          <w:bookmarkStart w:name="z512" w:id="204"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Какие товары находятся в обороте по Номенклатуре и объемам хранения материальных ценностей</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="244"/>
+          <w:bookmarkEnd w:id="204"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15168,80 +19954,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z518" w:id="245"/>
+          <w:bookmarkStart w:name="z518" w:id="205"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="245"/>
+          <w:bookmarkEnd w:id="205"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15351,64 +20137,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z524" w:id="246"/>
+      <w:bookmarkStart w:name="z524" w:id="206"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: к протоколу прилагаются подтверждающие документы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Заключение Комиссии</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15568,50 +20354,148 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (должность)                   (фамилия, имя, отчество (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 5 предусматривается в редакции постановления Правительства РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1092</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие c 01.01.2027).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -15890,68 +20774,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерство (ведомство) _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес пункта хранения ________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z651" w:id="247"/>
+    <w:bookmarkStart w:name="z651" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расчеты затрат по хранению материальных ценностей на _______ годы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 - в редакции постановления Правительства РК от 28.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19028,280 +23912,280 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 июля 2014 года № 860</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="248"/>
+    <w:bookmarkStart w:name="z53" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z54" w:id="249"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z54" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 21 февраля 2002 года № 237 "Об утверждении Правил оперирования материальными ценностями государственного материального резерва".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z55" w:id="250"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z55" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 15 января 2008 года № 17 "Отдельные вопросы стабилизации цен на потребительском рынке".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z56" w:id="251"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z56" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 23 января 2008 года № 59 "О внесении дополнений и изменений в постановление Правительства Республики Казахстан от 21 февраля 2002 года № 237" (САПП Республики Казахстан, 2008 г., № 2, ст. 25).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z57" w:id="252"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z57" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 29 апреля 2010 года № 368 "О внесении изменений и дополнений в постановления Правительства Республики Казахстан от 21 февраля 2002 года № 237 и от 24 апреля 2010 года № 348".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z58" w:id="253"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z58" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 постановления Правительства Республики Казахстан от 11 октября 2010 года № 1050 "О внесении дополнений и изменений в некоторые решения Правительства Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>