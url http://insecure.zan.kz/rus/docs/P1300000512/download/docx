--- v0 (2025-10-02)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="837a619" w14:textId="837a619">
+    <w:p w14:paraId="b3e261e" w14:textId="b3e261e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -231,92 +231,92 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4. Создать Попечительский совет при обществе (далее – попечительский совет) в составе согласно </w:t>
+        <w:t>
+      4. Создать Попечительский совет при обществе (далее – попечительский совет) в составе согласно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5. Утвердить прилагаемое </w:t>
+        <w:t>
+      5. Утвердить прилагаемое</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о попечительском совете.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
@@ -460,163 +460,157 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Настоящее постановление вводится в действие со дня подписания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5476"/>
-        <w:gridCol w:w="6824"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5476" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Премьер-Министр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6824" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5476" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6824" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С. Ахметов</w:t>
@@ -849,65 +843,66 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>общества "Государственный театр оперы и балета "Астана Опера"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="996"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2402"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -917,344 +912,344 @@
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п.п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ед.изм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балансодержатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1323,345 +1318,345 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Биржан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-Сара"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кулисы, р\р 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республиканское государственное казенное предприятие "Национальный театр оперы и балета имени Куляш Байсеитовой"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Падуги, р\р 24*4,5 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1671,159 +1666,159 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кулисы "Скалы", р\р 13*3,5 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1833,159 +1828,159 @@
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Задник "Юрта" с национальным орнаментом,  р\р 24*13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1995,159 +1990,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Супер-задник "Национальный", р\р 21*12 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2157,159 +2152,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Задник "Закат (юрта)", р\р 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2319,159 +2314,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Задник  на сетке "юрта", р\р 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2481,159 +2476,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Задник "озеро Боровое", р\р 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2643,159 +2638,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Задник прорезной на сетке (зелень) "Боровое", р\р 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2805,159 +2800,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки (зелень) на сетке, р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2967,159 +2962,159 @@
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Язычки, р\р 8,7*8,5 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3129,159 +3124,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Задник прорезной "Скала", р\р 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3291,87 +3286,87 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3381,87 +3376,87 @@
               <w:t xml:space="preserve">
 Задник прорезной "Деревья и скалы", </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р\р 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3471,159 +3466,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Половик, р\р 24*24 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3633,159 +3628,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дом на фуре, р\р 10*7*3 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3795,87 +3790,87 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3885,87 +3880,87 @@
               <w:t xml:space="preserve">
 Площадка со ступеньками, </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 р\р 7,35*4,2*6,0 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3975,159 +3970,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Площадка с лестницей, р\р 3,75*0,75*0,6 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4137,348 +4132,341 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ворота с забором,  р\р 4,75*3,75 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Станок с юртой, р\р 5,3 6,75*1,5 м, станок, р\р 9*4*0,8 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4488,159 +4476,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Юрта на фуре, р\р 7*5,8*1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4650,159 +4638,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Станок с юртой на фуре, р\р 11*4,0*1,2, юрта, 5,3*4,4*1,7 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4812,159 +4800,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лавки на фуре, р\р 7*2,5*3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4974,159 +4962,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дерево на фуре, р\р 7*6,5*2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5136,159 +5124,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветки деревьев подвесные, р\р 6*4,5*10,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5298,159 +5286,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Водопад, р\р 3,5*4,4*2,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5460,159 +5448,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ширмы на фуре, р\р 3,3*4 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5622,159 +5610,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дверь большой юрты на фуре, р\р 4,25*2,0*1,3 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5784,159 +5772,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Скала на фуре, р\р 7*2,3*4 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5946,159 +5934,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Скала на фуре, р\р 8,0-5,1*0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6108,159 +6096,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Скала на тросах, р\р 8*7*0,5 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6270,159 +6258,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лестница приставная, р\р 4*0,8 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6432,159 +6420,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Скала левая со ступеньками на фуре, р\р 7,5*5*2,4 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6594,159 +6582,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Телега, р\р 3*1,2*1,1 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6756,159 +6744,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ожерелье, р\р 2*1,6 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6918,159 +6906,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Костер, р\р 0,7*0,6*0,25 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7160,345 +7148,345 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Лебединое озеро"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Задник "Замок на горе", р\р 24*13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республиканское государственное казенное предприятие "Национальный театр оперы и балета имени Куляш Байсеитовой"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Задник прорезной на сетке "Деревья", р\р 24*13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7508,159 +7496,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес деревья", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7670,159 +7658,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес деревья", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7832,159 +7820,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес деревья", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7994,159 +7982,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес деревья", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8156,159 +8144,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес деревья", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8318,159 +8306,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес деревья", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8480,159 +8468,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес деревья", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8642,159 +8630,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес деревья", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8804,159 +8792,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Падуги "Бальный зал", р\р 24*4м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8966,159 +8954,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Падуги "Бальный зал", р\р 24*4м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9128,159 +9116,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Падуги "Бальный зал", р\р 24*4 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9290,159 +9278,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Падуги "Бальный зал", р\р 24*4 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9452,159 +9440,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кулисы "Бальный зал", р\р 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9614,159 +9602,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кулисы "Бальный зал", р\р 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9776,159 +9764,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кулисы "Бальный зал", р\р 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9938,159 +9926,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кулисы "Бальный зал", р\р 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10100,159 +10088,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кулисы "Бальный зал", р\р 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10262,159 +10250,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кулисы "Бальный зал", р\р 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10424,159 +10412,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кулисы "Бальный зал", р\р 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10586,159 +10574,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Задник "Бальный зал", р\р 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10748,159 +10736,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Задник "Озеро", р\р 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10910,159 +10898,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Задник прорезной на сетке "Набережная", р\р 24*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11072,159 +11060,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес озеро", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11234,159 +11222,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес озеро", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11396,159 +11384,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес озеро", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11558,159 +11546,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес озеро", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11720,159 +11708,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес озеро", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11882,159 +11870,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес озеро", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12044,159 +12032,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес озеро", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12206,159 +12194,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арки кулисы "Лес озеро", р\р 12*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12368,159 +12356,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кулисы "Бальный зал", р\р 3*13 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12530,159 +12518,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трон, р/р 2,3*0,65*,45 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12692,159 +12680,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Скамейки, р/р 1,5*0,45*0,35 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12854,159 +12842,159 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Люстра, р/р 2,65*1,5 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13016,159 +13004,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шандалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13258,345 +13246,345 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Эйфмана "Роден"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лестница - световой пунктир перил</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2402" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республиканское государственное казенное предприятие "Национальный театр оперы и балета имени Куляш Байсеитовой"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лестница - актерский свет в лестницах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13606,159 +13594,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вертикальный актерский свет в лестничных клетках</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13768,159 +13756,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Горизонтальный актерский свет в лестничных клетках</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13930,159 +13918,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подъемно-опускные "стены" - вертикальный свет на лестницы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14092,159 +14080,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подъемно-опускные "стены" - автономный свет окон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14254,159 +14242,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внешняя художественная подсветка ламп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14416,159 +14404,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Светильник - свет из плафонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14578,159 +14566,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экран рирпроекционный (мягкие декорации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14740,159 +14728,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Завеса тюлевая (мягкие декорации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14902,159 +14890,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Завеса тюлевая с аппликацией (мягкие декорации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15064,159 +15052,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лестница на фуре левая (жесткие декорации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15226,159 +15214,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лестница на фуре правая (жесткие декорации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15388,159 +15376,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стенка подвесная левая (жесткие декорации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15550,159 +15538,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стенка подвесная правая (жесткие декорации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15712,159 +15700,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дорога для движения стенок Gerriets 24 м (с комплектом кареток и устройством ручного управления)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15874,159 +15862,159 @@
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Траверса декоративная с колпаками левая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16036,159 +16024,159 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="996" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7814" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Траверса декоративная с колпаками правая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16329,1072 +16317,535 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 мая 2013 года № 512</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Состав попечительского совета при некоммерческом акционерном обществе "Государственный театр оперы и балета "Астана Опера"</w:t>
+        <w:t xml:space="preserve"> Состав Попечительского совета при некоммерческом акционерном обществе "Государственный театр оперы и балета "Астана Опера"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 в редакции постановления Правительства РК от 01.06.2021 </w:t>
+      Сноска. Приложение 2 - в редакции постановления Правительства РК от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 362</w:t>
+        <w:t>№ 1057</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Министр культуры и спорта Республики Казахстан</w:t>
+      Министр культуры и информации Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z44" w:id="12"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      аким города Нур-Султана</w:t>
+      вице-министр культуры и информации Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заместитель акима города Астаны</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z45" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       директор некоммерческого акционерного общества "Государственный театр оперы и балета "Астана Опера" (по согласованию)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="818"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="10664"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z46" w:id="14"/>
-[...32 lines deleted...]
-            <w:tcW w:w="818" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аблазимов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бахаридин Нугманович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="10664" w:type="dxa"/>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-депутат Мажилиса Парламента Республики Казахстан (по согласованию)</w:t>
+председатель совета директоров акционерного общества "КазАзот" (по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="15"/>
-[...32 lines deleted...]
-            <w:tcW w:w="818" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Баталов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Раимбек Анварович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="10664" w:type="dxa"/>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 председатель президиума Национальной палаты предпринимателей Республики Казахстан "Атамекен" (по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="818" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="16"/>
-[...32 lines deleted...]
-            <w:tcW w:w="818" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жакупов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нурлан Каршагович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-–</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="10664" w:type="dxa"/>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-председатель правления акционерного общества "Фонд национального благосостояния "Самрук-Казына" (по согласованию)</w:t>
-[...549 lines deleted...]
-глава центрально-азиатского филиала ENI S.p.A. (по согласованию)</w:t>
+председатель правления акционерного общества "Фонд национального благосостояния "Самрук-Қазына" (по согласованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17473,858 +16924,858 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 мая 2013 года № 512</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="22"/>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о попечительском совете при некоммерческом акционерном обществе "Государственный театр оперы и балета "Астана Опера"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Положение в редакции постановления Правительства РК от 01.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 362</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="23"/>
+    <w:bookmarkStart w:name="z78" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z79" w:id="24"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z79" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Попечительский совет при некоммерческом акционерном обществе "Государственный театр оперы и балета "Астана Опера" (далее – совет) является консультативно-совещательным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z80" w:id="25"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z80" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В своей деятельности совет руководствуется Конституцией Республики Казахстан, законодательными актами Республики Казахстан, актами Президента Республики Казахстан, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z81" w:id="26"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z81" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Решения совета носят рекомендательный характер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z82" w:id="27"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z82" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и функции совета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z83" w:id="28"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z83" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Задачей совета является содействие в становлении и развитии некоммерческого акционерного общества "Государственный театр оперы и балета "Астана Опера" (далее – театр).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z84" w:id="29"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z84" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Функцией совета является выработка рекомендаций по вопросам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z85" w:id="30"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z85" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) привлечения внебюджетных источников финансирования для реализации уставных целей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z86" w:id="31"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z86" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) содействия театру в реализации творческих планов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z87" w:id="32"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z87" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) создания условий для роста профессионального мастерства и формирования артистической школы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z88" w:id="33"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z88" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) содействия в организации и реализации международных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z89" w:id="34"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z89" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) социальной поддержки творческих работников театра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z90" w:id="35"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z90" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) содействия в совершенствовании системы управления, финансовой и хозяйственной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z91" w:id="36"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z91" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Права совета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z92" w:id="37"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z92" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Совет имеет право в установленном законодательством Республики Казахстан порядке и в пределах своей компетенции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z93" w:id="38"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z93" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) привлекать представителей государственных органов, институтов гражданского общества к обсуждению вопросов деятельности театра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z94" w:id="39"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z94" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заслушивать на заседаниях членов совета, руководство театра по вопросам, относящимся к компетенции совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z95" w:id="40"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z95" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) запрашивать отчеты руководства театра об использовании внебюджетных средств, направленных советом на развитие театра, и исполнении решений совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z96" w:id="41"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z96" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществлять иные права, необходимые для осуществления возложенных на совет задач.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z97" w:id="42"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z97" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Организация деятельности совета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z98" w:id="43"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z98" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Руководителем совета является его председатель, избираемый (переизбираемый) на заседании совета путем открытого голосования большинством голосов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z99" w:id="44"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z99" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В случае отсутствия председателя совета его функции осуществляет один из членов совета по решению совета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z100" w:id="45"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z100" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Председатель действует от имени совета и обеспечивает его деятельность в соответствии с настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z101" w:id="46"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z101" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Секретарь совета назначается из числа работников театра и не является членом совета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z102" w:id="47"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z102" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Секретарь совета обеспечивает подготовку, проведение, оформление материалов и протоколов заседаний совета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z103" w:id="48"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z103" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Председатель совета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z104" w:id="49"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z104" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществляет общее руководство деятельностью совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z105" w:id="50"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z105" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет место и время проведения заседаний совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z106" w:id="51"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z106" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) председательствует на заседаниях совета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z107" w:id="52"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z107" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) дает обязательные для исполнения указания членам совета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z108" w:id="53"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z108" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Члены совета вправе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z109" w:id="54"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z109" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вносить предложения по плану работы совета, повестке дня его заседаний и порядку обсуждения вопросов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z110" w:id="55"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z110" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) участвовать в подготовке материалов к заседаниям совета, проектов его решений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z111" w:id="56"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z111" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принимать участие в обсуждении вопросов, рассматриваемых на заседании совета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z112" w:id="57"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z112" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Заседания совета проводятся по мере необходимости и не реже двух раз в год в сроки, определяемые председателем совета, и оформляются протоколом. Заседания совета считаются правомочными, если все члены совета надлежащим образом извещены о времени и месте его проведения и на них присутствует не менее двух третей от общего количества его членов. Делегирование членами совета своих полномочий иным должностным лицам не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z113" w:id="58"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z113" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Решения совета принимаются простым большинством голосов от общего количества присутствовавших на заседании членов совета или путем опроса членов совета. Каждый член совета имеет при голосовании один голос без права его передачи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z114" w:id="59"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z114" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При равенстве голосов, голос председательствующего является решающим.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z115" w:id="60"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z115" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Решение совета оформляется протоколом, который подлежит подписанию всеми присутствующими на заседании членами совета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -18435,298 +17886,298 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 мая 2013 года № 512</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="61"/>
+    <w:bookmarkStart w:name="z31" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дополнения, которые вносятся в некоторые решения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z32" w:id="62"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z32" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 12 апреля 1999 года № 405 "О видах государственной собственности на государственные пакеты акций и государственные доли участия в организациях" (САПП Республики Казахстан, 1999 г., № 13, ст. 124):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z33" w:id="63"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z33" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акционерных обществ и хозяйственных товариществ, государственные пакеты акций и доли которых отнесены к республиканской собственности, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z34" w:id="64"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z34" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       раздел "г. Астана" дополнить строкой, порядковый номер 21-158, следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "21-158. Некоммерческое акционерное общество "Государственный театр оперы и балета "Астана Опера".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="65"/>
+    <w:bookmarkStart w:name="z35" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 27 мая 1999 года № 659 "О передаче прав по владению и пользованию государственными пакетами акций и государственными долями в организациях, находящихся в республиканской собственности":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z36" w:id="66"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z36" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственных пакетов акций и государственных долей участия в организациях республиканской собственности, право владения и пользования которыми передается отраслевым министерствам и иным государственным органам, утвержденном указанным постановлением:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z37" w:id="67"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z37" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       раздел "Комитету по культуре Министерства культуры и информации Республики Казахстан" дополнить строкой, порядковый номер 224-33-1, следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "224-33-1 Некоммерческое акционерное общество "Государственный театр оперы и балета "Астана Опера".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>