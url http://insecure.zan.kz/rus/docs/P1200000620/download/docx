--- v0 (2025-11-13)
+++ v1 (2026-03-11)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="46ba040" w14:textId="46ba040">
+    <w:p w14:paraId="85e63a4" w14:textId="85e63a4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -663,15734 +664,9180 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 15 мая 2012 года № 620 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Правила организации и проведения призыва граждан Республики Казахстан на воинскую службу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение - в редакции постановления Правительства РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1198</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>организации и проведения призыва граждан Республики</w:t>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+        <w:t xml:space="preserve"> Глава 1. Основные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила организации и проведения призыва граждан Республики Казахстан на воинскую службу (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О воинской службе и статусе военнослужащих" (далее – Закон).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Настоящие Правила определяют порядок организации и проведения призыва граждан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на срочную воинскую службу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на воинскую службу офицеров запаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на воинские сборы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по мобилизации, при военном положении и в военное время.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) воинская команда – группа военнослужащих в составе двух или более лиц, следующая к месту прохождения воинской службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирование воинских команд – процесс комплектования групп по воинским частям (учреждениям) гражданами, подлежащими призыву;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) призывной пункт – пункт сбора призывников, создаваемый в пределах административной территории района (города областного значения), предназначенный для проведения учетно-призывной работы, медицинского освидетельствования, организации доставки и сопровождения на сборные пункты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сборный пункт – пункт сбора призывников, создаваемый в пределах административной территории области (города республиканского значения или столицы), предназначенный для проведения контрольного медицинского осмотра, формирования воинских команд и организации их отправки к местам прохождения воинской службы в воинские части (учреждения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) информационная система Министерства обороны Республики Казахстан (далее – ИС МО РК) – автоматизированная система учета мобилизационных ресурсов, предназначенная для ведения персонального воинского учета граждан и интеграционного взаимодействия с информационными системами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Вызов граждан, подлежащих призыву на воинскую службу, осуществляется по повестке в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 30 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Повестка содержит следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) фамилию, имя, отчество (при его наличии) и дату рождения вызываемого гражданина;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование органа, направившего повестку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) адрес органа, куда необходимо явиться гражданину;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) дату направления повестки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) дату и время явки в местный орган военного управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) цель вызова гражданина.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Целями вызова гражданина являются: вызов на медицинское освидетельствование или обследование; проведение изучения; заседание призывной комиссии или для отправки в воинскую часть (учреждение) для прохождения воинской службы; для определения предназначения к воинской службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Руководители организаций – работодатели организуют оповещение работников при вызове местных органов военного управления, а также обеспечивают им возможность своевременной явки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Порядок проведения медицинского освидетельствования, контрольного медицинского осмотра, повторного медицинского освидетельствования и медицинского переосвидетельствования граждан, а также состав медицинских комиссий определяются в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения военно-врачебной экспертизы и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Положением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о комиссиях военно-врачебной экспертизы в Вооруженных Силах Республики Казахстан, утвержденными приказом Министра обороны Республики Казахстан от 21 декабря 2020 года № 716 (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 21869).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. За работниками, подлежащими призыву на воинскую службу или воинские сборы, в период прохождения медицинской комиссии сохраняются место работы (должность), заработная плата по месту работы при вызове в местные органы военного управления, а на период прохождения воинской службы по призыву (за исключением воинской службы по мобилизации, при военном положении и в военное время) или воинских сборов сохраняется место работы (должность).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Извещение о призыве работника на воинские сборы направляется по месту работы (учебы) управлениями (отделами) по делам обороны в срок не позднее трех рабочих дней со дня призыва.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...152 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок организации и проведения призыва граждан на срочную воинскую службу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Призыв граждан на срочную воинскую службу осуществляется в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Призыву на срочную воинскую службу подлежат граждане в возрасте от восемнадцати до двадцати семи лет, не имеющие права на отсрочку или освобождение от призыва, в количестве, необходимом для комплектования Вооруженных Сил, других войск и воинских формирований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. План призыва граждан на срочную воинскую службу для комплектования Вооруженных Сил, других войск и воинских формирований Республики Казахстан (далее – План призыва) на предстоящий календарный год по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, составляется на основании заявок на комплектование воинских частей (учреждений), разрабатываемых органами военного управления Вооруженных Сил, других войск и воинских формирований Республики Казахстан, по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, представляемых в Генеральный штаб ВС РК ежегодно до 15 октября.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выписки из плана призыва и документы в его реализацию рассылаются по органам военного управления и местным органам военного управления до 10 января соответствующего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внесение изменений в план призыва производится в случаях необходимости, до начала осеннего призыва, но не позднее 20 августа, в пределах, установленных постановлением Правительства количества граждан, подлежащих призыву на воинскую службу на текущий год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Департаменты по делам обороны в срок до 1 февраля и 1 августа соответствующего года высылают в подчиненные управления (отделы) по делам обороны графики проведения контрольного медицинского осмотра и отправки воинских команд с распределенным заданием на призыв граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В целях обеспечения своевременного и качественного комплектования Вооруженных Сил, других войск и воинских формирований Республики Казахстан в период подготовки к очередному призыву граждан на срочную воинскую службу местными органами военного управления организуется и проводится изучение граждан, подлежащих призыву на срочную воинскую службу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Изучение призывников осуществляется на основе планомерного накопления в управлениях (отделах) по делам обороны сведений о состоянии здоровья; о месте работы (учебы); о наличии образования; о составе семьи; о наличии водительского удостоверения; о нахождении на территории Республики Казахстан; о наличии либо отсутствии совершения лицом уголовного правонарушения и проводится в два этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый этап проводится в управлениях (отделах) по делам обороны ежегодно, с 10 января по 28 февраля и с 10 июля по 28 августа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Второй этап проводится на сборных пунктах ежегодно с 1 марта до 30 июня, с 1 сентября до 31 декабря.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В целях организации проведения изучения в подчиненных управлениях (отделах) по делам обороны, в департаментах по делам обороны проводятся следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) составляется план проведения изучения призывников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) издается приказ об организации и проведении изучения призывников с закреплением личного состава департаментов по делам обороны для осуществления контроля проведения изучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляется контроль за ходом подготовки и проведения изучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В управлениях (отделах) по делам обороны для проведения изучения призывников проводятся следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) составляется план подготовки и проведения изучения призывников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) издается приказ об организации и проведении изучения призывников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) составляются списки призывников, подлежащих изучению, с закреплением должностных лиц, проводящих изучение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) составляется график проведения и сроки изучения призывников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) запрашиваются сведения, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 17 Закона, посредством обеспечения взаимодействия государственных информационных систем государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае отсутствия взаимодействия между государственными информационными системами сведения, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 17 Закона, управления (отделы) по делам обороны получают по соответствующим запросам в течение трех рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Отбор и изучение призывников допускаются совместно с участием представителей Вооруженных Сил, других войск и воинских формирований, и специальных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отбор и изучение призывников для комплектования Службы государственной охраны (далее – СГО) и Пограничной службы Комитета национальной безопасности Республики Казахстан (далее – ПС КНБ) осуществляются в приоритетном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Списки отобранных призывников представителями направляются в комплектующие местные органы военного управления не позднее 15 дней до начала комплектования соответствующих воинских частей (учреждений).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Списки изученных призывников в управлениях (отделах) по делам обороны, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, представляются в департамент по делам обороны к 28 февраля и 28 августа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В ходе проведения очередного призыва граждан на срочную воинскую службу призывники, не прошедшие изучение, изучаются до направления на медицинское освидетельствование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Призыв граждан на воинскую службу организуют и обеспечивают местные исполнительные органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местные исполнительные органы обеспечивают местные органы военного управления оборудованными призывными и сборными пунктами, их содержание, снабжение медикаментами, инструментарием, противопожарным, медицинским и хозяйственным имуществом, автомобильным транспортом, а также средствами связи и охраны в целях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведения учетно-призывной работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проведения медицинского освидетельствования и контрольного медицинского осмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведения психологического изучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) формирования воинских команд и организации их отправки к местам прохождения воинской службы в воинские части (учреждения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Сборный пункт должен иметь:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) помещение для размещения призывников, прибывающих из управлений (отделов) по делам обороны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) помещение для санитарной обработки (баня, душ) призывников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) помещение для проведения воспитательной работы с призывниками;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) помещение для медицинского осмотра из расчета по одной комнате на каждого врача-специалиста с необходимым оснащением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) помещение для флюорографического обследования либо передвижной рентген-комплекс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) помещение для проведения психологического изучения призывников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) помещение для приема пищи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) помещение для хранения и выдачи воинским командам питания на путь следования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) помещение для формирования воинских команд;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) помещение для размещения представителей воинских частей (учреждений), прибывших для приема и сопровождения воинских команд;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) санитарный пропускник с дезинфекционными камерами, изолятор на две инфекции, санитарные узлы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) место для построения призывников и проведения строевых и спортивных занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На сборном пункте должны предусматриваться места для размещения командования сборного пункта, дежурной службы и других лиц, назначаемых для поддержания воинского порядка и дисциплины.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Помещения и санитарный пропускник должны соответствовать санитарным нормам и правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Для организации и проведения призыва граждан на срочную воинскую службу в областях (городах республиканского значения или столице) и районах (городах областного значения) по решению местных исполнительных органов образуются призывные комиссии в составе, определенном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона. На случаи болезни или отсутствия по другим уважительным причинам кого-либо из назначенных членов призывных комиссий решением соответствующих местных исполнительных органов определяется и утверждается резервный состав призывной комиссии. При обслуживании местными органами военного управления нескольких административных районов призывные комиссии создаются в каждом районе под председательством заместителя акима соответствующего района.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Председатель районной (города областного значения) призывной комиссии обеспечивает надлежащую работу комиссии, до начала ее работы определяет обязанности ее членов в соответствии с типовым положением по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, утверждаемым местными исполнительными органами области (города республиканского значения или столицы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Районная (города областного значения) призывная комиссия по результатам медицинского освидетельствования принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Подлежит призыву на воинскую службу" при определении степени годности "Годен к воинской службе" или "Годен к воинской службе с незначительными ограничениями";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Предоставить отсрочку от призыва на воинскую службу" при определении степени годности "Временно не годен к воинской службе";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Освободить от призыва на воинскую службу" при определении степени годности "Не годен к воинской службе в мирное время, ограниченно годен в военное время";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Освободить от исполнения воинской обязанности" при определении степени годности "Не годен к воинской службе с исключением с воинского учета".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Из решений, принимаемых районной (городов областного значения) призывной комиссией по результатам медицинского освидетельствования, формируются протоколы заседаний по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, в электронном виде в ИС МО РК. В протокол заседаний вносятся призывники, рассмотренные в течение дня, который заверяется электронными цифровыми подписями председателя, членов и секретаря комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случаях отсутствия либо технического сбоя ИС МО РК протоколы заседаний оформляются в книге протоколов районной (городов областного значения) призывной комиссии по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Основаниями для пересмотра принятых решений районной (городов областного значения) призывной комиссии являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт реагирования прокурорского надзора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) решение суда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) решение областной (города республиканского значения или столицы) призывной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жалоба гражданина о несогласии с принятым решением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По основаниям, предусмотренным подпунктами 1) – 3) части первой настоящего пункта, районная (города областного значения) призывная комиссия отменяет свое решение и в графу 8 книги протоколов районной (городов областного значения) призывной комиссии вносит соответствующую запись.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба о несогласии с решением районной (городов областного значения) призывной комиссии рассматривается в порядке, предусмотренном Административным процедурно-процессуальным кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Районная (города областного значения) призывная комиссия распределяет призывников, подлежащих призыву на воинскую службу, по видам и родам войск Вооруженных Сил, а также в другие войска и воинские формирования Республики Казахстан с учетом их состояние здоровья, антропометрических данных, образования, специальности и профессии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) для комплектования СГО направляются призывники с уровнем образования не ниже среднего и соответствующие требованиям физической подготовленности, предъявляемым к военнослужащим СГО, установленным начальником СГО, с учетом особенностей, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О специальных государственных органах Республики Казахстан" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 15-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О Службе государственной охраны Республики Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) для комплектования ПС КНБ направляются призывники с уровнем образования не ниже среднего и соответствующие требованиям физической подготовленности, предъявляемым к военнослужащим ПС КНБ, с учетом особенностей, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О специальных государственных органах Республики Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) для комплектования десантно-штурмовых войск направляются наиболее физически развитые призывники с образованием не ниже среднего, в первую очередь из числа спортсменов-парашютистов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) призывники, работающие в организациях, связанных с выпуском ракетной, авиационной, бронетанковой техники и радиотехнической аппаратуры, направляются на комплектование соответствующих видов и родов войск;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) призывники, имеющие высшее образование, направляются в учебные части по специальностям, родственным их образованию и профилю военной подготовки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) призывники, окончившие математические, физические и инженерно-экономические факультеты, направляются в радиотехнические, зенитно-ракетные части, части связи всех видов Вооруженных Сил, другие войска и воинские формирования Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) призывники, окончившие факультеты механизации и электрификации сельского хозяйства, направляются в танковые, авиационные, зенитно-ракетные части и воинские части гражданской обороны уполномоченного органа в сфере гражданской защиты, Национальную гвардию Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) призывники, окончившие медицинские и фармацевтические факультеты, направляются в Вооруженные Силы, другие войска и воинские формирования Республики Казахстан на должности младшего медицинского персонала, соответственно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) для комплектования Национальной гвардии Республики Казахстан осуществляется отбор из числа призывников, имеющих образование не ниже основного среднего. При этом не призываются лица, имеющие не погашенную или не снятую в установленном законом порядке судимость, ранее судимые или освобожденные от уголовной ответственности за совершение преступления на основании пунктов 3), 4), 9), 10) и 12) части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовно-процессуального кодекса Республики Казахстан, а также имеющие близких родственников, которые на момент призыва призывника имеют не погашенную или не снятую в установленном порядке судимость.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z112" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Отсрочка от призыва на срочную воинскую службу предоставляется гражданам в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z113" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по семейным обстоятельствам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z114" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для продолжения образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z116" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по другим причинам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z117" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Отсрочка от призыва на срочную воинскую службу по состоянию здоровья предоставляется решением районной (городов областного значения) призывной комиссии на срок до одного года гражданам, которые при медицинском освидетельствовании признаны временно негодными к воинской службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z118" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Отсрочка от призыва на срочную воинскую службу по основаниям, предусмотренным подпунктами 1), 2) и 4) пункта 24 настоящих Правил, предоставляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги "Предоставление отсрочки от призыва" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги "Освобождение граждан от призыва на воинскую службу", утвержденными приказом Министра обороны Республики Казахстан от 5 ноября 2020 года № 605 (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 21613) (далее – Правила оказания государственных услуг).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z119" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Лица, утратившие основания для отсрочки от призыва, призываются на срочную воинскую службу на общих основаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z120" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Граждане вправе отказаться от предоставленной отсрочки от призыва на срочную воинскую службу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z121" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по основаниям, предусмотренным подпунктами 2) и 4) пункта 24 настоящих Правил, путем подачи личного заявления на имя председателя районной (городов областного значения) призывной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z122" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по основаниям, предусмотренным подпунктом 1) пункта 24 настоящих Правил, путем подачи личного заявления на имя председателя районной (города областного значения) призывной комиссии с приложением соответствующего нотариально засвидетельствованного документа от заинтересованных лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z123" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z124" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заинтересованными лицами являются члены семьи, нуждающиеся в посторонней помощи и уходе, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 35 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z125" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. Освобождение от призыва на срочную воинскую службу по основаниям, предусмотренным подпунктами 3), 5) и 6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 36 Закона, предоставляется в соответствии с Правилами оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z126" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Решения районных (городов областного значения) призывных комиссий "Освободить от призыва на воинскую службу" и "Освободить от исполнения воинской обязанности" подлежат проверке на правильность принятых решений областной (города республиканского значения или столицы) призывной комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z127" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для проведения проверки должностные лица управления (отдела) по делам обороны представляют учетные карты и карты медицинского освидетельствования с приложением результатов медицинских обследований в областную (города республиканского значения или столицы) призывную комиссию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z128" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам проверки документов областная (города республиканского значения или столицы) медицинская комиссия в карте медицинского освидетельствования производит соответствующие отметки о проведенной проверке с выводами о согласии с решением либо направлением на повторное освидетельствование. Результаты проверки медицинской комиссии рассматриваются областной (города республиканского значения или столицы) призывной комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z129" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты проверки правильности решений районной (городов областного значения) призывной комиссии об освобождении от призыва на воинскую службу оформляются в порядке, предусмотренном пунктом 34 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z130" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      31. Граждане, получившие освобождение от призыва на срочную воинскую службу, зачисляются в запас в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воинского учета военнообязанных и призывников (далее – Правила воинского учета), утвержденными приказом Министра обороны Республики Казахстан от 24 января 2017 года № 28 (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 14881).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z131" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граждане, получившие освобождение от исполнения воинской обязанности, исключаются с воинского учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z132" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Граждане, имеющие право на освобождение от призыва на воинскую службу, могут быть призваны на воинскую службу по их желанию, за исключением граждан, признанных не годными к воинской службе по состоянию здоровья, путем предоставления личного заявления на имя председателя районной (города областного значения) призывной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z133" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Председатель областной (города республиканского значения или столицы) призывной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z134" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивает надлежащую работу комиссии, до начала ее работы определяет обязанности ее членов в соответствии с типовым положением по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, утверждаемым местными исполнительными органами области (города республиканского значения или столицы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z135" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует осуществление руководства и контроля за деятельностью районных (городов областного значения) призывных комиссий, проверки правильности предоставления гражданам отсрочки и освобождения от воинской службы, рассмотрения жалоб и обращений граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z136" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Областная (города республиканского значения или столицы) призывная комиссия по результатам контрольного медицинского осмотра принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z137" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Подлежит призыву на воинскую службу" при определении степени годности "Годен к воинской службе" или "Годен к воинской службе с незначительными ограничениями";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z138" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Предоставить отсрочку от призыва на воинскую службу" при определении степени годности "Временно не годен к воинской службе";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z139" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Освободить от призыва на воинскую службу" при определении степени годности "Не годен к воинской службе в мирное время, ограниченно годен в военное время";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z140" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Освободить от исполнения воинской обязанности" при определении степени годности "Не годен к воинской службе с исключением с воинского учета".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z141" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Областная (города республиканского значения или столицы) призывная комиссия в случаях установления нарушений правильности решений районной (городов областного значения) призывной комиссии об освобождении от призыва на воинскую службу принимает решение об их отмене.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z142" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Из решений, принимаемых областной (города республиканского значения или столицы) призывной комиссией по результатам контрольного медицинского осмотра, формируются протоколы заседаний по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, в электронном виде в ИС МО РК. В протокол заседаний вносятся призывники, рассмотренные в течение дня, который заверяется электронными цифровыми подписями председателя, членов и секретаря комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z143" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случаях отсутствия либо технического сбоя ИС МО РК протоколы заседаний оформляются в книге протоколов областной (города республиканского значения или столицы) призывной комиссии по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z144" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Основаниями для пересмотра принятых решений областной (города республиканского значения или столицы) призывной комиссии являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z145" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) акт реагирования прокурорского надзора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z146" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) решение суда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z147" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) приказ руководителя уполномоченного органа, в структуре которого предусмотрено прохождение воинской службы, принятый в отношении военнослужащего срочной воинской службы, признанного не годным к воинской службе по состоянию здоровья, до принятия им военной присяги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z148" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жалоба гражданина о несогласии с принятым решением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z149" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жалоба гражданина о несогласии с принятым решением районной (города областного значения) призывной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z150" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По основаниям, предусмотренным подпунктами 1) – 3) части первой настоящего пункта, областная (города республиканского значения или столицы) призывная комиссия отменяет свое решение и в графу 9 книги протоколов областной (города республиканского значения или столицы) призывной комиссии вносит соответствующую запись, а также выносит решение об отмене районной (города областного значения) призывной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z151" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалобы о несогласии с решениями областной (города республиканского значения или столицы), районной (городов областного значения) призывных комиссий рассматриваются в порядке, предусмотренном Административным процедурно-процессуальным кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z152" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. При подготовке доставки на сборный пункт граждан, которые в соответствии с решениями районной (города областного значения) призывной комиссии и областной (города республиканского значения или столицы) призывной комиссии признаны подлежащими призыву на срочную воинскую службу, в управлениях (отделах) по делам обороны распечатываются с ИС МО РК их учетные карты и дополняются следующими материалами:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z153" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) картами медицинского освидетельствования с результатами медицинского освидетельствования и контрольного медицинского осмотра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z154" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) справками о наличии либо отсутствии судимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z155" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копиями документов, сведения о которых отсутствуют в учетной карте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z156" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      37. Для организованной доставки на сборный пункт граждан, подлежащих призыву на срочную воинскую службу, назначается сопровождающее лицо, которому выдаются их учетные карты, учетно-послужные карты и три экземпляра именного списка граждан, подлежащих призыву на срочную воинскую службу, направленных на сборный пункт соответствующим управлением (отделом) по делам обороны по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – именной список).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z157" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый и второй экземпляры именного списка остаются на сборном пункте областей (городов республиканского значения и столицы), а третий экземпляр возвращается в управление (отдел) по делам обороны с росписью заместителя начальника департамента по делам обороны (ведающего вопросами призывной работы) о приеме команды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z158" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В первом и втором экземплярах именного списка после издания приказа о призыве граждан на срочную воинскую службу заполняется графа 13. Указанные экземпляры подписываются заместителем начальника департамента по делам обороны (ведающего вопросами призывной работы) и заверяются гербовой печатью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z159" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый экземпляр именного списка учитывается и хранится в департаменте по делам обороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z160" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Второй экземпляр именного списка возвращается в управление (отдел) по делам обороны, учитывается в служебном делопроизводстве и передается в архив на хранение. Записи о призыве графы 13 дублируются в учетно-алфавитную книгу, установленную по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам воинского учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z161" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Перевозка граждан, подлежащих призыву на срочную воинскую службу, от управлений (отделов) по делам обороны до сборного пункта и обратно производится железнодорожным или автомобильным транспортом за счет средств местного бюджета на соответствующий финансовый год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z162" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. В рамках второго этапа изучения в отношении граждан, прибывших на сборный пункт согласно именным спискам, перед направлением на психологическое изучение проводится сверка содержания материалов учетной карты с актуализированными сведениями, содержащимися в ИС МО РК, с парафированием каждого сверенного документа сверившим, с указанием времени и даты проведения сверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z163" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях выявления сведений в отношении рассматриваемого гражданина:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z164" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) являющихся основаниями для предоставления отсрочки либо освобождения от призыва на срочную воинскую службу, гражданин возвращается в управление (отдел) по делам обороны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z165" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не являющихся основаниями для предоставления отсрочки либо освобождения от призыва на срочную воинскую службу, указанные сведения распечатываются с ИС МО РК и приобщаются к учетной карте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z166" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После проведения сверки гражданин направляется на психологическое изучение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z167" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Психологическое изучение проводится в целях определения морально-психологических качеств и наиболее оптимального распределения по воинским частям (учреждениям) в соответствии с уровнем психологической готовности и устойчивости, в том числе с применением технических средств психодиагностики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z168" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С гражданами, подлежащими призыву на срочную воинскую службу, у которых в ходе психологического изучения выявлены следующие факторы риска, проводится углубленное психологическое изучение:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z169" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие факторов суицидального риска (суицидальные мысли, планы, попытки суицида в анамнезе у самого призывника);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z170" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подтвержденный семейный анамнез суицида у близких родственников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z171" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объективные признаки дезадаптации или психоэмоционального неблагополучия, выявленные в ходе психологического изучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z172" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам углубленного психологического изучения составляется психологическое заключение, в котором описываются выявленные факторы риска, личностные особенности и адаптационный потенциал призывника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z173" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случаях, требующих дополнительного обследования, призывник по решению медицинской комиссии направляется в медико-социальные учреждения для проведения окончательной оценки риска совершения суицида и определения категории годности к воинской службе по состоянию психического здоровья, согласно стандарту организации оказания медико-социальной помощи в области психического здоровья населению Республики Казахстан, утвержденному </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 ноября 2020 года № ҚР ДСМ-224/2020 (зарегистрирован в реестре нормативно-правовых актов 2 декабря 2020 года № 21712).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z174" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты психологического изучения и углубленного психологического изучения приобщаются к учетной карте, и гражданин направляется на беседу с представителем воинской части (учреждения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z175" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z176" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты психологического изучения и углубленного психологического изучения носят рекомендательный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z177" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После беседы проводится наркологическое тестирование, результаты которого приобщаются к учетной карте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z178" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гражданин с положительным результатом наркологического тестирования решением областной (городов республиканского значения и столицы) призывной комиссии направляется на дополнительное медицинское обследование в наркологический диспансер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z179" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Представители воинских частей (учреждений), назначенные для приема и сопровождения воинских команд, прибывают на сборный пункт не позднее, чем за трое суток до отправки воинских команд. При этом личный состав должен при себе иметь:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z180" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) документы, удостоверяющие личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z181" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) командировочное удостоверение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z182" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) доверенность от воинской части (учреждения) на прием и сопровождение воинской команды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z183" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бланки медицинских книжек на призывников, зачисленных в воинскую команду;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z184" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) маршрутный лист на перевозку воинской команды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z185" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Представители воинских частей (учреждений) в период пребывания на сборных пунктах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z186" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подчиняются заместителю начальника департамента по делам обороны (ведающему вопросами призывной работы) по вопросам соблюдения правопорядка и регламента рабочего времени;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z187" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводят индивидуальные беседы с призывниками перед зачислением в воинские команды, результаты которых отображаются в листе беседы по форме согласно п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>риложению 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z188" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z189" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результат беседы не является основанием к отказу в зачислении гражданина в воинскую команду;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z190" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лично присутствуют при проведении наркологического тестирования призывников, подлежащих призыву;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z191" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ежедневно проводят телесный осмотр на наличие ссадин и гематом, а также каких-либо выраженных отклонений в состоянии здоровья и антропометрических данных призывников, зачисленных в воинские команды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z192" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сопровождают призывников, зачисленных в воинские команды, при приеме пищи и прохождении санитарной обработки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z193" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. На сборных пунктах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z194" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирование воинских команд проводится в срок не более трех суток;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z195" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организуется трехразовое горячее питание призывников (с учетом резерва) за счет средств местного исполнительного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z196" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) допускается резерв призывников в количестве до двадцати процентов от общего числа отправляемых в составе воинской команды, используемый для возможной замены призывников, зачисленных в воинские команды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z197" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Начальники департаментов по делам обороны и их заместители (ведающие вопросами воспитательной и идеологической работы) на сборных пунктах организуют необходимую воспитательную и идеологическую работу среди призывников, проводят разъяснительную работу с родителями, прибывшими на проводы, а также организуют торжественные проводы личного состава воинских команд с участием представителей местных исполнительных органов, общественных организаций и родителей призывников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z198" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении воспитательной и идеологической работы с призывниками на сборных пунктах, а также в пути следования обращается внимание на обеспечение высокой организованности и порядка, исключение случаев бесчинств по отношению к местному населению и других аморальных поступков. Разъясняются правила поведения и меры безопасности в пути следования и на стоянках, необходимость строгого соблюдения личным составом воинской дисциплины, сохранение сведений, составляющих государственные секреты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z199" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. После завершения формирования воинской команды в отношении призывников, зачисленных в воинскую команду, издается приказ начальника департамента по делам обороны о призыве на срочную воинскую службу и присвоении воинского звания (далее – приказ о призыве) с использованием ИС МО РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z200" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае возникновения технических сбоев (неполадок) при формировании приказа о призыве допускается издание приказа на бумажном носителе с последующим повторным изданием приказа в ИС МО РК с ранее определенными реквизитами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z201" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После издания приказа о призыве в установленном порядке выписываются военные билеты сержантского и рядового составов для последующей их выдачи под роспись.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z202" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z203" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гражданин, зачисленный в воинскую команду с момента издания приказа начальника департамента по делам обороны о его призыве, приобретает статус военнослужащего срочной воинской службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z204" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В отношении гражданина, призванного на срочную воинскую службу и до принятия военной присяги возвращенного по состоянию здоровья на основании приказа руководителя уполномоченного органа, в структуре которого предусмотрено прохождения воинской службы, издается приказ начальника департамента по делам обороны об отмене приказа о призыве.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z205" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      45. В день убытия к месту прохождения воинской службы представители воинской части (учреждения) принимают для сопровождения воинскую команду по именному списку граждан, призванных на срочную воинскую службу приказом начальника соответствующего департамента по делам обороны и направленных в воинскую часть (учреждение), по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, составляемому в двух экземплярах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z206" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый экземпляр именного списка передается представителям воинской части (учреждения) со следующими документами:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z207" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продовольственный аттестат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z208" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      маршрутный лист;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z209" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выписка из карт профилактических прививок формы № 065/у;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z210" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учетно-послужная карта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z211" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      медицинские книжки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z212" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      результаты психологического изучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z213" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Второй экземпляр именного списка учитывается и хранится вместе с ведомостью выдачи военных билетов в департаменте по делам обороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z214" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После убытия воинской команды к месту прохождения воинской службы учетные карты призванных граждан возвращаются в соответствующие управления (отделы) по делам обороны для дальнейшего хранения в течение двух лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z215" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      46. По прибытии военнослужащих срочной воинской службы, призванных в СГО, к месту прохождения воинской службы до принятия военной присяги проводятся мероприятия по проверке на соответствие требованиям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О специальных государственных органах Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z216" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях выявления несоответствия военнослужащих срочной воинской службы установленным требованиям командир воинской части издает приказ об их исключении из списков воинской части и направляет его в департаменты по делам обороны по месту призыва.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z217" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Возмещение расходов на перевозку граждан, призванных на срочную воинскую службу в Вооруженные Силы, другие войска и воинские формирования Республики Казахстан, производится непосредственно организациям, осуществляющим перевозку, по предъявленным ими счетам в пределах средств, предусмотренных на эти цели в республиканском бюджете, соответствующим государственным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z218" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      48. Для предоставления по месту требования военнослужащим срочной воинской службы воинскими частями (учреждениями) выдаются соответствующие справки по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z219" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      49. В целях внесения сведений в ИС МО РК граждане, призываемые на срочную воинскую службу, на сборном пункте перед отправкой подписывают согласие на сбор, обработку и передачу персональных данных по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, которое приобщается к электронной учетной карте в ИС МО РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z220" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок организации и проведения призыва граждан на</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Глава 3. Порядок организации и проведения призыва на воинскую службу офицеров запаса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z221" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      50. Призыв на воинскую службу офицеров запаса на должности офицерского состава проводится в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z222" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Призыву на воинскую службу подлежат офицеры запаса, окончившие военную подготовку по программам офицеров запаса на военных кафедрах (военных факультетах) при организациях высшего и (или) послевузовского образования Республики Казахстан, в возрасте до двадцати девяти лет и офицеры запаса медицинской службы до тридцати двух лет, годные к воинской службе по состоянию здоровья и не имеющие права на отсрочку или освобождение от призыва.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z223" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Офицеры запаса в мирное время призываются в соответствии с постановлением Правительства Республики Казахстан для прохождения воинской службы на должностях офицерского состава по заявкам уполномоченных органов, в структуре которых предусмотрено прохождение воинской службы (далее – уполномоченный орган).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z224" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Управления (отделы) по делам обороны проводят работу по изучению и отбору офицеров запаса, соответствующих требованиям, установленным пунктом 50 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z225" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Процедура изучения и отбора офицеров запаса проводится в два этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z226" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На первом этапе в течение десяти рабочих дней после получения задания на призыв офицеров запаса в управлениях (отделах) по делам обороны проводятся следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z227" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) составляется план подготовки и проведения изучения и отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z228" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) издается приказ об организации и проведении изучения и отбора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z229" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) составляются списки офицеров запаса, подлежащих изучению, с закреплением должностных лиц, проводящих изучение и отбор;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z230" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) составляется график проведения изучения и отбора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z231" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) запрашиваются сведения, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 17 Закона, посредством обеспечения взаимодействия государственных информационных систем государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z232" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия взаимодействия между государственными информационными системами сведения, указанные в пункте 4 статьи 17 Закона, управления (отделы) по делам обороны получают по соответствующим запросам в течение трех рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z233" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В рамках второго этапа изучения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z234" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) офицеры запаса направляются на медицинское освидетельствование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z235" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты медицинского освидетельствования (степень годности) вносятся в электронную учетную карту ИС МО РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z236" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проводится актуализация электронной учетной карты в ИС МО РК;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z237" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) с офицером запаса проводится беседа, результаты которой вносятся в лист беседы по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z238" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оформляются и направляются материалы для проведения специальной проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z239" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о соответствии офицера запаса к призыву на воинскую службу принимается по результатам изучения, медицинского освидетельствования и специальной проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z240" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Отсрочка от призыва на воинскую службу офицерам запаса предоставляется по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z241" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) по семейным обстоятельствам в случаях, предусмотренных подпунктами 1) и 2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 35 Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z242" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для продолжения образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z243" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z244" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по другим причинам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z245" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отсрочка от призыва на воинскую службу по основаниям, предусмотренным подпунктами 1), 2) и 4) настоящего пункта, предоставляется в соответствии с Правилами оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z246" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Офицерам запаса, которым при медицинском освидетельствовании определена степень годности "Временно не годен к воинской службе", предоставляется отсрочка от призыва на воинскую службу по состоянию здоровья на срок до одного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z247" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сканированная копия карты медицинского освидетельствования с заключением о степени годности загружается в раздел "Документы" электронной учетной карты, а также вносятся соответствующие изменения в поле "Степень годности" в ИС МО РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z248" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      53. Освобождение от призыва на воинскую службу офицерам запаса по основаниям, предусмотренным подпунктами 3), 5) и 6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 36 Закона, предоставляется в соответствии с Правилами оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z249" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Офицеры запаса, которым при медицинском освидетельствовании определена степень годности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z250" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Не годен к воинской службе в мирное время, ограниченно годен в военное время" освобождаются от призыва на воинскою службу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z251" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Не годен к воинской службе с исключением с воинского учета" исключаются с воинского учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z252" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сканированная копия медицинского освидетельствования с заключением о степени годности загружается в раздел "Документы" электронной учетной карты, а также вносятся соответствующие изменения в поле "Степень годности" в ИС МО РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z253" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Офицеры запаса вправе отказаться от предоставленной отсрочки от призыва на воинскую службу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z254" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по основаниям, предусмотренным подпунктами 2) и 4) пункта 52 настоящих Правил, путем подачи личного заявления на имя начальника соответствующего управления (отдела) по делам обороны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z255" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по основаниям, предусмотренным подпунктом 1) пункта 52 настоящих Правил, путем подачи личного заявления на имя начальника соответствующего управления (отдела) по делам обороны с приложением соответствующего нотариально заверенного документа от заинтересованных лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z256" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заинтересованными лицами являются члены семьи, нуждающиеся в посторонней помощи и уходе, указанные в подпункте 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 35 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z257" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Офицеры запаса, имеющие право на освобождение от призыва на воинскую службу, могут быть призваны на воинскую службу по их желанию, за исключением признанных не годными к воинской службе по состоянию здоровья, путем предоставления личного заявления на имя начальника соответствующего управления (отдела) по делам обороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z258" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Управления (отделы) по делам обороны направляют в департаменты по делам обороны для последующей отправки в уполномоченный орган на офицеров запаса, отобранных для призыва на воинскую службу, следующие материалы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z259" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) послужную карту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z260" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) медицинскую карту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z261" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копию(и) документа(ов) об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z262" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уведомление о наличии либо отсутствии судимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z263" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копию результатов проведения специальной проверки, заверенную начальником управления (отдела) по делам обороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z264" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Руководитель уполномоченного органа по представленным из департаментов по делам обороны материалов на офицеров запаса, отобранных для призыва на воинскую службу, издает приказ об их призыве.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z265" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выписки из приказов о призыве офицеров запаса направляются в соответствующие воинские части (учреждения) и департаменты по делам обороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z266" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. С момента получения выписки из приказа о призыве офицеров запаса командир (начальник) воинской части (учреждения) осуществляет контроль за их прибытием путем организации взаимодействия с соответствующим местным органом военного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z267" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. На основании выписки из приказа руководителя уполномоченного органа о призыве офицера запаса в течение 7 рабочих дней с момента ее получения начальник соответствующего управления (отдела) по делам обороны издает приказ об убытии к месту прохождения воинской службы призванного офицера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z268" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z269" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Офицер запаса с момента издания приказа начальника управления (отдела) по делам обороны об его убытии приобретает статус военнослужащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z270" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Начальник управления (отдела) по делам обороны вручает предписание призванному офицеру и осуществляет контроль за его убытием в воинскую часть (учреждение).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z271" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата прибытия к месту прохождения воинской службы, указываемая в предписании, определяется с учетом времени, необходимого для увольнения с места работы и нахождения в пути. Общий срок прибытия к месту прохождения воинской службы, исчисляемый с даты вручения предписания, не может превышать десяти календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z272" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация об убытии призванного офицера сообщается в департамент по делам обороны и воинскую часть (учреждение), в которую(ое) он направлен для прохождения воинской службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z273" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае неприбытия призванного офицера для получения предписания по истечении трех рабочих дней с момента издания приказа об убытии начальник управления (отдела) по делам обороны информирует органы военной полиции и департамент по делам обороны об отсутствии результата принятых мер, направленных на своевременное вручение предписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z274" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. В течение трех рабочих дней с момента убытия личное дело призванного офицера направляется в соответствующую воинскую часть (учреждение), которое должно содержать следующие материалы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z275" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) послужной список;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z276" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) послужную карту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z277" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аттестационный лист;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z278" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выписку из приказа Министра обороны Республики Казахстан о присвоении воинского звания офицерского состава;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z279" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выписку из приказа руководителя уполномоченного органа о призыве на воинскою службу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z280" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) выписку из приказа начальника управления (отдела) по делам обороны об убытии к месту прохождения воинской службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z281" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) копию карты медицинского освидетельствования с приложением результатов лабораторных и инструментальных исследований, а также справок с центров динамического наблюдения за пациентами с хроническими заболеваниями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z282" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сведения из органов внутренних дел о наличии либо отсутствии административных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z283" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) уведомление о наличии либо отсутствии судимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z284" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) уведомление о принятии или непринятии налоговой отчетности установленной формы органом государственных доходов в электронном виде, в том числе супруги (супруга);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z285" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) копию(и) документа(ов) об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z286" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) автобиографию (написанную собственноручно и отпечатанную);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z287" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) лист изучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z288" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жетон с личным номером.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z289" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Кадровые подразделения воинских частей (учреждений) в случае неприбытия к месту службы призванного офицера для уточнения причин направляют запросы в соответствующие местные органы военного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z290" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>срочную воинскую службу</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+        <w:t xml:space="preserve"> Глава 4. Порядок организации и проведения призыва на воинские сборы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z291" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Основными целями воинских сборов являются повышение боевой и мобилизационной готовности воинских частей (учреждений), а также подготовка и накопление в запасе военно-обученных ресурсов, необходимых для комплектования Вооруженных Сил, других войск и воинских формирований Республики Казахстан в период мобилизации, военного положения и в военное время.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z292" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Призыв граждан на срочную воинскую службу осуществляется в соответствии со </w:t>
-[...9 lines deleted...]
-        <w:t>статьей 31</w:t>
+      63. Призыв на воинские сборы осуществляется в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...59 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z293" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Призыву на воинские сборы подлежат военнообязанные, годные к воинской службе, не имеющие права на освобождение от призыва.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z294" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      64. Освобождение от призыва на воинские сборы предоставляется по основаниям, предусмотренным в пункте 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z295" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Граждане, имеющие право на освобождение от призыва на воинские сборы, по их желанию могут быть призваны на воинские сборы, за исключением лиц, указанных в подпункте 9) пункта 2 статьи 36 Закона, путем предоставления личного заявления на имя начальника соответствующего управления (отдела) по делам обороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z296" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Общее планирование организации и проведения воинских сборов осуществляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z297" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в Вооруженных Силах (за исключением территориальных войск) – Генеральным штабом Вооруженных Сил Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z298" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в других войсках и воинских формированиях – уполномоченным органом по согласованию с Генеральным штабом Вооруженных Сил Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z299" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в территориальных войсках – местными исполнительными органами по согласованию с Генеральным штабом Вооруженных Сил Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z300" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Воинские сборы делятся на следующие виды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z301" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) учебные сборы, проводимые в целях подготовки и переподготовки военнообязанных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z302" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специальные сборы, проводимые в целях выполнения мероприятий по введению и обеспечению режима чрезвычайного положения, ликвидации чрезвычайных ситуаций и их последствий и в иных случаях, определяемых Президентом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z303" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) поверочные сборы, проводимые в целях проверки готовности воинских частей (учреждений), предназначенных к выполнению задач в организационно-штатной структуре военного времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z304" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Для подготовки и накопления военно-обученных ресурсов проводятся учебные сборы, в ходе которых осуществляются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z305" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подготовка офицеров запаса из числа сержантов и рядовых запаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z306" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подготовка военнообязанных на высшие должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z307" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) переподготовка военнообязанных на другие военно-учетные специальности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z308" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) совершенствование военных знаний и подготовка военнообязанных на новых видах вооружения и военной техники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z309" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обслуживание вооружения и военной техники, а также имущества неприкосновенного запаса и запасов длительного хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z310" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. В целях выполнения мероприятий по введению и обеспечению режима чрезвычайного положения, ликвидации чрезвычайных ситуаций и их последствий и в иных случаях, определяемых Президентом Республики Казахстан, осуществляется призыв граждан на специальные сборы в количестве, необходимом для решения возложенных задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z311" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Для проверки (инспектирования) готовности органов военного управления, воинских частей (учреждений) к выполнению задач в организационно-штатной структуре военного времени проводятся поверочные сборы, в ходе которых осуществляются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z312" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверка отдельных элементов боевой и мобилизационной готовности органов военного управления, воинских частей (учреждений), подразделений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z313" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проверка подготовленности военнообязанных к выполнению должностных обязанностей по мобилизационному предназначению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z314" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Количество военнообязанных, подлежащих призыву на воинские сборы, определяется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z315" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в органы военного управления, воинские части (учреждения) Вооруженных Сил (за исключением территориальных органов территориальных войск Вооруженных Сил) – на основании приказа Министра обороны Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z316" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в органы военного управления, воинские части (учреждения) других войск и воинских формирований – на основании приказа первого руководителя уполномоченного государственного органа по согласованию с Министерством обороны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z317" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в рамках мероприятий по мобилизационной подготовке, подготовке территориальной обороны Республики Казахстан в территориальные органы территориальных войск Вооруженных Сил – на основании постановления акимата области, города республиканского значения, столицы по согласованию с Генеральным штабом Вооруженных Сил Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z318" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Количество призываемых на учебные и поверочные сборы в Вооруженные Силы формируется на основании заявок от органов военного управления Вооруженных Сил Республики Казахстан, направляемых в Генеральный штаб ВС РК ежегодно до 1 ноября на предстоящий год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z319" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На основании полученных заявок, с учетом мероприятий по мобилизационной подготовке Вооруженных Сил на предстоящий год Генеральный штаб ВС РК разрабатывает приказ Министра обороны Республики Казахстан о призыве военнообязанных на воинские сборы на соответствующий год и план проведения воинских сборов, утверждаемый первым заместителем Министра обороны – начальником Генерального штаба ВС РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z320" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Количество призываемых на специальные сборы формируется на основании заявок от органов военного управления, государственных и местных исполнительных органов, направляемых в Генеральный штаб ВС РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z321" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Количество призываемых на учебные и поверочные сборы в другие войска и воинские формирования, подразделения территориальных войск формируется на основании заявок от органов военного управления и подразделений территориальных войск, направляемых ежегодно до 1 ноября на предстоящий год, в уполномоченные или местные исполнительные органы, соответственно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z322" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На основании полученных заявок, с учетом мероприятий по мобилизационной подготовке на предстоящий год уполномоченные и местные исполнительные органы разрабатывают соответствующие приказы (постановления) и планы проведения воинских сборов, которые согласовываются с Генеральным штабом ВС РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z323" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Указания и наряды органам военного управления и местным органам военного управления на призыв военнообязанных на воинские сборы, проводимые Вооруженными Силами Республики Казахстан, направляются Генеральным штабом ВС РК не менее чем за два месяца до начала воинских сборов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z324" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Указания и наряды местным органам военного управления на призыв военнообязанных на воинские сборы, проводимые другими войсками и воинскими формированиями, подразделениями территориальных войск, направляются Генеральным штабом ВС РК не менее чем за месяц до начала воинских сборов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z325" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. На основании указаний Генерального штаба ВС РК органами военного управления разрабатываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z326" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) планы проведения воинских сборов для воинских частей (учреждений) с указанием объема призываемых военнообязанных по специальностям, сроков проведения сборов, а также мероприятий по материально-техническому обеспечению сборов, распределению учебных полей и стрельбищ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z327" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) учебные программы, методические рекомендации и соответствующие указания по вопросам организации и проведения воинских сборов военнообязанных в подчиненных воинских частях (учреждениях).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z328" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. В целях обеспечения своевременного и качественного комплектования Вооруженных Сил, других войск и воинских формирований Республики Казахстан, в период подготовки к воинским сборам местными органами военного управления организуются и проводятся отбор и изучение военнообязанных для призыва на воинские сборы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z329" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Изучение и отбор военнообязанных для призыва на воинские сборы могут проводиться совместно с представителями органов военного управления, воинских частей (учреждений).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z330" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Отбор и изучение военнообязанных осуществляются в управлениях (отделах) по делам обороны с учетом задач и видов воинских сборов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z331" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для проведения отбора и изучения проводятся следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z332" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) составляются списки военнообязанных, подлежащих изучению, с датами его проведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z333" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) актуализируют через ИС МО РК сведения в электронной учетной карте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z334" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При необходимости получения дополнительных сведений отсутствующих в ИС МО РК направляются соответствующие запросы в государственные органы и организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z335" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Для организации качественного отбора военнообязанных местные органы военного управления организуют взаимодействие с комплектуемыми воинскими частями (учреждениями):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z336" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при проведении воинских сборов на территории области (города республиканского значения, столицы) – управления (отделы) по делам обороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z337" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при проведении воинских сборов за пределами территории области (города республиканского значения, столицы) – департаменты по делам обороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z338" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. На учебные воинские сборы призываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z339" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для подготовки офицеров запаса из числа сержантов и рядовых запаса:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z340" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по командным профилям – сержанты и рядовые запаса в возрасте до 30 лет, имеющие высшее образование и прошедшие воинскую службу по соответствующим военно-учетным специальностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z341" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по инженерно-техническим и другим профилям – сержанты и рядовые запаса в возрасте до 35 лет, имеющие высшее образование по специальностям, родственным профилю военно-учетных специальностей или прошедшие по ним воинскую службу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z342" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для подготовки военнообязанных, предусмотренных подпунктами 2) – 5) пункта 67 настоящих Правил, – военнообязанные, преимущественно в возрасте до 40 лет, прошедшие воинскую службу по соответствующим военно-учетным специальностям либо имеющие родственные военно-учетным специальностям гражданские специальности или практический опыт работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z343" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. На поверочные сборы призываются военнообязанные, предназначенные для комплектования Вооруженных Сил, других войск и воинских формирований Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z344" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военнообязанные, освобожденные от призыва на воинские сборы, заменяются военнообязанными, отвечающими требованиям, предусмотренным подпунктом 2) пункта 79 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z345" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. В период подготовки к учебным и специальным сборам военнообязанные, отобранные для призыва, направляются на медицинское освидетельствование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z346" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При призыве на поверочные сборы медицинскому освидетельствованию подлежат военнообязанные, изъявившие жалобы на состояние здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z347" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Летно-подъемный состав военнообязанных подлежит медицинскому освидетельствованию врачебно-летными комиссиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z348" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Карты медицинского освидетельствования с результатами приобщаются к личным делам офицеров запаса, а сержантского и рядового составов учитываются в служебном делопроизводстве и подшиваются в соответствующее дело.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z349" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Личные дела офицеров запаса, подлежащих призыву на воинские сборы, высылаются в воинские части (учреждения) секретной почтой, а в режимные части (учреждения) секретной почтой направляются также именные списки, летные и медицинские книжки с расчетом получения их за два дня до начала сборов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z350" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Военнообязанным, призываемым в воинские части (учреждения), где требуется допуск к государственным секретам, допуск оформляется в соответствии с законодательством в области защиты государственных секретов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z351" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Оповещение военнообязанных, отобранных для призыва на воинские сборы, производится заблаговременно с учетом времени формирования воинской команды и доставки до места проведения воинских сборов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z352" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Призыв военнообязанных на поверочные сборы осуществляется в соответствии с мобилизационными планами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z353" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. При проведении воинских сборов на территории области (города республиканского значения, столицы) после завершения формирования воинской команды в отношении военнообязанных, зачисленных в воинскую команду, издается приказ начальника управления (отдела) по делам обороны о призыве на воинские сборы с использованием ИС МО РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z354" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае возникновения технических сбоев (неполадок) при формировании приказа о призыве допускается издание приказа на бумажном носителе с последующим повторным изданием приказа в ИС МО РК с ранее определенными реквизитами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z355" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После издания приказа о призыве на воинские сборы в установленном порядке выписываются военные билеты военнообязанным, ранее их не имевшим, с последующей их выдачей по роспись.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z356" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выписка из приказа начальника управления (отдела) по делам обороны о призыве военнообязанных на воинские сборы направляется в департамент по делам обороны для выписки и направления продовольственного аттестата к месту прохождения воинских сборов (за исключением направляемых в другие войска и воинские формирования и территориальные войска).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z357" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z358" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военнообязанный, зачисленный в воинскую команду с момента издания приказа начальника управления (отдела) по делам обороны об его призыве на воинские сборы, приобретает статус военнослужащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z359" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      86. Для организованной доставки призванных военнообязанных к месту прохождения учебных и специальных сборов назначается сопровождающее лицо, которому выдаются маршрутный лист на перевозку воинской команды и два экземпляра именного списка военнообязанных, призванных на воинские сборы и направленных соответствующим местным органом военного управления в войсковую часть (учреждение), (далее – именной список) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z360" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Именные списки подписываются одним из заместителей командира (начальника) и заверяются гербовой печатью воинской части (учреждения) после принятия воинской команды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z361" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый экземпляр именного списка остается в воинской части (учреждении), а второй экземпляр возвращается в департамент по делам обороны, учитывается в служебном делопроизводстве и передается в архив на хранение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z362" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      87. Отправка воинских команд на учебные и специальные сборы за пределы области (города республиканского значения, столицы) производится через сборные пункты. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z363" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация доставки на сборный пункт военнообязанных, подлежащих призыву, и отправка соответствующих документов организуются управлениями (отделами) по делам обороны в соответствии с указаниями и нарядами департаментов по дела обороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z364" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. На сборных пунктах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z365" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирование воинских команд проводится в срок не более одних суток;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z366" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) допускается резерв военнообязанных в количестве до двадцати процентов от общего числа отправляемых в составе воинской команды, используемый для возможной замены военнообязанных, зачисленных в воинские команды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z367" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. При проведении воинских сборов за пределами территории области (города республиканского значения, столицы) после завершения формирования воинской команды на сборном пункте в отношении военнообязанных, зачисленных в воинскую команду, издается приказ начальника департамента по делам обороны о призыве на воинские сборы с использованием ИС МО РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z368" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае возникновения технических сбоев (неполадок) при формировании приказа о призыве допускается издание приказа на бумажном носителе с последующим повторным изданием приказа в ИС МО РК с ранее определенными реквизитами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z369" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После издания приказа о призыве на воинские сборы в установленном порядке выписываются военные билеты военнообязанным, ранее их не имевшим, с последующей их выдачей по роспись.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z370" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z371" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Военнообязанный, зачисленный в воинскую команду с момента издания приказа начальника департамента по делам обороны об его призыве на воинские сборы, приобретает статус военнослужащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z372" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Для организованной доставки военнообязанных, призванных на учебные и специальные сборы, со сборного пункта к месту прохождения воинской службы, назначается сопровождающее(ие) лицо(а), которому(ым) передаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z373" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) именной список военнообязанных в двух экземплярах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z374" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) продовольственный аттестат (за исключением направляемых в другие войска и воинские формирования и территориальные войска);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z375" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) маршрутный лист на перевозку воинской команды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z376" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Именные списки военнообязанных, призванных на воинские сборы, подписываются одним из заместителей командира (начальника) и заверяются гербовой печатью воинской части (учреждения) после принятия воинской команды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z377" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первый экземпляр именного списка остается в воинской части (учреждении), а второй экземпляр возвращается в департамент по делам обороны, учитывается в служебном делопроизводстве и передается в архив на хранение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z378" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. На военнообязанных, призванных на воинские сборы по подготовке летно-подъемного состава, сопровождающему в опечатанном виде дополнительно выдаются летные и медицинские книжки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z379" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Сопровождающий воинской команды, по прибытию к месту прохождения воинских сборов, передает воинскую команду по именному списку начальнику пункта приема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z380" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      93. Боевая подготовка военнообязанных, призванных на воинские сборы, проводится в соответствии с методическими указаниями и программами проведения воинских сборов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z381" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Командиры воинских частей (учреждений), в которых проводятся воинские сборы, отвечают за организацию и качество проведения боевой подготовки призванных военнообязанных, своевременное и полное материально-техническое обеспечение воинских сборов, подготовку учебной базы, организацию приема и отправки военнообязанных со сборов. Особое внимание должно быть обращено на создание необходимых условий для ведения секретной работы и обеспечения сохранности секретных документов, техники и вооружения. Призванным военнообязанным должны быть доведены основные требования по хранению и обращению с секретными документами, техникой и вооружением, порядку ведения личной переписки и персональной ответственности за сохранение государственной и военной тайны, недопущению секретных записей, зарисовок, расчетов в личных блокнотах и фото-киносъемок военных объектов и секретной техники.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z382" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Военнообязанные, призванные на учебные и поверочные сборы, находятся на казарменном положении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z383" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Не допускается привлечение военнообязанных, призванных на воинские сборы, на всякого рода хозяйственные и строительные работы, а также к несению службы, не связанной с прохождением воинских сборов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z384" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Военнообязанные, призванные на воинские сборы и ранее не принимавшие военную присягу, в течение трех календарных дней приводятся к военной присяге, о чем производятся соответствующие отметки в военных билетах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z385" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. По окончании воинских сборов воинские части (учреждения):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z386" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проводят торжественные проводы с поощрением наиболее отличившихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z387" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на офицеров запаса, а также сержантов и рядовых запаса, прошедших подготовку в офицерский состав, составляют характеристики, в которых указывают степень усвоения учебной программы воинских сборов, отношение к изучению военного дела и проявленные моральные качества, должность, на которую может быть назначен офицер в военное время, военно-учетную специальность, по которой следует учитывать (в том случае, если офицер проходил переподготовку по новой специальности), возможность присвоения очередного (первого) воинского звания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z388" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) составляют ходатайства к присвоению очередных (первых) воинских званий офицерского, сержантского и рядового составов военнообязанным, успешно закончившим программу обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z389" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) производят отметку о прохождении воинских сборов в личном деле и соответствующих разделах военного билета (продолжительность воинских сборов, коды военно-учетных специальностей и должностей, по которым прошли подготовку), заверенную подписью командира (начальника) и печатью воинской части (учреждения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z390" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. По завершении воинских сборов для организованной доставки в местные органы военного управления военнообязанные согласно именному списку направляются в сопровождении представителя местного органа военного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z391" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На военнообязанных, прошедших воинские сборы по подготовке летно-подъемного состава, сопровождающим в опечатанном виде дополнительно передаются летные и медицинские книжки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z392" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Личные дела прошедших воинские сборы, характеризующие материалы и ходатайства к присвоению воинских званий высылаются в местные органы воинского управления по окончании воинских сборов в течение десяти календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z393" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Управления (отделы) по делам обороны по завершении воинских сборов с получением личных дел, характеризующих материалов и ходатайств к присвоению воинских званий в течение пяти рабочих дней:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z394" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляют внесение в учетные карты военнообязанных, прошедших воинские сборы, в ИС МО РК актуальных кодов военно-учетной специальностей и должностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z395" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) направляют в департаменты по делам обороны материалы для присвоения очередных (первых) воинских званий офицерского, сержантского и рядового составов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z396" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) направляют работодателям по их работникам, успешно прошедшим воинские сборы, благодарственные письма для их чествования в трудовых коллективах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z397" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Департаменты по делам обороны после получения от управлений (отделов) по делам обороны материалов для присвоения очередных (первых) воинских званий офицерского, сержантского и рядового составов в течение пяти рабочих дней:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z398" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) издают приказы начальника о присвоении очередных (первых) воинских званий сержантского и рядового составов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z399" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) направляют в Департамент кадров Министерства обороны Республики Казахстан материалы для присвоения очередных (первых) воинских званий офицерского состава.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z400" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. В целях повышения качества укомплектованности органов военного управления, воинских частей (учреждений) Вооруженных Сил, других войск и воинских формирований до организационно-штатной структуры военного времени, управления (отделы) по делам обороны по итогам воинских сборов проводят работу по пересмотру мобилизационного предназначения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z401" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Военнообязанным выплачивается средняя заработная плата, но не выше средней заработной платы по республике, а неработающим – минимальная заработная плата, которые выплачиваются за период прохождения воинских сборов в воинских частях (учреждениях):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z402" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Вооруженных Сил (за исключением территориальных войск) – за счет средств Министерства обороны Республики Казахстан, предусмотренных в республиканском бюджете на соответствующий финансовый год;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z403" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) других войск и воинских формирований – за счет средств уполномоченного органа, предусмотренных в республиканском бюджете на соответствующий финансовый год;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z404" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) территориальных войск – за счет средств местных исполнительных органов, предусмотренных в местном бюджете на соответствующий финансовый год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z405" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Перевозка призванных военнообязанных к месту прохождения воинских сборов и обратно производится воздушным, железнодорожным или автомобильным транспортом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z406" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оплата расходов за перевозку производится непосредственно организациям, осуществляющим перевозку, по предъявленным ими актам оказанных услуг и счетам в пределах средств, предусмотренных на эти цели в республиканском или местных бюджетах, соответствующими государственными или местными исполнительными органами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z407" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Обеспечение питанием военнообязанных, призванных на воинские сборы, от местожительства до места прохождения сборов, а также по окончании сборов к месту жительства производится за счет средств Министерства обороны Республики Казахстан, уполномоченного органа или местных исполнительных органов соответственно, предусмотренных в республиканском и местных бюджетах на соответствующий финансовый год:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z408" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      местными органами военного управления – до места прохождения воинских сборов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z409" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      воинскими частями (учреждениями) – до местных органов военного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z410" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Призванные военнообязанные обеспечиваются на период воинских сборов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z411" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продовольствием по нормам пайка, установленным для личного состава воинских частей (учреждений), где военнообязанные проходят воинские сборы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z412" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вещевым имуществом по нормам, установленным для соответствующих категорий военнообязанных, и медицинским обслуживанием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z413" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...7527 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Порядок организации и проведения призыва на воинскую</w:t>
-[...7768 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Глава 5. Порядок организации и проведения призыва по мобилизации, при военном положении и в военное время</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z414" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Призыв граждан на воинскую службу по мобилизации, при военном положении и в военное время проводится на основании Указа Президента Республики Казахстан и в порядке, установленном Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z415" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Приказы об объявлении общей или частичной мобилизации на территории области (города республиканского значения или столицы), района (города областного значения) издаются начальниками местных органов военного управления во исполнение Указа Президента Республики Казахстан об объявлении общей или частичной мобилизации и на основании соответствующего приказа Министра обороны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z416" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приказы об объявлении общей или частичной мобилизации начальников местных органов военного управления доводятся до населения путем использования местных радиовещательных сетей, телевидения и других средств массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z417" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Призыв граждан на воинскую службу по мобилизации, при военном положении и в военное время организуют и обеспечивают местные исполнительные органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z418" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. Призыв на воинскую службу по мобилизации, при военном положении и в военное время осуществляется в объемах и сроках, установленных мобилизационными планами государственных органов и организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z419" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Ранее предоставленные отсрочки от призыва на воинскую службу в период мобилизации, при военном положении и в военное время приостанавливаются, за исключением отсрочек, предоставленных по состоянию здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z420" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. Освобождение от призыва на воинскую службу по мобилизации, при военном положении и в военное время предоставляется гражданам, признанным не годными к воинской службе по состоянию здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z421" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16481,2609 +9928,5858 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на воинскую службу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkStart w:name="z323" w:id="396"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z424" w:id="416"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Согласовано Начальник Управления тыла Вооруженных Сил Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="416"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(воинское звание, подпись, инициал, фамилия)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"___" __________ 20___года.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z426" w:id="417"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Утверждаю Первый заместитель Министра обороны – начальник Генерального штаба Вооруженных Сил Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="417"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(воинское звание, подпись, инициал, фамилия)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"___" __________ 20___года.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z428" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Книга протоколов</w:t>
+        <w:t xml:space="preserve"> План призыва граждан на срочную воинскую службу для комплектования Вооруженных Сил, других войск и воинских формирований Республики Казахстан на 20__ год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование воинской части (учреждения), место дислокации, специальность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество за год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z429" w:id="419"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с 01.03. по 30.06.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="419"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(весенняя призывная кампания)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Период призыва</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г. Астана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г. Алматы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г. Шымкент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и т.д. по областям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z430" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z431" w:id="421"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с 01.09. по 31.12.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="421"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(осенняя призывная кампания)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Период призыва</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г. Астана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г. Алматы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г. Шымкент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и т.д. по областям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31-47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z432" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Начальник Департамента организационно-мобилизационной работы Генерального штаба Вооруженных Сил Республики Казахстан _______________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>областной (города республиканского значения или столицы)</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>(воинское звание, подпись, инициал, фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z433" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z434" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В графе 2 дополнительно указывается форма допуска к государственным секретам, согласно поданных заявок на комплектование воинских частей (учреждений), предусмотренная приложением 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z435" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В графах 6-25 и 28-47 указываются количество призываемых граждан на срочную воинскую службу, номер воинской команды и дата отправки воинской команды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z436" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения призыва граждан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на воинскую службу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z439" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>призывной комиссии</w:t>
-[...38 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Заявка на комплектование воинских частей (учреждений) _____________________________________________________ на 20___ год (орган военного управления Вооруженных Сил, уполномоченный орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...1 lines deleted...]
-          </w:p>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-п/</w:t>
-[...1 lines deleted...]
-          </w:p>
+Наименование воинской части (учреждения), место дислокации, специальность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-п</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Количество (чел.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z440" w:id="428"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фами-</w:t>
-[...1 lines deleted...]
-          </w:p>
+с 01.03. по 30.06.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="428"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-лия,</w:t>
-[...1 lines deleted...]
-          </w:p>
+(весенняя призывная кампания)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z441" w:id="429"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-имя,</w:t>
-[...1 lines deleted...]
-          </w:p>
+с 01.09. по 31.12.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="429"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-отчест</w:t>
-[...737 lines deleted...]
-Примечание</w:t>
+(осенняя призывная кампания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+Количество (чел.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+Дата комплектования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+Количество(чел.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...143 lines deleted...]
-8</w:t>
+Дата комплектования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Протокол №__ "__" _________ 20__г.</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:tcBorders>
-[...65 lines deleted...]
-            </w:r>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:tcBorders>
-[...210 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...595 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z442" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z443" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В графе 2 при необходимости дополнительно указывается предусмотренная форма допуска к государственным секретам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z444" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В графе 3 указывается количество военнослужащих срочной воинской службы необходимое для комплектования соответствующей воинской части (учреждения) в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z445" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В графах 4 и 6 указывается количество военнослужащих срочной воинской службы необходимое для комплектования соответствующей воинской части (учреждения) в указанный период.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z446" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В графах 5 и 7 указываются даты комплектования, военнослужащими срочной воинской службы определяемые с учетом дат высвобождения казарменного фонда в следствие увольнения (перемещения) военнослужащих срочной воинской службы предыдущих призывов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z447" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комплектование воинских частей (учреждений) военнослужащими срочной воинской службы в количестве 150 человек и более допускается в течение нескольких дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z448" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19117,51 +15813,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19170,597 +15866,1863 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на воинскую службу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkStart w:name="z325" w:id="397"/>
+    <w:bookmarkStart w:name="z451" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Справка</w:t>
-[...490 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Списки изученных призывников в Управлении (отделе) по делам обороны (города) __________ района</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Число, месяц, год рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z452" w:id="438"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Степень годности</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="438"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(литер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие курсовой подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата актуализации сведений в ИС МО РК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Воинское звание, фамилия и инициалы, проводившего изучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вывод</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z453" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начальник Управления (отдела) по делам обороны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z454" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (города) __________ района</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z455" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z456" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (воинское звание, подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z457" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z458" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В графе 7 указывается окончание курсов, к примеру: водителя, тракториста-машиниста, электрика, крановщика, сварщика и другие, с соответствующей категорией, классом, уровнем или допуском.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z459" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В графе 10 указывается предварительное распределение призывников по видам и родам войск Вооруженных Сил, а также в другие войска и воинские формирования Республики Казахстан (Пример: Рекомендован в Службу государственной охраны).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z460" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19794,2269 +17756,1047 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2-1</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения призыва граждан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на воинскую службу</w:t>
-[...777 lines deleted...]
-Должность, размер зарплаты (пенсии)</w:t>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на воинскую службу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...245 lines deleted...]
-7</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...1137 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z463" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовое положение призывных комиссий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z464" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z465" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящее Типовое положение призывных комиссий разработано в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил организации и проведения призыва граждан Республики Казахстан на воинскую службу, утвержденных постановлением Правительства Республики Казахстан от 15 мая 2012 года № 620 (далее – постановление).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z466" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Призывная комиссия районов, городов областного значения, областей, городов республиканского значения, столицы (далее – призывная комиссия) – временный коллегиальный орган, создаваемый на период проведения призыва граждан на воинскую службу по решению местных исполнительных органов и образуемый в соответствии с Указом Президента и постановлением Правительства в его реализацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z467" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Призывные комиссии в своей деятельности руководствуются Конституцией Республики Казахстан, законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами Республики Казахстан, а также настоящим Типовым положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z468" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Призывные комиссии организовывают свою работу на принципах открытости, гласности, коллегиальности и беспристрастности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z469" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Состав и порядок формирования призывной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z470" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В состав призывных комиссии входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z471" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) председатель комиссии – заместителя руководителя местного исполнительного органа (акима) района, города областного значения, области, города республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z472" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) членов комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z473" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      начальника местного органа военного управления района, города областного значения, области, города республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z474" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представителя соответствующего территориального подразделения органов внутренних дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z475" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заместителя начальника соответствующего местного органа управления здравоохранением (главного врача) района, города областного значения, области, города республиканского значения, столицы – председателя медицинской комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z476" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      секретаря.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z477" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав призывных комиссий могут также входить и иные представители государственных органов и общественных объединений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z478" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Численный состав призывной комиссии должен быть нечетным. В случае возникновения конфликта интересов, член призывной комиссии обязан заявить самоотвод. При необходимости предусматривается резервный состав призывной комиссии для осуществления замены членов или секретаря комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z479" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В состав областной, города республиканского значения, столицы призывной комиссии включается заместитель руководителя территориального органа Комитета национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z480" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Срок действия призывной комиссии определяется решением местного исполнительного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z481" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Председатель призывной комиссии в пределах своих полномочий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z482" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет общее руководство деятельностью призывной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z483" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      до начала работы призывной комиссии определяет обязанности ее членов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z484" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организует осуществление руководства и контроля за деятельностью районных (городов областного значения) призывных комиссий, проверки правильности предоставления гражданам отсрочки и освобождения от воинской службы, рассмотрения жалоб и обращений граждан (для председателя областной (города республиканского значения или столицы) призывной комиссии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z485" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ….</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z486" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Члены призывной комиссии в пределах своих полномочий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z487" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвуют в заседаниях призывной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z488" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при невозможности участия в заседании извещают об этом секретаря призывной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z489" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изучают материалы и личные дела, представленные на рассмотрение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z490" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвуют в голосовании при принятии решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z491" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случае необходимости представляют замечания и предложения по вопросам, относящимся к компетенции призывной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z492" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвуют в обсуждении и выработке решений по вопросам, вынесенным на рассмотрение призывной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z493" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ….</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z494" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Секретарь призывной комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z495" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формирует повестку дня заседания призывной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z496" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведет и оформляет протокол заседания призывной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z497" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает призывную комиссию документами (материалами) необходимыми для качественной организации работы призывной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z498" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает своевременную подготовку всех необходимых материалов к очередному заседанию призывной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z499" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивает сохранность книги протоколов заседаний призывной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z500" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      …</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z501" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Секретарь призывной комиссии не является ее членом и не имеет права голоса при принятии призывной комиссией решений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z502" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Заседание призывной комиссии проводится в очном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z503" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z504" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящая форма Типового положения не является окончательной, и в нее могут быть внесены необходимые изменения и дополнения, не противоречащие действующему законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z505" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22090,51 +18830,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2-2</w:t>
+              <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -22142,51 +18882,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">на воинскую службу </w:t>
+              <w:t>на воинскую службу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -22213,3003 +18953,697 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z455" w:id="399"/>
+    <w:bookmarkStart w:name="z508" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Лист изучения призывника </w:t>
-[...2445 lines deleted...]
-    <w:bookmarkEnd w:id="418"/>
+        <w:t xml:space="preserve"> Протокол заседания призывной комиссии (города, города областного значения) ________________ района №___ от "___" ________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...14 lines deleted...]
-          <w:bookmarkStart w:name="z529" w:id="419"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="419"/>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О (при его наличии)</w:t>
+ИИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-дата рождения</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="2"/>
+ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-годность</w:t>
+Число, месяц, год рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z509" w:id="491"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-какое учебное заведение окончил (специальность)</w:t>
+Жалобы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="491"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на состояние здоровья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-состав семьи (отец, мать)</w:t>
+Заключение медицинского освидетельствования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-У(О)ДО </w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Решение призывной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...37 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-при приписке</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-при призыве</w:t>
-[...40 lines deleted...]
-          <w:p/>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -25430,380 +19864,1329 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z555" w:id="420"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z510" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Всего на "__" _________ 20 ___ года подлежало рассмотрению ___ чел., рассмотрено ___чел., из них принято решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z511" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Подлежит призыву на воинскую службу" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z512" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Предоставить отсрочку от призыва на воинскую службу" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z513" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Освободить от призыва на воинскую службу" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z514" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Освободить от исполнения воинской обязанности" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z515" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Направить на дополнительное обследование" - ___ чел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z516" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "Отменить решение №___ от "____" _____________ 20__г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z517" w:id="499"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Председатель комиссии __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Заместитель председателя комиссии __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Члены комиссии: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Секретарь комиссии __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z518" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Данный документ согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об электронном документе и электронной цифровой подписи" равнозначен подписанному документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z519" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2984500" cy="1600200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2984500" cy="1600200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z520" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z521" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Протокол заседания ведется секретарем комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z522" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В графе 7 производятся записи, предусмотренные пунктом 19 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z523" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В протокол заседания заносятся призывники, рассмотренные призывной комиссией в течение дня, в том числе направленные на дополнительное обследование. Возвратившиеся с обследования призывники записываются повторно в день, принятия призывной комиссией окончательного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z524" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В графе 8 вносится запись по отмененным решениям следующего содержания: "Решение отменено, ссылка на протокол".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z525" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z526" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения призыва граждан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на воинскую службу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Учтена по описи №____ 20 ___ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z530" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Книга протоколов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>призывной комиссии (города областного значения) ________________ района</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z531" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начата: ___ _________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z532" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Окончена: ___ _________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z556" w:id="421"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="421"/>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z557" w:id="422"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-предназначен</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="422"/>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(род войск)</w:t>
+ФИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-отношение к религиозным организациям</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Число, месяц, год рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z533" w:id="512"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-результаты психологического изучения</w:t>
+Жалобы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="512"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на состояние здоровья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О (при наличии) изучающего</w:t>
+Заключение медицинского освидетельствования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-дата изучения</w:t>
-[...35 lines deleted...]
-вывод</w:t>
+Решение призывной комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25827,50 +21210,385 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Протокол № __ от "__"__________ 20___ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -26062,123 +21780,551 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z575" w:id="423"/>
-[...24 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkStart w:name="z534" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Всего на "__" _________ 20 ___ года подлежало рассмотрению ___ чел., рассмотрено ___чел., из них принято решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z535" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Подлежит призыву на воинскую службу" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z536" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Предоставить отсрочку от призыва на воинскую службу" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z537" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Освободить от призыва на воинскую службу" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z538" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Освободить от исполнения воинской обязанности" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z539" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Направить на дополнительное обследование" - ___ чел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z540" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "Отменить решение №___ от "____" _____________ 20__г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z541" w:id="520"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Председатель комиссии _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Заместитель председателя комиссии _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Члены комиссии: _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Секретарь комиссии _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z542" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...43 lines deleted...]
-    </w:p>
+      Примечание: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z543" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Книга протоколов призывной комиссии подлежит регистрации в установленном порядке в служебном делопроизводстве местного органа военного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z544" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Записи в книге протоколов производятся секретарем комиссии. Все записи производятся чернилами синего цвета, разборчиво и аккуратно. Не допускаются подчистки и свободные места между записями. В случаях допущения ошибок при заполнении, вся запись о рассматриваемом гражданине зачеркивается и вносится заново, о чем производится оговорка снизу листа книги протокола, подписывается начальником местного органа военного управления и заверяется гербовой печатью. В графе 7 производятся записи, предусмотренные пунктом 19 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z545" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В книгу протоколов заносятся призывники, рассмотренные призывной комиссией в течение дня, в том числе направленные на дополнительное обследование. Возвратившиеся с обследования призывники записываются повторно в день, принятия призывной комиссией окончательного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z546" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В графе 8 вносится запись по отмененным решениям следующего содержания: "Решение отменено, см. протокол № __ от "__" _____________ 20 __ г.". При этом, в числителе номера протокола указывается номер протокола, в знаменателе – порядковый номер в протоколе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z547" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="526"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26212,51 +22358,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 7</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -26265,327 +22411,1856 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на воинскую службу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z550" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Протокол заседания призывной комиссии (города) ________________ области</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>№___ от "___" ________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="527"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Число, месяц, год рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z551" w:id="528"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалобы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="528"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на состояние здоровья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заключение медицинского освидетельствования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Какая районная (города областного значения) призывная комиссия направила решение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Решение призывной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Протокол № __ от "__"__________ 20___ года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z552" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Всего на "__" _________ 20 ___ года подлежало рассмотрению ___ чел., рассмотрено ___чел., из них принято решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z553" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Подлежит призыву на воинскую службу" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z554" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Предоставить отсрочку от призыва на воинскую службу" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z555" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Освободить от призыва на воинскую службу" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z556" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Освободить от исполнения воинской обязанности" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z557" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Направить на дополнительное обследование" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z558" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "Отменить решение призывной комиссии (города) ____________ района" - ___ чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z559" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) "Отменить решение №___ от "____" _____________ 20__г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z560" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Всего из рассмотренных подтверждено ____ решений районных (городов областного значения) призывных комиссий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z561" w:id="538"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Председатель комиссии __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Заместитель председателя комиссии __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Члены комиссии: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Секретарь комиссии __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z562" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 – в редакции постановления Правительства РК от 01.09.2022 </w:t>
-[...134 lines deleted...]
-    <w:bookmarkStart w:name="z713" w:id="428"/>
+      Данный документ согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об электронном документе и электронной цифровой подписи" равнозначен подписанному документу на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z563" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
-      <w:r>
-[...70 lines deleted...]
-    <w:bookmarkEnd w:id="431"/>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2984500" cy="1600200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2984500" cy="1600200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z564" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Примечание: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z565" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Протокол заседания ведется секретарем комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z566" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В графе 7 производятся записи, предусмотренные пунктом 19 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z567" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В протокол заседания заносятся призывники, рассмотренные призывной комиссией в течение дня, в том числе направленные на дополнительное обследование. Возвратившиеся с обследования призывники записываются повторно в день, принятия призывной комиссией окончательного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z568" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В графе 8 вносится запись по отмененным решениям следующего содержания: "Решение отменено, ссылка на протокол".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z569" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26619,51 +24294,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение 8</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -26672,181 +24347,7463 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на воинскую службу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkStart w:name="z329" w:id="432"/>
+    <w:bookmarkStart w:name="z572" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учтена по описи №____ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z573" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Книга протоколов районной (городской, города областного</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Книга протоколов призывной комиссии (города) ________________ области</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z574" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начата: ___ _________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z575" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Окончена: ___ _________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Число, месяц, год рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z576" w:id="551"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалобы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="551"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на состояние здоровья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заключение медицинского освидетельствования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Какая районная (города областного значения) призывная комиссия направила, решение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Решение призывной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z577" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Всего на "__" _________ 20 ___ года подлежало рассмотрению ___ чел., рассмотрено ___чел., из них принято решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z578" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Подлежит призыву на воинскую службу" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z579" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Предоставить отсрочку от призыва на воинскую службу" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z580" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Освободить от призыва на воинскую службу" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z581" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Освободить от исполнения воинской обязанности" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z582" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Направить на дополнительное обследование" - ___ чел.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z583" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "Отменить решение призывной комиссии (города) ____________ района" - ___ чел.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z584" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) "Отменить решение №___ от "____" _____________ 20__г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z585" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Всего из рассмотренных подтверждено ____ решений районных (городов областного значения) призывных комиссий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z586" w:id="561"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Председатель комиссии _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Заместитель председателя комиссии __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Члены комиссии: _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Секретарь комиссии _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z587" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Примечание: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z588" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Книга протоколов призывной комиссии подлежит регистрации в установленном порядке в служебном делопроизводстве местного органа военного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z589" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Записи в книге протоколов производятся секретарем комиссии. Все записи производятся чернилами синего цвета, разборчиво и аккуратно. Не допускаются подчистки и свободные места между записями. В случаях допущения ошибок при заполнении, вся запись о рассматриваемом гражданине зачеркивается и вносится заново, о чем производится оговорка снизу листа книги протокола, подписывается начальником местного органа военного управления и заверяется гербовой печатью. В графе 8 производятся записи, предусмотренные пунктом 31 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z590" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В книгу протоколов заносятся призывники, рассмотренные призывной комиссией в течение дня, в том числе направленные на дополнительное обследование. Возвратившиеся с обследования призывники записываются повторно в день, принятия призывной комиссией окончательного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z591" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В графе 9 вносится запись по отмененным решениям следующего содержания: "Решение отменено, см. протокол № __ от "__" __________ 20 __ г.". При этом, в числителе номера протокола указывается номер протокола, в знаменателе – порядковый номер в протоколе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z592" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 9</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения призыва граждан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на воинскую службу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z595" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>значения) призывной комиссии</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Именной список граждан, подлежащих призыву на срочную воинскую службу, направленных на сборный пункт Управлением (отделом) по делам обороны _________________ района (города)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Число, месяц, год рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Национальность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие курсовой подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие спортивных разрядов, вид спорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z596" w:id="569"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Степень годности</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="569"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(литер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предназначен в воинскую команду (номер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Решение областной (города республиканского значения, столицы) призывной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z597" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начальник Управления (отдела) по делам обороны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z598" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (города) __________ района</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z599" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z600" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (воинское звание, подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z601" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z602" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В графе 8 указывается окончание курсов, к примеру: водителя, тракториста-машиниста, электрика, крановщика, сварщика и другие, с соответствующей категорией, классом, уровнем или допуском.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z603" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Графа 12 заполняется на сборном пункте после принятия в отношении гражданина решения, предусмотренного пунктом 31 Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z604" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Графа 13 заполняется на сборном пункте по гражданам, призванным на срочную воинскую службу и отправленным к месту прохождения воинской службы с внесением следующих сведений: номер и дата приказа начальника департамента по делам обороны, в какую воинскую часть (учреждение) призван либо причина возврата в управление (отдел) по делам обороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z605" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения призыва граждан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на воинскую службу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z608" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>___________________ района (города)</w:t>
-[...2 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve"> Лист беседы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z609" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИИН _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z610" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ФИО _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z611" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Число, месяц, год рождения _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вопросы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ответы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Какое учебное заведение закончили? Когда закончили и по какой специальности?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место Вашей работы и занимаемая должность, трудовой стаж?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ваше семейное положение и есть ли дети?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проживаете в полной семье и сколько у Вас братьев и сестер?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вы или Ваши близкие родственники привлекались ли к уголовной ответственности? Если да, то кто и по какой статье?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вы или Ваши близкие родственники совершали попытки к суициду или суицид (близкие родственники)? Если да, то кто, когда, и при каких обстоятельствах?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z612" w:id="583"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Какие курсы Вы заканчивали? Имеется свидетельство или удостоверение об окончании курсов и по какой специальности или категории?</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="583"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(к примеру: водитель, сварщик, крановщик, тракторист-машинист, электрик и другие)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проходили ли Вы начальную военную подготовку?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Состояли в каком-либо военно-патриотическом клубе?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Являетесь ли Вы членом политической или молодежной организации, не зарегистрированных в установленном порядке, общественных объединений и нетрадиционных религиозных течений?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Имеете ли Вы государственные награды или нагрудные знаки?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Какие спортивные разряды имеете и по какому виду спорта?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Какими иностранными языками владеете?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В каком виде или роде войск хотели бы пройти срочную воинскую службу?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Планируете ли Вы в дальнейшем продолжить воинскую службу по контракту?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оборотная сторона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Планируете ли Вы поступить в военные или специальные учебные заведения?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Планируете ли Вы после службы устроиться в правоохранительные или специальные государственные органы?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Имеете ли Вы действующий кредит или ипотеку?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Планируете ли Вы после службы поступить в учебные заведения на грант?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z613" w:id="584"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Знаете ли Вы о льготах которые предоставляются гражданину после прохождения срочной воинской службы?</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="584"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Примечание.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Граждане, выслужившие установленный срок срочной воинской службы, имеют право:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) поступить в военные, специальные учебные заведения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) поступить на грант в высшее учебное заведение и колледжи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) поступить в организации высшего и (или) послевузовского образования без учета результатов единого национального тестирования и экзаменов на платной основе в течение двух лет со дня увольнения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) на прекращение обязанности по отработке, связанной с обучением на основе государственного образовательного заказа или гранта.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) кредитные каникулы по договорам банковского займа или микрокредита на период службы и шестьдесят дней после его окончания.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) на сохранение на период службы место работы (должность).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По какой причине Вы отказались от предоставленной отсрочки? (вопрос для призывников, отказавшихся от предоставленной отсрочки)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z621" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...39 lines deleted...]
-    </w:p>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вывод:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z622" w:id="586"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Зачислить в воинскую команду. / Отказать в зачислении в воинскую команду по</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(не нужное зачеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       причинам: _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (указываются объективные (имеющие законные основания) причины отказа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Представитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       войсковой части (учреждения) ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (номер войсковой части или наименование учреждения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (воинское звание, подпись, инициал, фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Подпись призывника об ознакомлении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       с результатами беседы: ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись, инициал, фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Место проведения беседы ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Дата проведения беседы "____" _________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z623" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 11</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения призыва граждан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на воинскую службу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z626" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Именной список граждан, призванных на срочную воинскую службу приказом начальника Департамента по делам обороны (города) ____________________ (области) №____ от "___" ___________ 20____ года и направленных в воинскую часть (учреждение) _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -26863,519 +31820,267 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...1 lines deleted...]
-          </w:p>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-п/п</w:t>
+ФИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия,</w:t>
-[...1 lines deleted...]
-          </w:p>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-имя,</w:t>
-[...1 lines deleted...]
-          </w:p>
+Число, месяц, год рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-отчество</w:t>
+Национальность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Год</w:t>
-[...1 lines deleted...]
-          </w:p>
+Образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-рождения</w:t>
-[...323 lines deleted...]
-Примечание</w:t>
+Каким управлением (отделом по делам обороны направлен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27599,83 +32304,270 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -27865,8560 +32757,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...8508 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z627" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приложение: выписки из карт профилактических прививок формы № 065/у; учетно-послужные карты; медицинские книжки; результаты психологического изучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -36433,710 +32835,1254 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...1 lines deleted...]
-          </w:p>
+Военные билеты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-п/п</w:t>
+Выписки из карт профилактических прививок формы № 065/у</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя,</w:t>
-[...1 lines deleted...]
-          </w:p>
+Учетно-послужные карты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-отчество</w:t>
+Медицинские книжки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Год</w:t>
-[...215 lines deleted...]
-возвращения</w:t>
+Результаты психологического изучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-        <w:t>
+    <w:bookmarkStart w:name="z628" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (указывается количество документов)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z629" w:id="591"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Передал представителю воинской части (учреждения)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="591"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
-      </w:r>
-[...124 lines deleted...]
-    </w:p>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(воинское звание, фамилия и инициалы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>граждан, призванных на срочную воинскую службу в количестве ____ человек, документы к ним (согласно приложению) и индивидуальный рацион питания в полном объеме.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель начальника Департамента по делам обороны (ведающего вопросами призывной работы) – начальник управления</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(воинское звание, подпись, инициал, фамилия)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z635" w:id="592"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Принял согласно доверенности №______ от ________ 20__ г., выданной ______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="592"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(должность, наименование воинской части (учреждения), воинское звание, фамилия и инициалы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>граждан, призванных на срочную воинскую службу в количестве ___ человек, документы к ним (согласно приложению) и индивидуальный рацион питания в полном объеме, претензий не имею.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Представитель войсковой части (учреждения):</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(воинское звание, подпись,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инициал, фамилия)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z642" w:id="593"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начальник департамента по делам обороны</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="593"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(области, города республиканского</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>значения, столицы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>М.П. ____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(воинское звание, подпись,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инициал, фамилия)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z648" w:id="594"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Командир (начальник)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="594"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>войсковой части (учреждения)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(номер воинской части или</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование учреждения)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>М.П. ____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(воинское звание, подпись,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+инициал, фамилия)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z655" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="595"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -37170,51 +34116,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 7</w:t>
+              <w:t>Приложение 12</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -37223,379 +34169,374 @@
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на воинскую службу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...316 lines deleted...]
-    </w:p>
+      <w:bookmarkStart w:name="z658" w:id="596"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Угловой штамп</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>воинской части (учреждения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z659" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z660" w:id="598"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Настоящая справка подтверждает, что военнослужащий_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (воинское звание, фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действительно проходит срочную воинскую службу в войсковой части (учреждении)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Призван на срочную воинскую службу приказом начальника Департамента по делам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обороны __________________области (города) №____ от "____" __________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z661" w:id="599"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Командир (начальник) войсковой части (учреждения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z662" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (воинское звание, подпись, инициал, фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z663" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -37629,1582 +34570,385 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 8</w:t>
+              <w:t>Приложение 13</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам организации и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>проведения призыва граждан на</w:t>
+              <w:t>проведения призыва граждан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>воинскую службу</w:t>
-[...858 lines deleted...]
-отправлен</w:t>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на воинскую службу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...543 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z666" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...65 lines deleted...]
-    </w:p>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Согласие на сбор, обработку и передачу персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z667" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИИН _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z668" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ФИО _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z669" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Число, месяц, год рождения _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z670" w:id="606"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Я, _______________________________________________________ даю свое согласие</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z671" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на сбор, обработку и передачу моих персональных данных в государственные органы и организации для реализации моих законных прав и интересов, предусмотренных Законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z672" w:id="608"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________ __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           (фамилия, инициалы)            (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z673" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "___" ____________ 20___ г. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z674" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -39238,51 +34982,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 9</w:t>
+              <w:t>Приложение 14</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения призыва граждан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на воинскую службу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -39303,256 +35099,2853 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам организации и</w:t>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z677" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лист беседы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z678" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИИН _________________________ Воинское звание________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z679" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ФИО _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z680" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Число, месяц, год рождения _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вопросы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ответы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...54 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Какое учебное заведение закончили? Когда закончили и по какой специальности?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...54 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место Вашей работы и занимаемая должность, трудовой стаж?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...54 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ваше семейное положение и есть ли дети?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проживаете в полной семье и сколько у Вас братьев и сестер?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вы или Ваши близкие родственники привлекались ли к уголовной ответственности? Если да, то кто и по какой статье?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вы или Ваши близкие родственники совершали попытки к суициду или суицид (близкие родственники)? Если да, то кто, когда, и при каких обстоятельствах?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z681" w:id="615"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Какие курсы Вы заканчивали? Имеется свидетельство или удостоверение об окончании курсов и по какой специальности или категории?</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="615"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(к примеру: водитель, сварщик, крановщик, тракторист-машинист, электрик и другие)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Какую военную кафедру заканчивали и в каком году?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Состояли в каком-либо военно-патриотическом клубе?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Являетесь ли Вы членом политической или молодежной организации, не зарегистрированных в установленном порядке, общественных объединений и нетрадиционных религиозных течений?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Имеете ли Вы государственные награды или нагрудные знаки?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Какие спортивные разряды имеете и по какому виду спорта?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Какими иностранными языками владеете?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В каком виде или роде войск хотели бы пройти воинскую службу?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оборотная сторона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Планируете ли Вы в дальнейшем продолжить воинскую службу по контракту?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Планируете ли Вы поступить в военные или специальные учебные заведения?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Планируете ли Вы после службы устроиться в правоохранительные или специальные государственные органы?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Имеете ли Вы действующий кредит или ипотеку?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z682" w:id="616"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Знаете ли Вы о льготах которые предоставляются гражданину после прохождения воинской службы?</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="616"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Примечание.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Граждане, выслужившие установленный срок воинской службы по призыву, имеют право:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) поступить в организации высшего и (или) послевузовского образования без учета результатов единого национального тестирования и экзаменов на платной основе в течение двух лет со дня увольнения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) на прекращение обязанности по отработке, связанной с обучением на основе государственного образовательного заказа или гранта.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) на сохранение на период службы место работы (должность).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По какой причине Вы отказались от предоставленной отсрочки? (вопрос для офицеров запаса, отказавшихся от предоставленной отсрочки)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z687" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z688" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (должность проводившего беседу)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z689" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z690" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (воинское звание, подпись, инициал, фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z691" w:id="621"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Подпись офицера запаса об ознакомлении</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с результатами беседы: ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (подпись, инициал, фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Место проведения беседы ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Дата проведения беседы "____" _________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z692" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
@@ -39563,346 +37956,2087 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Приложение 15</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения призыва граждан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на воинскую службу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z701" w:id="471"/>
+    <w:bookmarkStart w:name="z695" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сведения с места службы военнослужащего</w:t>
-[...182 lines deleted...]
-    <w:bookmarkEnd w:id="478"/>
+        <w:t xml:space="preserve"> Именной список военнообязанных, призванных на воинские сборы и направленных Департаментом (управлением, отделом) по делам обороны _____________________ области (города, района) в войсковую часть (учреждение) ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="623"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Число, месяц, год рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Национальность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие курсовой подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие спортивных разрядов, вид спорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Воинское звание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Военно-учетная специальность по учету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По какой военно-учетной специальности направлен на подготовку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат медицинского освидетельствования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z696" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начальник Департамента (управления, отдела по делам обороны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z697" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (города) _____________________ области (района)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z698" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z699" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (воинское звание, подпись, инициал и фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z700" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z701" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В графе 8 указывается окончание курсов, к примеру: водителя, тракториста-машиниста, электрика, крановщика, сварщика и другие, с соответствующей категорией, классом, уровнем или допуском.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z702" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В графе 13 указывается литер степени годности, регистрационный номер и дата учета в служебном делопроизводстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z703" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -40224,35 +40358,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>