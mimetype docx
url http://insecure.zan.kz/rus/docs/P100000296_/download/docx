--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="16fc493" w14:textId="16fc493">
+    <w:p w14:paraId="be1678b" w14:textId="be1678b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -593,693 +593,513 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила проведения мониторинга состояния продовольственной безопасности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции постановления Правительства РК от 22.05.2023 </w:t>
+      Сноска. Правила - в редакции постановления Правительства РК от 13.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 391</w:t>
+        <w:t>№ 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z33" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила проведения мониторинга состояния продовольственной безопасности (далее – Правила) разработаны в соответствии с подпунктом 3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий" (далее – Закон) и определяют порядок проведения мониторинга состояния продовольственной безопасности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мониторинг состояния продовольственной безопасности проводится в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 19-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона в отношении:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объема производства продовольственных товаров, их товародвижения и наличия запасов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      2) цен на социально значимые продовольственные товары.</w:t>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) цен на социально значимые продовольственные товары в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 117 Предпринимательского кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мониторинг состояния продовольственной безопасности проводится с учетом направлений, указанных в пункте 2 настоящих Правил, по перечню показателей мониторинга состояния продовольственной безопасности (далее – перечень показателей) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
-[...15 lines deleted...]
-      Перечень показателей отражает направления мониторинга состояния продовольственной безопасности, предусмотренные пунктом 2 настоящих Правил в отношении:</w:t>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Расчет показателя 1 в части обеспеченности внутренним производством в разрезе социально значимых продовольственных товаров осуществляется уполномоченным органом в области развития агропромышленного комплекса (далее – уполномоченный орган), а в части товарного баланса в разрезе социально значимых продовольственных товаров – уполномоченным органом в области регулирования торговой деятельности, показателей 2, 3 – по методологиям ведомства уполномоченного органа в области государственной статистики, 4 – осуществляется путем суммирования запасов основных продовольственных товаров в сельскохозяйственных предприятиях, крестьянских или фермерских хозяйствах, хлебоприемных пунктах и элеваторах, торговых точках, региональных стабилизационных фондах продовольственных товаров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
-[...15 lines deleted...]
-      1) показателя 1 – объема производства продовольственных товаров;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В соответствии с пунктом 4 настоящих Правил:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
-[...15 lines deleted...]
-      2) с 2 по 18 – товародвижения продовольственных товаров;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) расчет показателя 1 в части обеспеченности внутренним производством в разрезе социально значимых продовольственных товаров ведет уполномоченный орган, а в части товарного баланса в разрезе социально значимых продовольственных товаров – уполномоченный орган в области регулирования торговой деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
-[...15 lines deleted...]
-      3) с 19 по 23 – цен на социально значимые продовольственные товары;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) расчет показателей 2, 3 ведет ведомство уполномоченного органа в области государственной статистики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
-[...15 lines deleted...]
-      4) 24 – наличия запасов продовольственных товаров.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) расчет показателя 4 ведут местные исполнительные органы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
-[...15 lines deleted...]
-      4. Расчет показателей с 1 по 16, 18, 19, 21 осуществляется по методологии Продовольственной и сельскохозяйственной организации Организации Объединенных Наций (далее – ФАО ООН), показателя 17 – уполномоченным органом в области регулирования торговой деятельности в результате формирования товарного баланса социально значимых продовольственных товаров, показателей 20, 22, 23 – по методологиям ведомства уполномоченного органа в области государственной статистики, показателя 24 – путем суммирования остатков продовольственных товаров в сельскохозяйственных предприятиях, крестьянских или фермерских хозяйствах, хлебоприемных пунктах и элеваторах, торговых точках, региональных стабилизационных фондах продовольственных товаров.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Уполномоченный орган ежегодно по итогам года до конца третьего квартала размещает на своем интернет-ресурсе данные: по показателям 2, 3 – на основании имеющейся официальной статистической информации ведомства уполномоченного органа в области государственной статистики, по показателю 1 – в части обеспеченности внутренним производством в разрезе социально значимых продовольственных товаров на основании данных уполномоченного органа, а в части товарного баланса в разрезе социально значимых продовольственных товаров – на основании данных уполномоченного органа в области регулирования торговой деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
-[...15 lines deleted...]
-      5. В соответствии с пунктом 4 настоящих Правил:</w:t>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уполномоченный орган в области государственной статистики ежегодно, по итогам предыдущего года, не позднее чем за 15 календарных дней до конца третьего квартала, представляет в уполномоченный орган информацию или информирует ссылкой о публикации в открытых источниках по показателям 2 и 3. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
-[...15 lines deleted...]
-      1) расчет показателя 1 ведет уполномоченный орган в области развития агропромышленного комплекса (далее – уполномоченный орган);</w:t>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местные исполнительные органы районного уровня осуществляют сбор данных показателя 4 у сельскохозяйственных предприятий, крестьянских или фермерских хозяйств, хлебоприемных пунктов и элеваторов, торговых точек и ежегодно, по итогам года за 15 календарных дней до конца третьего квартала, представляют их в местные исполнительные органы областного уровня.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
-[...15 lines deleted...]
-      2) расчет показателей 2, 3 ведет ведомство уполномоченного органа в области государственной статистики на основании данных уполномоченного органа по автомобильным дорогам;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местные исполнительные органы областного уровня представляют информацию об объеме запасов основных продовольственных товаров в области (столице, городе республиканского значения) за 10 календарных дней до конца третьего квартала в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
-[...15 lines deleted...]
-      3) расчет показателей 4, 5, 6, 7, 8, 9, 10, 18, 19, 20, 21, 22, 23 ведет ведомство уполномоченного органа в области государственной статистики;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мониторинг состояния продовольственной безопасности проводится уполномоченным органом на основе данных местных исполнительных органов, уполномоченного органа в области регулирования торговой деятельности и уполномоченного органа, осуществляющего руководство государственной статистикой, в том числе в режиме реального времени.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
-[...15 lines deleted...]
-      4) расчет показателей с 11 по 15 ведет уполномоченный орган на основании данных уполномоченного органа в области охраны здоровья граждан;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Уполномоченный орган ежегодно до конца третьего квартала после опубликования ведомством уполномоченного органа в области государственной статистики на своих интернет-ресурсах данных по перечню показателей, а также представления данных о наличии запасов продовольственных товаров местными исполнительными органами проводит мониторинг состояния продовольственной безопасности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
-[...15 lines deleted...]
-      5) расчет показателя 16 ведет уполномоченный орган на основании данных уполномоченного органа в области коммунального хозяйства;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. На основе мониторинга состояния продовольственной безопасности уполномоченный орган ежегодно, до конца третьего квартала, формирует государственные электронные информационные ресурсы в области продовольственной безопасности посредством размещения их на своем интернет-ресурсе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
-[...15 lines deleted...]
-      6) расчет показателя 17 ведет уполномоченный орган в области регулирования торговой деятельности;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1352,144 +1172,145 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мониторинга состояния</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>продовольственной безопасности</w:t>
+              <w:t>продовольственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>безопасности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень показателей мониторинга состояния продовольственной безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z35" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№ п/п</w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1505,80 +1326,68 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1</w:t>
+1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1594,2175 +1403,364 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1.</w:t>
+1.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля пахотных земель, пригодных для орошения, от общей площади пашни, %</w:t>
+Обеспеченность внутренним производством в разрезе социально значимых продовольственных товаров по итогам сформированного товарного баланса, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z44" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2.</w:t>
+2.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Доля протяженности дорог с твердым покрытием от общей протяженности дорог, % от всех дорог</w:t>
+Индекс цен предприятий-производителей на продукты питания, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z47" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>3.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Плотность автодорог на 100 квадратных километров площади</w:t>
+Индекс цен на социально значимые продовольственные товары, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>4.</w:t>
+4.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Плотность железных дорог на 100 квадратных километров площади</w:t>
-[...1779 lines deleted...]
-Объем остатков продовольственных товаров, тонн</w:t>
+Объем запасов основных продовольственных товаров, тонн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3794,55 +1792,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>