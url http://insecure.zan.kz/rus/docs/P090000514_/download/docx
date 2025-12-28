--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="88066ef" w14:textId="88066ef">
+    <w:p w14:paraId="a5d1111" w14:textId="a5d1111">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -786,2098 +786,2516 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила регулирования цен (тарифов) на услуги предоставления линий и каналов связи, каналов в кабельной канализации и площадей, необходимых для размещения технических средств для нужд уполномоченных государственных органов, Службы государственной охраны (за исключением нужд президентской связи), органов военного управления, национальной безопасности и внутренних дел Республики Казахстан, а также оператора информационно-коммуникационной инфраструктуры "электронного правительства" (далее – Правила), разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Законом</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "О связи".</w:t>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 23 Закона Республики Казахстан "О связи".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 21.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правительства РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1053</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       2. Настоящие Правила определяют порядок регулирования цен (тарифов) на услуги предоставления линий и каналов связи, каналов в кабельной канализации и площадей, необходимых для размещения технических средств (далее – услуги) для нужд уполномоченных государственных органов, Службы государственной охраны (за исключением нужд президентской связи), органов военного управления, национальной безопасности и внутренних дел Республики Казахстан, а также оператора информационно-коммуникационной инфраструктуры "электронного правительства", определенных в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правительства РК от 21.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
-[...25 lines deleted...]
-        <w:t>приложением 1</w:t>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       3. Правила распространяются на операторов связи (далее - Оператор), оказывающих услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правительства РК от 21.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. В пункт 3 внесены изменения на казахском языке, текст на русском языке не меняется, в соответствии с постановлением Правительства РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1053</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z101" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) регулируемая база активов – стоимость активов, находящихся в собственности или на иных законных основаниях, отражаемых в бухгалтерском балансе Оператора и используемых при оказании услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z102" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) раздельный учет – система сбора и обобщения информации о доходах, затратах и задействованных активах раздельно по каждому виду услуг, основанная на первичных документах, используемых для ведения бухгалтерского и управленческого учета, обеспечивающая необходимый уровень детализации для разделения доходов, затрат и задействованных активов по направлениям деятельности и видам услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z103" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Оператор – юридическое или физическое лицо, оказывающее в соответствии с законодательством Республики Казахстан услуги по предоставлению линий и каналов связи, каналов в кабельной канализации и площадей, необходимых для размещения технических средств для нужд государственных органов и организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z104" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уполномоченный орган – центральный исполнительный орган, определяемый Правительством Республики Казахстан, осуществляющий реализацию государственной политики в области связи, государственный контроль, координацию и регулирование деятельности лиц, предоставляющих услуги в области связи или пользующихся ими;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z105" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оператор информационно-коммуникационной инфраструктуры "электронного правительства" – юридическое лицо, определяемое Правительством Республики Казахстан, на которое возложено обеспечение функционирования закрепленной за ним информационно-коммуникационной инфраструктуры "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z106" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иные понятия и термины, используемые в настоящих Правилах, применяются в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции постановления Правительства РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1053</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2. Порядок формирования цен (тарифов) на услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Формирование цен (тарифов) на услуги Оператора осуществляется на основании раздельного учета доходов, затрат и задействованных активов (далее - раздельный учет) по каждому виду услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Цены (тарифы) на услуги формируются в размерах единиц тарификации, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>утвержденных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченным органом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. При формировании цен (тарифов) на услуги Оператора учитываются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) материальные расходы, входящие в себестоимость; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) расходы по оплате труда персонала, в соответствии с трудовым </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) амортизационные отчисления основных средств и нематериальных активов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) расходы на выплату вознаграждения за заемные средства при реализации инвестиционного проекта или на приобретение активов, задействованных в оказании Оператором услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае отсутствия инвестиционного проекта при - наличии документов, подтверждающих условия финансирования потенциальных поставщиков услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. В ценах (тарифах) на услуги учитываются средства, необходимые для функционирования и развития Оператора в пределах ставки прибыли на регулируемую базу активов, задействованных при оказании услуг в порядке, установленном действующим законодательством . </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. При формировании цен (тарифов) на услуги Оператора не учитываются следующие расходы: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) амортизационные отчисления основных средств, не используемых при оказании услуг; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) платежи за сверхнормативные выбросы (сбросы) загрязняющих веществ; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) безнадежные долги; штрафы, пени, неустойка и другие виды санкций за нарушение условий хозяйственных договоров, судебные издержки; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) штрафы и пени за сокрытие (занижение) дохода; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) убытки от хищений; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) на содержание не задействованных в производстве обслуживающих хозяйств и участков (бесплатное предоставление помещений, оплата стоимости коммунальных услуг организациям общественного питания и так далее); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) на содержание объектов здравоохранения, детских дошкольных организаций, учебных заведений, за исключением профессионально-технических училищ; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) на содержание оздоровительных лагерей, объектов культуры и спорта, жилого фонда; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) на погашение займов, полученных работниками организации на улучшение жилищных условий, приобретение садовых домиков и обзаведение домашним хозяйством; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) на проведение культурно-просветительных, оздоровительных и спортивных мероприятий (проведение вечеров отдыха, концертов и других); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) на благоустройство садовых товариществ (строительство дорог, энерго- и водоснабжение, осуществление других аналогичных расходов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) на оказание спонсорской помощи; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) на потери от брака; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) на приобретение, аренду и содержание квартир, жилых зданий и сооружений, мест в общежитиях и гостиницах, за исключением вахтовой организации производства; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) на приобретение подарков на юбилейные даты или выдаваемые в виде поощрения работникам; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16) на сверхнормативные технические и коммерческие потери, порчу и недостачи товарно-материальных ценностей и запасы на складах, другие непроизводительные расходы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17) не относящиеся непосредственно к предоставлению услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок рассмотрения и введения в действие цен (тарифов) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Операторы для согласования повышения цен (тарифов) или согласования цен (тарифов) на вновь вводимые услуги направляют в уполномоченный орган уведомление (заявку) в письменном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 9 внесены изменения на казахском языке, текст на русском языке не меняется, в соответствии с постановлением Правительства РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1053</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. К уведомлению (заявке) прилагаются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) документы, подтверждающие причины повышения (копии соответствующих договоров, подтверждающие повышение стоимости сырья, материалов, услуг); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) проект цен (тарифов) по каждой услуге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z46" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) бухгалтерский баланс; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z47" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) отчет о результатах финансово-хозяйственной деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z48" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) сводные данные о доходах и расходах, применяемые для расчета проекта цен (тарифов) с расшифровками по статьям затрат в целом по организации и отдельно по каждому виду услуг; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z49" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) сведения о применяемых нормах расхода сырья и материалов, нормативной численности персонала; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z50" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) инвестиционные программы, в случае их наличия; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z51" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) годовая смета затрат, направленных на текущий и капитальный ремонты и другие ремонтно-восстановительные работы, не приводящие к росту стоимости основных средств; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z52" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) годовая смета затрат, направленных на проведение капитальных ремонтных работ, приводящих к увеличению стоимости основных средств; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z53" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) расчет амортизационных отчислений на услуги с указанием сроков эксплуатации основных средств; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z54" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) данные раздельного учета затрат и задействованных активов по услугам с необходимыми расчетами; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z55" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) сравнительную таблицу цен (тарифов) на услуги за два предыдущих календарных года; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z56" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) расчет цен (тарифов) на услуги с указанием метода расчета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z57" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. При снижении Оператором цен (тарифов) на услуги Оператор в течение пяти рабочих дней уведомляет в письменном виде уполномоченный орган, с приложением копии соответствующего решения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z58" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Уполномоченный орган в течение десяти рабочих дней со дня получения уведомления (заявки) проверяет полноту предоставленных материалов и в письменном виде уведомляет Оператора о принятии уведомления (заявки) к рассмотрению или об отказе в принятии уведомления (заявки) к рассмотрению с приведением причин отказа. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Причинами отказа в принятии уведомления (заявки) Оператора к рассмотрению являются: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) непредоставление документов, указанных в пункте 10 настоящих Правил; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) предоставление документов, содержащих недостоверную информацию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 с изменением, внесенным постановлением Правительства РК от 21.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
-[...194 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Уведомление (заявка) Оператора рассматриваются уполномоченным органом в течение шестидесяти дней в порядке, установленном настоящими Правилами. Срок рассмотрения проектов цен (тарифов) исчисляется с момента получения уведомления (заявки).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменениями, внесенными постановлением Правительства РК от 23.05.2016 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 299</w:t>
+        <w:t xml:space="preserve">      Сноска. В пункт 13 внесены изменения на казахском языке, текст на русском языке не меняется, в соответствии с постановлением Правительства РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1053</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkStart w:name="z60" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Уполномоченный орган при рассмотрении цен (тарифов) на услуги проводит анализ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z82" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      применяемых Оператором норм расхода сырья, материалов топлива, энергии материальных ресурсов на предоставление единицы услуг и (или) годовых норм материальных ресурсов путем сравнения с соответствующими отраслевыми нормами или нормами, применяемыми операторами, оказывающими аналогичные услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z83" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расходов на оплату труда персонала Оператора путем сравнения с затратами на оплату труда операторов, оказывающих аналогичные услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z84" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      других расходов, оказывающих существенное влияние на увеличение цен (тарифов) на услуги Оператора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции постановления Правительства РК от 21.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При рассмотрении уведомления (заявки) уполномоченный орган проводит сравнительный анализ цен (тарифов) с ценами (тарифами) на аналогичные услуги других операторов, а также самого Оператора для определенных категорий потребителей аналогичных или таких же услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции постановления Правительства РК от 21.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Затраты Оператора при определении цены (тарифа) на услуги не учитываются в случае: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z63" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) предоставления сводных данных раздельного учета (сметы затрат), определяющих цену (тариф) на услуги, без обосновывающих расчетов распределения затрат и других обосновывающих материалов; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z64" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) отсутствия материалов и документов, подтверждающих обоснованность роста определенных затрат по сравнению с предыдущими финансовыми периодами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z65" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. На основании сравнительного анализа и корректировки фактических или планируемых затрат Оператора, связанных с предоставлением услуг, определяется обоснованность цены (тарифа) на услуги Оператора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z66" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. В целях подтверждения обоснованности цены (тарифа) на услуги Оператора уполномоченный орган запрашивает информацию, которая представляется в течение десяти календарных дней со дня получения операторами соответствующего запроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции постановления Правительства РК от 21.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Уполномоченный орган по результатам рассмотрения предлагаемого уровня цен (тарифов) Оператора в соответствии с настоящими Правилами, принимает решение об их согласовании или отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 19 внесены изменения на казахском языке, текст на русском языке не меняется, в соответствии с постановлением Правительства РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1053</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. В случае отсутствия обоснованности предлагаемого Оператором уровня цен (тарифов) уполномоченный орган не позднее срока рассмотрения уведомления (заявки) в соответствии с настоящими Правилами в письменном виде уведомляет Оператора об отказе в согласовании цен (тарифов), с указанием причин отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 20 внесены изменения на казахском языке, текст на русском языке не меняется, в соответствии с постановлением Правительства РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1053</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. В случае согласования цен (тарифов) на услуги уполномоченный орган сообщает об этом Оператору в письменном виде с указанием даты введения в действие цен (тарифов) на соответствующие услуги. Цены (тарифы) Оператора вводятся в действие с даты установленной уполномоченным органом. Введение цен (тарифов) на услуги Оператора без согласования уполномоченного органа не допускается. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z70" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  2. Порядок формирования цен (тарифов) на услуги</w:t>
-[...579 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+        <w:t xml:space="preserve"> 4. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z71" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Операторы в течение девяноста календарных дней со дня введения в действие настоящих Правил, а также впервые предоставляющие услуги, приводят в соответствие с настоящими Правилами цены (тарифы) на услуги и направляют для согласования в уполномоченный орган уведомление (заявку) согласно настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...400 lines deleted...]
-    </w:p>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 22 внесены изменения на казахском языке, текст на русском языке не меняется, в соответствии с постановлением Правительства РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1053</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Оператор несет ответственность за нарушение настоящих Правил в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 12 с изменением, внесенным постановлением Правительства РК от 21.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 352</w:t>
+        <w:t xml:space="preserve">      Сноска. В пункт 23 внесены изменения на казахском языке, текст на русском языке не меняется, в соответствии с постановлением Правительства РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1053</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
-[...542 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3177,206 +3595,206 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инфраструктуры "электронного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>правительства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:bookmarkStart w:name="z85" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных органов и организаций</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции постановления Правительства РК от 21.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:bookmarkStart w:name="z86" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Комитет национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z87" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Министерство обороны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z88" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Министерство внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z89" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Служба государственной охраны Республики Казахстан (за исключением нужд президентской связи).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z90" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Оператор информационно-коммуникационной инфраструктуры "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3676,266 +4094,266 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инфраструктуры "электронного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>правительства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="79"/>
+    <w:bookmarkStart w:name="z92" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень услуг предоставления линий и каналов связи, каналов в кабельной канализации и площадей, необходимых для размещения технических средств для нужд уполномоченных государственных органов, Службы государственной охраны (за исключением нужд президентской связи), органов военного управления, национальной безопасности и внутренних дел Республики Казахстан, а также оператора информационно-коммуникационной инфраструктуры "электронного правительства", подлежащих ценовому регулированию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции постановления Правительства РК от 21.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Предоставление в пользование площадей, необходимых для размещения технических средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z94" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z94" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Предоставление в пользование кабеле-места в канале кабельной канализации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z95" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z95" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Предоставление в аренду мест на антенно-мачтовых сооружениях и опорах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z96" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Предоставление в аренду наземных аналоговых и цифровых междугородных и внутризоновых каналов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z97" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z97" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Предоставление в аренду соединительных линий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z98" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z98" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Предоставление в аренду прямого провода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z99" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z99" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Предоставление в аренду наземных цифровых каналов связи на канальном и (или) сетевом уровне передачи данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z100" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z100" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Предоставление в аренду транспондеров и (или) емкости транспондеров космических аппаратов "KazSat-2", "KazSat-3".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4315,31 +4733,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>