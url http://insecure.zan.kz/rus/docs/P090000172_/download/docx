--- v0 (2025-10-15)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a89a422" w14:textId="a89a422">
+    <w:p w14:paraId="e9126ee" w14:textId="e9126ee">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -170,140 +170,120 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 3-2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 13 Земельного кодекса Республики Казахстан от 20 июня 2003 года и подпунктом 4) </w:t>
+        <w:t xml:space="preserve"> статьи 13 Земельного кодекса Республики Казахстан и подпунктом 4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 7 июля 2006 года "Об особо охраняемых природных территориях" Правительство Республики Казахстан </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об особо охраняемых природных территориях" Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции постановления Правительства РК от 03.09.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 607</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции постановления Правительства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его подписания и подлежит официальному опубликованию).</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -759,92 +739,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 7 июля 2006 года "Об особо охраняемых природных территориях" (далее – Закон) и определяют порядок перевода земель особо охраняемых природных территорий в земли запаса и перевода земель запаса обратно в земли особо охраняемых природных территорий.</w:t>
+        <w:t>
+      1. Настоящие Правила перевода земель особо охраняемых природных территорий в земли запаса и перевода земель запаса обратно в земли особо охраняемых природных территорий (далее – Правила) разработаны в соответствии с подпунктом 3-2) статьи 13 Земельного кодекса Республики Казахстан, подпунктом 4) статьи 7 Закона Республики Казахстан "Об особо охраняемых природных территориях" (далее – Закон) и определяют порядок перевода земель особо охраняемых природных территорий в земли запаса и перевода земель запаса обратно в земли особо охраняемых природных территорий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Перевод земель особо охраняемых природных территорий не допускается, за исключением случаев перевода в земли запаса по решению Правительства Республики Казахстан при наличии положительного заключения государственной экологической экспертизы в порядке, установленном Правительством Республики Казахстан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
@@ -860,513 +800,851 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для строительства, обустройства, функционирования объектов Государственной границы Республики Казахстан и объектов для нужд обороны при отсутствии других вариантов возможного их размещения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) для строительства и функционирования водохозяйственных сооружений, имеющих особое стратегическое значение, при отсутствии других вариантов возможного их размещения и только тех земельных участков, на которых установлен режим ограниченной хозяйственной деятельности;</w:t>
+      2) для строительства и функционирования стратегических водохозяйственных и гидротехнических сооружений, иных защитных сооружений от селевых потоков, снежных лавин, оползней и расширения сети сейсмологических станций при отсутствии других вариантов возможного их размещения и только тех земельных участков, на которых установлен режим ограниченной хозяйственной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) для добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых) в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 84-2 Закона и только тех земельных участков, на которых установлен режим ограниченной хозяйственной деятельности;</w:t>
+      3) для добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых) в соответствии с пунктом 1 статьи 84-2 Закона и только тех земельных участков, на которых установлен режим ограниченной хозяйственной деятельности, за исключением земельных участков, на которых расположены особо охраняемые природные территории, указанные в подпунктах 1), 2), 3), 4), 5), 6) и 7) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и подпунктах 1), 2), 4) и 5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 14 Закона Республики Казахстан "Об особо охраняемых природных территориях";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
-[...15 lines deleted...]
-      4) для строительства инженерной инфраструктуры к объектам туризма (дороги, линии электропередачи, трубопроводы).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) исключен постановлением Правительства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) для эксплуатации объектов организаций здравоохранения и образования, действующих кладбищ, канализационных очистных сооружений, линий электропередачи, расположенных в границах особо охраняемых природных территорий и функционировавших до создания и расширения особо охраняемых природных территорий, без изменения их целевого назначения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом не допускается корректировка функционального зонирования особо охраняемой природной территории с целью установления режима ограниченной хозяйственной деятельности для целей, указанных в подпунктах 2) и 3) пункта 1 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
-[...15 lines deleted...]
-      При этом не допускается корректировка функционального зонирования особо охраняемой природной территории с целью установления режима ограниченной хозяйственной деятельности для целей, указанных в подпунктах 2) и 3) пункта 1 настоящих Правил.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основанием перевода земель особо охраняемых природных территорий в земли запаса для добычи твердых полезных ископаемых в соответствии с подпунктом 3) части второй пункта 1 настоящих Правил является обнаружение на участке недр, расположенном в пределах участка разведки либо геологического отвода по контракту на разведку или лицензии на разведку месторождения твердых полезных ископаемых, ресурсы и запасы которого подтверждены отчҰтом об оценке ресурсов и запасов твердых полезных ископаемых в соответствии с законодательством Республики Казахстан о недрах и недропользовании.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
-[...15 lines deleted...]
-      Основанием перевода земель особо охраняемых природных территорий в земли запаса для добычи твердых полезных ископаемых в соответствии с подпунктом 3) части второй пункта 1 настоящих Правил является обнаружение на участке недр, расположенном в пределах участка разведки либо геологического отвода по контракту на разведку или лицензии на разведку месторождения твердых полезных ископаемых, ресурсы и запасы которого подтверждены отчҰтом об оценке ресурсов и запасов твердых полезных ископаемых в соответствии с законодательством Республики Казахстан о недрах и недропользовании.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При переводе земель особо охраняемых природных территорий в соответствии с подпунктом 3) части второй пункта 1 настоящих Правил для целей добычи твердых полезных ископаемых условиями начала проведения операций по добыче являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
-[...15 lines deleted...]
-      При переводе земель особо охраняемых природных территорий в соответствии с подпунктом 3) части второй пункта 1 настоящих Правил для целей добычи твердых полезных ископаемых условиями начала проведения операций по добыче являются:</w:t>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принятие недропользователем обязательств по компенсационной посадке лесных культур в двухкратном размере от площади переводимого участка по согласованию с уполномоченным органом в области особо охраняемых природных территорий, а также обеспечению восстановления плодородного слоя участка добычи твердых полезных ископаемых по завершении работ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
-[...15 lines deleted...]
-      принятие недропользователем обязательств по компенсационной посадке лесных культур в двухкратном размере от площади переводимого участка по согласованию с уполномоченным органом в области особо охраняемых природных территорий, а также обеспечению восстановления плодородного слоя участка добычи твердых полезных ископаемых по завершении работ;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение оценки экологического воздействия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
-[...15 lines deleted...]
-      проведение оценки экологического воздействия;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие положительного заключения государственной экологической экспертизы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
-[...15 lines deleted...]
-      наличие положительного заключения государственной экологической экспертизы;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведение широких общественных слушаний в соответствующих административно-территориальных пунктах и населенных пунктах размещения особо охраняемых природных территорий с освещением в средствах массовой информации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
-[...15 lines deleted...]
-      проведение широких общественных слушаний в соответствующих административно-территориальных пунктах и населенных пунктах размещения особо охраняемых природных территорий с освещением в средствах массовой информации.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом не допускается передача земельного участка третьим лицам или в залог.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
-[...15 lines deleted...]
-      При этом не допускается передача земельного участка третьим лицам или в залог.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменениями, внесенными постановлением Правительства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
-[...15 lines deleted...]
-      2. В настоящих Правилах используются следующие понятия:</w:t>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) объект Государственной границы Республики Казахстан (далее – объект Государственной границы) – место дислокации подразделений пограничной службы, предназначенное для обустройства и содержания инженерно-технических сооружений и заграждений, пограничных знаков, пограничных просек, коммуникаций и пунктов пропуска через Государственную границу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
-[...15 lines deleted...]
-      1) объект Государственной границы Республики Казахстан (далее – объект Государственной границы) – место дислокации подразделений пограничной службы, предназначенное для обустройства и содержания инженерно-технических сооружений и заграждений, пограничных знаков, пограничных просек, коммуникаций и пунктов пропуска через Государственную границу;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) стратегические водохозяйственные и гидротехнические сооружения – межгосударственные водохозяйственные и гидротехнические сооружения либо водохозяйственные и гидротехнические сооружения, расположенные непосредственно на водных объектах или осуществляющие межбассейновую переброску водных ресурсов, владение и (или) пользование, и (или) распоряжение которыми оказывают влияние на состояние водной безопасности Республики Казахстан и имеют социально-экономическое значение для устойчивого развития государства, населения и окружающей среды, включенные в перечень, утверждаемый Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
-[...15 lines deleted...]
-      2) водохозяйственные сооружения, имеющие особое стратегическое значение, – искусственно созданные гидротехнические сооружения и устройства с целью регулирования использования и охраны водных ресурсов, водоснабжения, водоотведения и устранения вредного воздействия вод, включенные в перечень, утверждаемый Правительством Республики Казахстан, которые находятся в государственной собственности и не могут быть переданы в аренду, доверительное управление и не подлежат отчуждению, за исключением передачи в аренду и доверительное управление без права на отчуждение водохозяйственных сооружений, имеющих особое стратегическое значение, предусмотренные в пункте 2 статьи 25 Водного кодекса Республики Казахстан (далее – водохозяйственные сооружения);</w:t>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) объекты для нужд обороны – здания, сооружения, объекты и другое имущество, необходимое Вооруженным Силам, другим войскам и воинским формированиям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
-[...15 lines deleted...]
-      3) объекты для нужд обороны – здания, сооружения, объекты и другое имущество, необходимое Вооруженным Силам, другим войскам и воинским формированиям;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) твердые полезные ископаемые – природные минеральные образования, органические вещества и их смеси, находящиеся в твердом состоянии в недрах или на земной поверхности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z24" w:id="23"/>
-[...15 lines deleted...]
-      4) твердые полезные ископаемые – природные минеральные образования, органические вещества и их смеси, находящиеся в твердом состоянии в недрах или на земной поверхности.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным постановлением Правительства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок перевода земель особо охраняемых природных территорий в земли запаса</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Места размещения водохозяйственных и гидротехнических сооружений, иных защитных сооружений от селевых потоков, снежных лавин, оползней и для расширения сети сейсмологических станций, объектов Государственной границы, объектов для нужд обороны, объектов организаций здравоохранения и образования, действующих кладбищ, канализационных очистных сооружений, линий электропередачи, расположенных в границах особо охраняемых природных территорий и функционировавших до создания и расширения особо охраняемых природных территорий (далее – объекты), на особо охраняемых природных территориях в части отсутствия других вариантов (мест) возможного их размещения, а также места добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых) на месторождении, обнаруженном на особо охраняемой природной территории, согласовываются с уполномоченным органом в области особо охраняемых природных территорий (далее – уполномоченный орган).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...23 lines deleted...]
-      3. Места размещения водохозяйственного сооружения, объектов Государственной границы и объектов для нужд обороны, объектов инженерной инфраструктуры к объектам туризма (далее – объекты) на особо охраняемых природных территориях в части отсутствия других вариантов (мест) возможного их размещения, а также места добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых) на месторождении, обнаруженном на особо охраняемой природной территории, согласовываются с уполномоченным органом в области особо охраняемых природных территорий (далее – уполномоченный орган).</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции постановления Правительства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Уполномоченный орган образует комиссию (далее – комиссия) для рассмотрения вопросов отсутствия других вариантов (мест) возможного размещения объектов, строительство и функционирование которых требует перевода земель особо охраняемых природных территорий в земли запаса, а также подтверждения обнаружения месторождения твердых полезных ископаемых на участке недр, расположенном в пределах участка разведки либо геологического отвода, добыча которых требует перевода земель особо охраняемых природных территорий в земли запаса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
-[...15 lines deleted...]
-      4. Уполномоченный орган образует комиссию (далее – комиссия) для рассмотрения вопроса отсутствия других вариантов (мест) возможного размещения объектов, строительство и функционирование которых требуют перевода земель особо охраняемых природных территорий в земли запаса, а также подтверждения обнаружения месторождения твердых полезных ископаемых на участке недр, расположенном в пределах участка разведки либо геологического отвода, добыча которых требует перевода земель особо охраняемых природных территорий в земли запаса.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В состав комиссии включаются представители особо охраняемых природных территорий, территориального органа уполномоченного органа в области лесного хозяйства и животного мира, бассейновой водной инспекции по охране и регулированию использования водных ресурсов (при рассмотрении водохозяйственных и гидротехнических сооружений), Пограничной службы Комитета национальной безопасности Республики Казахстан (при рассмотрении объектов Государственной границы), Министерства обороны Республики Казахстан (при рассмотрении объектов для нужд обороны), уполномоченного органа по изучению недр (при рассмотрении вопроса подтверждения обнаружения месторождения твердых полезных ископаемых), уполномоченного органа в области охраны и использования водного фонда (при рассмотрении вопроса наличия подземных вод на изучаемой территории), государственных органов, в чьем ведении находится особо охраняемая природная территория, общественных организаций и иных заинтересованных органов. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z28" w:id="27"/>
-[...15 lines deleted...]
-      В состав комиссии включаются представители особо охраняемых природных территорий, территориального органа уполномоченного органа в области лесного хозяйства и животного мира, бассейновой инспекции по регулированию водных ресурсов (при рассмотрении водохозяйственных сооружений), Пограничной службы Комитета национальной безопасности Республики Казахстан (при рассмотрении объектов Государственной границы), Министерства обороны Республики Казахстан (при рассмотрении объектов для нужд обороны), уполномоченного органа по изучению недр (при рассмотрении вопроса подтверждения обнаружения месторождения твердых полезных ископаемых и наличии подземных вод на изучаемой территории), государственных органов, в чьем ведении находится особо охраняемая природная территория, общественных организаций и иных заинтересованных органов).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции постановления Правительства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Основанием для согласования мест размещения объектов либо мест добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых) на особо охраняемой природной территории является положительное заключение комиссии, вынесенное с учетом функционального зонирования и генерального плана развития инфраструктуры особо охраняемой природной территории, утвержденного уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z29" w:id="28"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="29"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Для целей добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых) применяются положения частей второй, третьей, четвертой и пятой пункта 1 настоящих Правил исключительно на месторождении, обнаруженном на участке недр, расположенном в пределах участка разведки либо геологического отвода по заключенному контракту на разведку твердых полезных ископаемых или выданной лицензии на разведку твердых полезных ископаемых, до введения в действие </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 84-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z31" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Запрет, установленный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1381,271 +1659,453 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 48 Закона, не распространяется на контракты и лицензии, заключенные и выданные до введения в действие </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 84-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, для проведения операций по разведке или добыче твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z64" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае наличия других вариантов возможного размещения объектов за пределами границ особо охраняемых природных территорий, предложенных комиссией, уполномоченный орган отказывает в переводе земель особо охраняемых природных территорий в земли запаса.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z32" w:id="31"/>
-[...15 lines deleted...]
-      В случае наличия других вариантов возможного размещения объектов за пределами границ особо охраняемых природных территорий, предложенных комиссией, уполномоченный орган отказывает в переводе земель особо охраняемых природных территорий в земли запаса.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. Основанием для перевода земель особо охраняемых природных территорий в земли запаса для эксплуатации объектов организаций здравоохранения и образования, действующих кладбищ, канализационных очистных сооружений, линий электропередачи, расположенных в границах особо охраняемых природных территорий и функционировавших до создания и расширения особо охраняемых природных территорий, является положительное заключение комиссии, вынесенное с учетом функционального зонирования и генерального плана развития инфраструктуры особо охраняемой природной территории, утвержденного уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 5-1 в соответствии с постановлением Правительства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. После согласования мест размещения объектов или мест добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых) на особо охраняемой природной территории заинтересованный орган организует разработку технико-экономического обоснования перевода земель особо охраняемых природных территорий в земли запаса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z33" w:id="32"/>
-[...15 lines deleted...]
-      6. После согласования мест размещения объектов или мест добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых) на особо охраняемой природной территории заинтересованный орган организует разработку технико-экономического обоснования перевода земель особо охраняемых природных территорий в земли запаса.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Технико-экономическое обоснование перевода земель особо охраняемых природных территорий в земли запаса для строительства и функционирования объектов, а также для целей добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых) включает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
-[...15 lines deleted...]
-      7. Технико-экономическое обоснование перевода земель особо охраняемых природных территорий в земли запаса для строительства и функционирования объектов, а также для целей добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых) включает:</w:t>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) землеустроительный проект отвода испрашиваемого земельного участка, переводимого в земли запаса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z35" w:id="34"/>
-[...15 lines deleted...]
-      1) землеустроительный проект отвода испрашиваемого земельного участка, переводимого в земли запаса;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) расчет затрат, связанных с покрытием убытков по переводу испрашиваемого земельного участка в земли запаса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z36" w:id="35"/>
-[...15 lines deleted...]
-      2) расчет затрат, связанных с покрытием убытков по переводу испрашиваемого земельного участка в земли запаса;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) расчет затрат на выполнение мероприятий по максимальному сохранению и защите объектов государственного природно-заповедного фонда на испрашиваемом земельном участке и прилегающих к нему территориях, а также, в случае перевода земель особо охраняемых природных территорий для целей добычи твердых полезных ископаемых, расчҰт обязательств по компенсационной посадке лесных культур;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z37" w:id="36"/>
-[...15 lines deleted...]
-      3) расчет затрат на выполнение мероприятий по максимальному сохранению и защите объектов государственного природно-заповедного фонда на испрашиваемом земельном участке и прилегающих к нему территориях, а также, в случае перевода земель особо охраняемых природных территорий для целей добычи твердых полезных ископаемых, расчҰт обязательств по компенсационной посадке лесных культур;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) эскиз (эскизный проект) испрашиваемого земельного участка под строительство объектов, с указанием мест размещения зданий, сооружений, коммуникаций, дорог, и учетом максимального сохранения объектов государственного природно-заповедного фонда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
-[...15 lines deleted...]
-      4) эскиз (эскизный проект) испрашиваемого земельного участка под строительство объектов, с указанием мест размещения зданий, сооружений, коммуникаций, дорог, и учетом максимального сохранения объектов государственного природно-заповедного фонда;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оценку воздействия на окружающую среду.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z39" w:id="38"/>
-[...15 lines deleted...]
-      5) оценку воздействия на окружающую среду.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении оценки воздействия на окружающую среду оценивается влияние намечаемой деятельности на природные комплексы, земли особо охраняемых природных территорий, а также находящиеся на этих землях и землях других категории объектов государственного природно-заповедного фонда, в том числе на состояние животного мира, среду обитания, пути миграции и условия размножения животных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z40" w:id="39"/>
-[...15 lines deleted...]
-      При проведении оценки воздействия на окружающую среду оценивается влияние намечаемой деятельности на природные комплексы, земли особо охраняемых природных территорий, а также находящиеся на этих землях и землях других категории объектов государственного природно-заповедного фонда, в том числе на состояние животного мира, среду обитания, пути миграции и условия размножения животных.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается проведение взрывных и других работ, которые являются источником повышенного шума, действий, которые могут привести к гибели, сокращению популяции или нарушению среды обитания редких, находящихся под угрозой исчезновения, эндемичных и реликтовых видов растений и животных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z41" w:id="40"/>
-[...15 lines deleted...]
-      Не допускается проведение взрывных и других работ, которые являются источником повышенного шума, действий, которые могут привести к гибели, сокращению популяции или нарушению среды обитания редких, находящихся под угрозой исчезновения, эндемичных и реликтовых видов растений и животных.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При проведении оценки воздействия на окружающую среду с целью перевода земель особо охраняемых природных территорий для добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых), отсутствии нехватки гидрогеологических фондовых материалов с целью исключения риска образования депрессионной воронки необходимо проведение дополнительных исследований на территории горного отвода на границе земель особо охраняемых природных территорий или на границе охранной зоны при ее наличии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z42" w:id="41"/>
-[...15 lines deleted...]
-      При проведении оценки воздействия на окружающую среду с целью перевода земель особо охраняемых природных территорий для добычи твердых полезных ископаемых (за исключением общераспространенных полезных ископаемых), отсутствии нехватки гидрогеологических фондовых материалов с целью исключения риска образования депрессионной воронки необходимо проведение дополнительных исследований на территории горного отвода на границе земель особо охраняемых природных территорий или на границе охранной зоны при ее наличии.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7-1. Технико-экономическое обоснование перевода земель особо охраняемых природных территорий в земли запаса для эксплуатации объектов организаций здравоохранения и образования, действующих кладбищ, канализационных очистных сооружений, линий электропередачи, расположенных в границах особо охраняемых природных территорий и функционировавших до создания и расширения особо охраняемых природных территорий, включает разработку документов, указанных в подпунктах 1), 2) и 3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 7-1 в соответствии с постановлением Правительства РК от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z43" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Заинтересованным органом после разработки технико-экономического обоснования проводятся широкие общественные слушания в соответствующих административно-территориальных единицах и населенных пунктах размещения особо охраняемых природных территорий с освещением в средствах массовой информации в порядке, установленном уполномоченным органом в области охраны окружающей среды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z44" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2081,55 +2541,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>