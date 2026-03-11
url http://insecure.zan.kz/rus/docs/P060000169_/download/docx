--- v0 (2025-11-08)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6c25344" w14:textId="6c25344">
+    <w:p w14:paraId="d66b9f8" w14:textId="d66b9f8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -388,50 +388,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее постановление вводится в действие со дня подписания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -471,66 +472,81 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Исполняющий обязанности</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министра</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -628,657 +644,320 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 15 марта 2006 года N 169</w:t>
+              <w:t>от 15 марта 2006 года № 169</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Состав</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>казахстанской части Межгосударственной комиссии по</w:t>
-[...23 lines deleted...]
-        <w:t>Организации Договора о коллективной безопасности</w:t>
+        <w:t>казахстанской части Межгосударственной комиссии по военно-экономическому сотрудничеству государств-членов Организации Договора о коллективной безопасности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Состав с изменениями, внесенными постановлениями Правительства РК от 04.08.2006 N </w:t>
+      Сноска. Состав – в редакции постановления Правительства РК от 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>739</w:t>
+        <w:t>№ 945</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; от 02.04.2007 N </w:t>
-[...118 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...3 lines deleted...]
-      </w:r>
+      Заместитель Министра обороны Республики Казахстан, сопредседатель;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...360 lines deleted...]
-    </w:tbl>
+      заместитель начальника Департамента военно-технической политики Министерства обороны Республики Казахстан, заместитель сопредседателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      начальник управления военно-технического сотрудничества Департамента военно-технической политики Министерства обороны Республики Казахстан, ответственный секретарь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заместитель председателя Комитета по правам интеллектуальной собственности Министерства юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководитель управления по вопросам Организации Договора о коллективной безопасности Департамента Евразийской интеграции Министерства иностранных дел Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководитель управления по планированию и координации экономического обеспечения обороны Комитета специальных программ Министерства национальной экономики Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      начальник управления стандартизации и страны происхождения товаров Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководитель управления экономики, оборонных научных исследований и военно-промышленной стандартизации и военно-технического сотрудничества Департамента оборонно-промышленного комплекса Министерства промышленности и строительства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      главный эксперт управления промышленной собственности Комитета по правам интеллектуальной собственности Министерства юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      главный эксперт управления экономики, оборонных научных исследований и военно-промышленной стандартизации и военно-технического сотрудничества Департамента оборонно-промышленного комплекса Министерства промышленности и строительства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      генеральный директор товарищества с ограниченной ответственностью "R&amp;D центр "Казахстан инжиниринг". </w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1357,864 +1036,1104 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 15 марта 2006 года N 169</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="6"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>о казахстанской части Межгосударственной комиссии по</w:t>
+        <w:t>о казахстанской части Межгосударственной комиссии по военно-экономическому сотрудничеству государств-членов Организации Договора о коллективной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z25" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 1 – в редакции постановления Правительства РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящее положение разработано в соответствии с решением Совета коллективной безопасности Организации Договора о коллективной безопасности (далее - ОДКБ) от 23 июня 2005 года и положением о Межгосударственной комиссии по военно-экономическому сотрудничеству Организации Договора о коллективной безопасности (далее - МКВЭС ОДКБ), утвержденным указанным решением. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Положение разработано с целью объединения и координации усилий Республикой Казахстан со всеми государствами-членами ОДКБ по дальнейшему углублению и совершенствованию многостороннего сотрудничества и развитию интеграции в области разработки и производства продукции военного назначения, а также использованию технологий двойного назначения (применения) при производстве продукции военного и гражданского назначения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Казахстанская часть Межгосударственной комиссии по военно-экономическому сотрудничеству ОДКБ (далее - Комиссия) является консультативно-совещательным органом, который представляет казахстанскую сторону в МКВЭС ОДКБ и руководствуется в своей деятельности уставом ОДКБ, международными договорами и решениями, принятыми в рамках ОДКБ, настоящим Положением, а также законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z26" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Состав и Положение о Комиссии утверждаются Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктам 3-1 в соответствии с постановлением Правительства РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2. При необходимости представители заинтересованных государственных органов Республики Казахстан принимают участие в заседаниях МКВЭС ОДКБ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктам 3-2 в соответствии с постановлением Правительства РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>военно-экономическому сотрудничеству государств-членов</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Глава 2. Функции Комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 2 – в редакции постановления Правительства РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Комиссия рассматривает и вырабатывает рекомендации, направленные на обеспечение многостороннего военно-экономического сотрудничества по следующим направлениям: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) разработка и реализация долгосрочных программ военно-экономического сотрудничества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сохранение специализации и кооперации производства продукции военного назначения, комплектующих изделий и запасных частей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) взаимодействие с национальными частями государств-членов ОДКБ в решении вопросов повышения качества изготовления, стандартизации, унификации и приемки продукции военного назначения, а также технологического оборудования для ее изготовления; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) подготовка предложений об упрощении таможенных режимов и процедур при ввозе (вывозе) и транзите продукции военного и двойного назначения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) подготовка предложений по порядку проведения совместных научно-исследовательских и опытно-конструкторских работ по разработке и модернизации продукции военного назначения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) разработка механизма защиты результатов интеллектуальной деятельности, используемых и/или полученных в ходе разработки и производства продукции военного назначения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) рассмотрение вопросов сотрудничества в области конверсии военного производства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) совершенствование механизмов обращения товаров и технологий двойного назначения, изучение возможностей и использование достижений в области производства продукции военного назначения для изготовления продукции гражданского назначения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) разработка предложений, направленных на сближение нормативной правовой базы в области регулирования вопросов военно-экономического сотрудничества; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) подготовка предложений по обмену и совместной разработке нормативно-технической документации в области создания, эксплуатации, модернизации и утилизации продукции военного назначения с учетом законодательства Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) выработка рекомендаций по урегулированию спорных вопросов при кооперационных поставках предприятиями промышленности государств-участников ОДКБ сырья, материалов и комплектующих изделий для производства продукции военного назначения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Комиссия участвует в подготовке многосторонних соглашений по военно-экономическому сотрудничеству, а также двухсторонних соглашений, заключаемых в целях реализации многосторонних соглашений. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z13" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Комиссия способствует согласованию действий заинтересованных государственных органов Республики Казахстан в части вопросов, относящихся к реализации функции Комиссии, а также осуществляет систематический анализ реализации заключенных Республикой Казахстан международных договоров. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z14" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Комиссия принимает участие в организации работ по созданию информационных систем и баз данных по направлениям деятельности Комиссии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z15" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Для осуществления возложенных на нее функций Комиссия имеет право: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) вырабатывать рекомендации по комплексу вопросов, относящихся к военно-экономическому сотрудничеству; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) принимать решения по организационным и процедурным вопросам деятельности Комиссии; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) участвовать в выработке и формировании предложений по вопросам, вносимым на рассмотрение государств-членов ОДКБ и связанным с осуществлением функций, возложенных на Комиссию; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) образовывать при необходимости рабочие группы на постоянной или временной основе из представителей центральных и местных исполнительных органов и организаций Республики Казахстан для выработки предложений по направлениям своей деятельности, а также созывать конференции и совещания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Деятельность рабочих групп Комиссии осуществляется в порядке, определяемом сопредседателем Комиссии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Организации Договора о коллективной безопасности</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> 3. Состав Комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Глава 3 исключена постановлением Правительства РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1. Общие положения</w:t>
-[...541 lines deleted...]
-      10. Сопредседатель, заместитель сопредседателя и ответственный секретарь, а также представители заинтересованных государственных органов Республики Казахстан принимают участие в заседаниях МКВЭС ОДКБ. </w:t>
+        <w:t xml:space="preserve"> Глава 4. Организация деятельности Комиссии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z19" w:id="19"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 4. Организация деятельности Комиссии</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 4 – в редакции постановления Правительства РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 945</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Сопредседатель Комиссии: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z20" w:id="20"/>
-[...15 lines deleted...]
-      11. Сопредседатель Комиссии: </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осуществляет координацию выполнения мероприятий плана работы Комиссии; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) перед очередным заседанием МКВЭС ОДКБ с целью определения приоритетных направлений международного военно-экономического сотрудничества, согласования проектов повестки дня и выработки казахстанской позиции проводит совещание Комиссии; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) взаимодействует с Секретариатом МКВЭС ОДКБ, органами исполнительной власти государств-членов ОДКБ, ведающих вопросами экономики оборонно-промышленного комплекса, и заинтересованными государственными органами и организациями Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) представляет Комиссию в органах МКВЭС ОДКБ, принимает участие в мероприятиях, проводимых международными организациями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) вносит в Правительство Республики Казахстан отчетную информацию об итогах заседания МКВЭС ОДКБ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) ежегодно в декабре представляет годовую отчетную информацию о деятельности Комиссии и предложения по активизации ее деятельности в Министерство иностранных дел Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Во время отсутствия сопредседателя его функции выполняет заместитель сопредседателя. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...123 lines deleted...]
-      12. Во время отсутствия сопредседателя его функции выполняет заместитель сопредседателя. </w:t>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Комиссия ежегодно утверждает план работы. В план работы включаются вопросы, подлежащие рассмотрению Комиссией и ее рабочими группами. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z22" w:id="22"/>
-[...15 lines deleted...]
-      13. Комиссия ежегодно утверждает план работы. В план работы включаются вопросы, подлежащие рассмотрению Комиссией и ее рабочими группами. </w:t>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Ответственный секретарь Комиссии осуществляет организационно-техническое обеспечение деятельности, оформление и своевременное прохождение документов Комиссии и МКВЭС ОДКБ, предназначенных для рассмотрения в уставных органах ОДКБ и Правительстве Республики Казахстан. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z23" w:id="23"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2594,31 +2513,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>