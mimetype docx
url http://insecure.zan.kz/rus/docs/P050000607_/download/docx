--- v0 (2025-10-05)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="303f374" w14:textId="303f374">
+    <w:p w14:paraId="dd01916" w14:textId="dd01916">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1168,327 +1168,347 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Комитет уголовно-исполнительной системы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z956" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) Комитет административной полиции;</w:t>
+        <w:t xml:space="preserve">
+      3) Комитет административной полиции; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z957" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) Комитет миграционной службы;</w:t>
+        <w:t xml:space="preserve">
+      4) Комитет миграционной службы; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z958" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Комитет по противодействию наркопреступности.</w:t>
+      5) Комитет по противодействию наркопреступности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z1047" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Комитет по координации профилактической работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правительства РК от 11.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 735</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции постановления Правительства РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 913</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="13"/>
+    <w:bookmarkStart w:name="z42" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Министерство осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z43" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z43" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Министерство является юридическим лицом в организационно-правовой форме государственного учреждения, имеет флаг, знамя и символ, печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z44" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z44" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Министерство вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z45" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z45" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Министерство имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z46" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z46" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Министерство по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами Министра внутренних дел, другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z911" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z911" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8. Структура и лимит штатной численности Министерства внутренних дел Республики Казахстан утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z48" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z48" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Местонахождение юридического лица: 010010, Республика Казахстан, город Астана, проспект Тәуелсіздік, 1.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1507,2228 +1527,2228 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (водится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="20"/>
+    <w:bookmarkStart w:name="z49" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее Положение является учредительным документом Министерства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z50" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z50" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Финансирование деятельности Министерства осуществляется из республиканского бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z51" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z51" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Министерству запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Министерства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z52" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z52" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если Министерству законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z53" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z53" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и полномочия Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z54" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z54" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Задачи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z55" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z55" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) профилактика правонарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z56" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z56" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) охрана общественного порядка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z57" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z57" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) борьба с преступностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z58" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z58" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) исполнение уголовных наказаний и иных мер уголовно-правового воздействия, а также административных взысканий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z59" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z59" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Полномочия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z60" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z60" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) права:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z61" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z61" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать обязательные для исполнения нормативные правовые акты в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z62" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z62" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрашивать и получать в установленном законодательством порядке от государственных органов, организаций, их должностных лиц необходимую информацию и материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z63" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z63" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в пределах своей компетенции самостоятельно принимать решения по вопросам, не отнесенным к компетенции Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z64" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z64" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z65" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z65" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       защищать жизнь, здоровье, права и свободы человека и гражданина от противоправных посягательств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z66" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z66" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разъяснять участнику административной процедуры его права и обязанности по вопросам, связанным с осуществлением административной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z67" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z67" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерство осуществляет иные права и обязанности, предусмотренные действующими законодательными актами, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z68" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z68" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z69" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z69" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вносит предложения по формированию государственной политики в сферах профилактики правонарушений, охраны общественного порядка, борьбы с преступностью, исполнения уголовных наказаний и иных мер уголовно-правового воздействия, а также административных взысканий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z70" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z70" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечивает реализацию государственной политики в сфере безопасности дорожного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z71" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z71" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивает реализацию государственной политики в сфере оборота гражданского и служебного оружия и патронов к нему;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z72" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z72" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечивает реализацию государственной политики в сфере оборота наркотических средств, психотропных веществ и прекурсоров, противодействие их незаконному обороту и злоупотреблению ими;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z73" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z73" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечивает реализацию единой государственной кадровой политики в системе органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z74" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z74" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) организовывает идеологическую, имиджевую, воспитательную и социально-правовую работу в органах внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z75" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z75" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществляет руководство подразделениями специального назначения органов внутренних дел и Национальной гвардии Республики Казахстан, а также обеспечивает их постоянную боевую и оперативную готовность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z912" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z912" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1) присваивает условные наименования подразделениям специального назначения Министерства внутренних дел, являющимся юридическими лицами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z76" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z76" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) осуществляет организационное руководство по проведению общереспубликанских и региональных оперативно-розыскных и профилактических мероприятий по вопросам своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z77" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z77" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) осуществляет руководство деятельностью криминальной, административной полиции и иных служб органов внутренних дел, Национальной гвардии Республики Казахстан, уголовно-исполнительной системы, военно-следственных органов, Представительства Министерства в городе Байконыре и подразделений органов внутренних дел на транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z78" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z78" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) определяет порядок взаимодействия криминальной, административной полиции и иных служб полиции, а также Национальной гвардии Республики Казахстан, военно-следственных органов, Представительства Министерства в городе Байконыре, органов внутренних дел на транспорте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z79" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z79" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осуществляет координацию и планирование деятельности единой системы органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z80" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z80" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) осуществляет координацию и ведомственный контроль деятельности органов и подразделений внутренних дел Республики Казахстан, Национальной гвардии Республики Казахстан, военно-следственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z81" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z81" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) организует обеспечение режима чрезвычайного и военного положения, в случаях его введения на территории Республики Казахстан или отдельных ее местностях, а также проведения мероприятий по ликвидации чрезвычайных ситуаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z82" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z82" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) организует охрану общественного порядка при ликвидации последствий аварий, пожаров, стихийных бедствий и других чрезвычайных ситуациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z83" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z83" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) обеспечивает оперативное управление силами и средствами при совершении тяжких преступлений, массовых беспорядках, стихийных бедствиях и других чрезвычайных происшествиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z84" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z84" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) организует мероприятия по переводу органов внутренних дел в состояние высшей степени боевой готовности к отражению агрессии и оперативно-служебной готовности при чрезвычайной ситуации в мирное время;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z85" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z85" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) обеспечивает непрерывный сбор оперативной информации, анализирует состояние и тенденции развития криминогенной обстановки в Республике Казахстан, разрабатывает и принимает меры по обеспечению общественной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z86" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z86" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) разрабатывает меры по мобилизационной подготовке органов внутренних дел, повышению устойчивости их работы при возникновении чрезвычайных ситуаций в мирное и военное время, обеспечению постоянной готовности к полной и своевременной мобилизации специальных подразделений органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z87" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z87" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) информирует Президента и Правительство Республики Казахстан, государственные органы о состоянии борьбы с преступностью, охраны общественного порядка в республике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z88" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z88" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) разрабатывает меры, направленные на совершенствование охраны общественного порядка, профилактику правонарушений и преступлений, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z89" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z89" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) осуществляет внедрение и использование систем видеонаблюдения и средств видеофиксации, предназначенных для охраны общественного порядка в населенных пунктах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z90" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z90" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) утверждает совместно с уполномоченным органом в сфере образования и науки стандарты и требования к оснащению организаций дошкольного и среднего образования системами видеонаблюдения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z91" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z91" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) разрабатывает и утверждает инструкцию по обеспечению охраны общественного порядка сотрудниками полиции при проведении мирных собраний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z92" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z92" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) утверждает совместно с уполномоченным органом в области культуры, физической культуры и спорта инструкцию по обеспечению безопасности проведения спортивных и спортивно-массовых, зрелищных культурно-массовых мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z93" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z93" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) определяет приоритетные направления, организует и осуществляет международное сотрудничество в сфере борьбы с преступностью, охраны общественного порядка и по иным вопросам, отнесенным к ведению органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z94" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z94" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) обеспечивает создание и функционирование республиканской информационной системы в области охраны общественного порядка и борьбы с преступностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z95" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z95" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) утверждает совместно с уполномоченным государственным органом по координации деятельности в сфере противодействия терроризму типовой паспорт антитеррористической защищенности объектов, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z96" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z96" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) разрабатывает и утверждает инструкцию по организации антитеррористической защиты объектов органов внутренних дел Республики Казахстан, уязвимых в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z97" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z97" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) организует государственный контроль за соблюдением требований законодательства Республики Казахстан о противодействии терроризму в части обеспечения антитеррористической защищенности объектов, уязвимых в террористическом отношении, за исключением воинских частей и учреждений Вооруженных Сил Республики Казахстан, других войск и воинских формирований, объектов специальных государственных органов, органов внутренних дел Республики Казахстан, а также охраняемых объектов и загранучреждений Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z98" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z98" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) разрабатывает и утверждает типовые учебные программы и типовые учебные планы по подготовке и повышению квалификации работников, занимающих должность руководителя и охранника в частной охранной организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z99" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z99" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) разрабатывает и утверждает форму и образец документа охранника частной охранной организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z100" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z100" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) разрабатывает и утверждает образцы форменной одежды для работников, занимающих должность охранника в частной охранной организации, и порядок ее ношения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z959" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z959" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-1) определяет порядок предоставления национальным компаниям права на учреждение частных охранных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z987" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z987" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-2) устанавливает норматив численности работников частной охранной организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z968" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z968" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-3) разрабатывает и (или) актуализирует отраслевые рамки квалификаций в сфере охранной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z969" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z969" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-4) разрабатывает и актуализирует профессиональный стандарт в сфере охранной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z970" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z970" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-5) утверждает профессиональный стандарт в сфере охранной деятельности по согласованию с уполномоченным органом в области признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z971" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z971" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-6) разрабатывает предложения по разработке и (или) актуализации профессиональных стандартов и направляет их в уполномоченный орган в области признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z972" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z972" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-7) разрабатывает и утверждает положение об отраслевых советах по профессиональным квалификациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z973" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z973" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-8) вносит предложения в уполномоченный орган в области признания профессиональных квалификаций по внесению изменений и дополнений в реестр профессий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z974" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z974" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-9) формирует потребности рынка труда в признании профессиональных квалификаций с учетом актуальности профессий в текущем и будущем периодах по согласованию с местными исполнительными органами областей, городов республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z975" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z975" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32-10) вносит предложения в уполномоченный орган в области признания профессиональных квалификаций по условиям признания профессиональных квалификаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z101" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z101" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) организует государственный контроль за субъектами, занимающимися охранной деятельностью, монтажом, наладкой и техническим обслуживанием средств охранной сигнализации, и за деятельностью специализированных учебных центров по подготовке и повышению квалификации работников, занимающих должность руководителя и охранника в частной охранной организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z102" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z102" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) организует охрану физических лиц и объектов, подлежащих государственной охране;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z103" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z103" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) обеспечивает безопасность объектов, охрана которых в соответствии с международными договорами возложена на государство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z104" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z104" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) организует досмотр лиц, их вещей, транспортных средств при обеспечении пропускного режима на объектах, подлежащих государственной охране;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z105" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z105" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37) запрашивает у субъектов охранной деятельности информацию об исполнении ими требований, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об охранной деятельности";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z106" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z106" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) разрабатывает и утверждает инструкцию по организации деятельности подразделений органов внутренних дел по контролю в сфере оборота гражданского и служебного оружия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z107" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z107" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) разрабатывает и утверждает кадастр гражданского и служебного оружия и патронов к нему;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z108" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z108" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) разрабатывает и утверждает криминалистические требования и методы испытания гражданского и служебного оружия и патронов к нему, а также конструктивно сходных с оружием изделий, правила выдачи заключений на соответствие криминалистическим требованиям гражданского и служебного оружия и патронов к нему, а также конструктивно сходных с оружием изделий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z109" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z109" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) разрабатывает и утверждает правила оборота гражданского и служебного оружия и патронов к нему;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z110" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z110" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) разрабатывает и утверждает правила безопасного обращения с гражданским и служебным оружием;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z111" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z111" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) разрабатывает и утверждает программы подготовки и переподготовки владельцев и пользователей гражданского и служебного оружия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z112" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z112" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) разрабатывает и утверждает критерии для организаций, осуществляющих подготовку и переподготовку владельцев и пользователей гражданского и служебного оружия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z113" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z113" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) устанавливает порядок добровольной возмездной сдачи гражданами незаконно хранящихся огнестрельного оружия, боеприпасов и взрывчатых веществ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z114" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z114" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) разрабатывает и утверждает правила разработки, издания и ведения государственного кадастра гражданского и служебного оружия и патронов к нему;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z115" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z115" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) разрабатывает и утверждает форму разрешений и (или) приложений к ним в сферах оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением, на открытие и функционирование стрелковых тиров (стрельбищ) и стендов по согласованию с уполномоченным органом в сфере разрешений и уведомлений и уполномоченным органом в сфере информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z116" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z116" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) разрабатывает и утверждает правила организации деятельности участковых инспекторов полиции по делам несовершеннолетних органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z117" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z117" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) разрабатывает и утверждает правила по организации работы подразделений органов внутренних дел Республики Казахстан по защите женщин от насилия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z118" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z118" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) разрабатывает и утверждает правила организации работы органов внутренних дел по участию в природоохранных мероприятиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z119" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z119" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) разрабатывает и утверждает правила взаимодействия подразделений органов внутренних дел Республики Казахстан по осуществлению учета лиц, освобожденных из мест лишения свободы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z120" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z120" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) разрабатывает и утверждает правила организации деятельности участковых инспекторов полиции, ответственных за организацию работы участкового пункта полиции, участковых инспекторов полиции и их помощников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z913" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z913" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52-1) утверждает правила организации и проведения отчета начальника департамента полиции области, города республиканского значения, столицы, городского, районного, районного в городе органа полиции перед населением;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z121" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z121" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) разрабатывает меры по предупреждению и пресечению дорожно-транспортных происшествий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z122" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z122" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) разрабатывает и утверждает правила по организации охраны общественного порядка и обеспечения дорожной безопасности органами внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z891" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z891" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54-1) разрабатывает и утверждает инструкцию по несению патрульно-постовой службы сотрудниками полиции Республики Казахстан по обеспечению охраны общественного порядка и дорожной безопасности в населенных пунктах и на загородных автомобильных дорогах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z123" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z123" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55) разрабатывает и утверждает формы и образцы бланков водительских удостоверений, свидетельства о регистрации транспортных средств, государственных регистрационных номерных знаков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z928" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z928" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55-1) утверждает по согласованию с антимонопольным органом прейскурант цен за выдачу в ускоренном порядке паспорта гражданина Республики Казахстан, удостоверения личности гражданина Республики Казахстан, вида на жительство иностранца в Республике Казахстан, удостоверения лица без гражданства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z929" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z929" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55-2) утверждает по согласованию с антимонопольным органом прейскурант цен на услуги по накоплению и ведению интегрированного банка данных системы изготовления документов, автоматизации работ по учету миграционных процессов, разработке, внедрению и сопровождению программно-технических продуктов для органов внутренних дел, а также программно-технических продуктов, используемых при оформлении загранучреждениями Республики Казахстан паспорта гражданина Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z962" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z962" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55-3) утверждает по согласованию с антимонопольным органом прейскурант цен на услуги по ускоренному изготовлению и выдаче свидетельства о государственной регистрации транспортного средства, национального водительского удостоверения и государственного регистрационного номерного знака, оказываемые республиканским государственным предприятием на праве хозяйственного ведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z986" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z986" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56) разрабатывает и утверждает правила формирования и осуществления деятельности квалификационной комиссии, порядок проведения аттестации кандидатов в преподаватели, мастера производственного обучения и мастера обучения вождению во время образовательного процесса по подготовке водителей транспортных средств, форму и периодичность представления отчетности о своей деятельности профессиональными объединениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z976" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z976" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56-1) утверждает порядок, этапы и сроки проведения внеплановой аттестации сотрудника органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z977" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z977" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56-2) утверждает правила и методы определения профессиональных компетенций, ключевых показателей и расчета показателя конкурентоспособности (цифрового рейтинга) кандидата на службу в органы внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z125" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z125" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57) осуществляет межотраслевую координацию деятельности государственных органов в сфере дорожного движения и обеспечения его безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z126" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z126" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58) утверждает правила дорожного движения, основные положения по допуску транспортных средств к эксплуатации, перечень оперативных и специальных служб, транспорт которых подлежит оборудованию специальными световыми и звуковыми сигналами и окраске по специальным цветографическим схемам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z127" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z127" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59) разрабатывает и утверждает правила государственной регистрации и учета отдельных видов транспортных средств по идентификационному номеру транспортного средства, подготовки водителей механических транспортных средств, приема экзаменов и выдачи водительских удостоверений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z128" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z128" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60) разрабатывает и утверждает по согласованию с уполномоченным органом в области здравоохранения правила направления для освидетельствования на состояние опьянения, освидетельствования на состояние опьянения и оформления его результатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z129" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z129" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61) определяет порядок представления и представление данных по идентификационному номеру транспортного средства банкам и организациям, осуществляющим отдельные виды банковских операций для исполнения ими обязанностей, предусмотренных налоговым законодательством Республики Казахстан, по согласованию с Национальным Банком Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z130" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z130" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62) обеспечивает правовое просвещение и информирование населения по вопросам безопасности дорожного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z131" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z131" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63) разрабатывает и утверждает инструкцию по организации деятельности подразделений административной полиции в области дорожной безопасности и соблюдения регламентов, нормативов и стандартов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z132" w:id="121"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z132" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64) определяет порядок, формы и виды привлечения граждан к мероприятиям по обеспечению общественного порядка, не связанным с контрольными и надзорными функциями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z133" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z133" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65) разрабатывает и утверждает образец удостоверения и символику эмблемы для граждан, участвующих в обеспечении общественного порядка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z134" w:id="123"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z134" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66) осуществляет выдачу в порядке, определяемом Правительством Республики Казахстан, разрешения юридическим лицам на ввоз на территорию Республики Казахстан, вывоз с территории Республики Казахстан и транзит через территорию Республики Казахстан наркотических средств, психотропных веществ и прекурсоров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z135" w:id="124"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z135" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67) осуществляет оперативно-криминалистическую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z136" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z136" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68) разрабатывает и утверждает правила осуществления оперативно-криминалистической деятельности в органах внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z137" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z137" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69) отбирает биологические, одорологические и другие образцы, фотографирует, дактилоскопирует, производит звукозапись, кино- и видеосъемку для постановки на криминалистические учеты подозреваемых, обвиняемых, лиц, отбывающих наказание в учреждениях уголовно-исполнительной системы, содержащихся в специальных учреждениях органов внутренних дел, поставленных на профилактический учет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z138" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z138" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70) разрабатывает и утверждает правила проведения дактилоскопической и геномной регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3811,290 +3831,290 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="128"/>
+    <w:bookmarkStart w:name="z139" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71) разрабатывает и утверждает правила формирования, ведения баз данных дактилоскопической и геномной информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z140" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z140" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72) проводит научно-технические и иные исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z141" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z141" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73) осуществляет дактилоскопическую и геномную регистрацию в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z142" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z142" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74) разрабатывает и утверждает правила организации несения службы специализированных охранных подразделений органов внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z143" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z143" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75) разрабатывает и утверждает инструкцию по несению патрульно-постовой службы сотрудниками полиции Республики Казахстан по обеспечению охраны общественного порядка на объектах транспорта и метрополитена;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z144" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z144" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76) представляет Правительству Республики Казахстан нормы потребности Республики Казахстан в наркотических средствах, психотропных веществах и прекурсорах для утверждения международных квот для Республики Казахстан Международным комитетом Организации Объединенных Наций по контролю над наркотиками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z145" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z145" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77) осуществляет межведомственную координацию деятельности государственных и иных организаций в сфере оборота наркотических средств, психотропных веществ и прекурсоров, а также региональных комиссий по борьбе с наркобизнесом и профилактике немедицинского употребления наркотических средств, психотропных веществ, их аналогов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z985" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z985" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78) разрабатывает список наркотических средств, психотропных веществ и прекурсоров, подлежащих контролю в Республике Казахстан, сводную таблицу об отнесении наркотических средств, психотропных веществ, их аналогов и прекурсоров, обнаруженных в незаконном обороте, к небольшим, крупным и особо крупным размерам и список заместителей атомов водорода, галогенов и (или) гидроксильных групп в структурных формулах наркотических средств, психотропных веществ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z978" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z978" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78-1) согласовывает перечень должностей и организаций, которым предоставлено право отпускать гражданам лекарственные препараты, содержащие наркотические средства, психотропные вещества и прекурсоры, определяемый государственным органом в сфере обращения лекарственных средств и медицинских изделий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z147" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z147" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79) определяет совместно с уполномоченными органами нормы потребности государства в наркотических средствах, психотропных веществах и прекурсорах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z148" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z148" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80) прогнозирует совместно с уполномоченными органами Республики Казахстан масштабы всех видов оборота наркотических средств, психотропных веществ и прекурсоров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z149" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z149" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81) анализирует состояние и тенденции развития наркоситуации в Республике Казахстан, межрегиональных источников и каналов поступления наркотиков в незаконный оборот, разработку мер по их перекрытию, подготовку соответствующих информационно-аналитических материалов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4123,270 +4143,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="140"/>
+    <w:bookmarkStart w:name="z151" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83) утверждает образцы, порядок оформления, выдачи, замены, сдачи, изъятия и уничтожения документов, удостоверяющих личность: паспорта гражданина Республики Казахстан, удостоверения личности гражданина Республики Казахстан, вида на жительство иностранца в Республике Казахстан, удостоверения лица без гражданства, проездного документа и требования к их защите;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z914" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z914" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83-1) утверждает правила подтверждения иностранцами и лицами без гражданства, претендующими на получение разрешений на постоянное проживание в Республике Казахстан, своей платежеспособности в период пребывания в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z915" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z915" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83-2) утверждает правила подтверждения иностранцами наличия средств, необходимых для пребывания и выезда из Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z916" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z916" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83-3) утверждает правила формирования индивидуального идентификационного номера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z917" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z917" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83-4) утверждает требования к интегральной микросхеме, используемой при изготовлении документов, удостоверяющих личность, и правила занесения идентификационного номера в интегральную микросхему;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z918" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z918" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83-5) определяет порядок регистрации населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z919" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z919" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83-6) утверждает совместно с Министерством юстиции правила создания, ведения и использования национального реестра идентификационных номеров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z152" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z152" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84) утверждает образец проездного документа, обеспечивает выдачу проездного документа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z153" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z153" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85) разрабатывает и утверждает правила по определению правового статуса лиц, находящихся на территории Республики Казахстан не являющихся гражданами Республики Казахстан и не имеющих доказательства своей принадлежности к гражданству иного государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z154" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z154" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86) определяет порядок продолжения пенсионных выплат за выслугу лет в Республике Казахстан, пенсионерам – бывшим сотрудникам органов внутренних дел Республики Казахстан, выехавшим на постоянное место жительства в государства – участники Содружества Независимых Государств, если в государстве нового постоянного места жительства им отказано в выплате пенсии за выслугу лет в связи с несоблюдением предусмотренных законодательством этого государства условий назначения такой пенсии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z155" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z155" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87) разрабатывает и утверждает правила выдачи иностранцам и лицам без гражданства разрешения на временное и постоянное проживание в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4415,310 +4435,310 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="151"/>
+    <w:bookmarkStart w:name="z157" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89) по согласованию с Комитетом национальной безопасности Республики Казахстан определяет порядок представления принимающими лицами информации о пребывающих у них иммигрантах, а также транзитного проезда иностранцев и лиц без гражданства по территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z158" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z158" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90) разрабатывает в пределах своей компетенции нормативные правовые акты по созданию, ведению и использованию национальных реестров идентификационных номеров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z159" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z159" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91) проводит аттестацию сотрудников органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z160" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z160" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92) разрабатывает и утверждает содержание и порядок организации профессиональной служебной и физической подготовки в органах внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z161" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z161" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93) устанавливает порядок определения пригодности сотрудников к действиям в условиях, связанных с применением огнестрельного и иного оружия, специальных средств и физической силы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z162" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z162" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94) организует спортивно-массовые мероприятия среди личного состава органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z163" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z163" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95) разрабатывает правила организации мер безопасности при получении и сдаче табельного оружия, а также обращении с оружием и боеприпасами во время несения службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z164" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z164" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96) разрабатывает и утверждает правила присвоения, повышения, подтверждения, снижения и снятия классной квалификации сотрудников и военнослужащих органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z165" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z165" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97) разрабатывает и утверждает инструкцию о приеме на службу в органы внутренних дел, назначении на должность, перемещении, выдвижении по службе, предоставлении отпусков, присвоении специальных званий, увольнении и откомандировании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z166" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z166" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98) организует подготовку, обучение, повышение квалификации и переподготовку кадров для системы органов внутренних дел, в том числе за рубежом на основе международных договоров, определяет потребность в кадрах и порядок распределения выпускников организаций образования Министерства в подразделения органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z931" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z931" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98-1) разрабатывает и утверждает правила посещения членами семей курсантов, являющихся гражданами Республики Казахстан, своих близких родственников из числа курсантов для ознакомления с их жизнью и бытом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z167" w:id="162"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z167" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99) разрабатывает и утверждает структуры и штаты, в том числе типовые, штатные нормативы, нормативы нагрузки сотрудников и работников органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z168" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z168" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100) утверждает номенклатуру должностей, квалификационные требования к категориям должностей в органах внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4747,5926 +4767,5926 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="164"/>
+    <w:bookmarkStart w:name="z170" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102) разрабатывает и утверждает инструкцию по организации научно-исследовательской деятельности в системе органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z171" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z171" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103) обеспечивает защиту государственных секретов, ведомственный контроль за соблюдением режима секретности в органах внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z172" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z172" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104) в пределах своей компетенции распоряжается сведениями, составляющими государственные секреты Республики Казахстан, утверждает перечни сведений, подлежащих засекречиванию в системе органов внутренних дел, а также служебных сведений ограниченного распространения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z173" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z173" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105) осуществляет документационное обеспечение управления в органах внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z174" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z174" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106) организует и осуществляет финансовое, материально-техническое и медицинское обеспечение органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z175" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z175" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107) разрабатывает и утверждает правила обеспечения, хранения, учета и списания форменной одежды в органах внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z176" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z176" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108) разрабатывает и утверждает описание, знаки различия, а также правила ношения форменной одежды сотрудников органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z177" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z177" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109) разрабатывает и утверждает правила организации деятельности автотранспортных подразделений органов внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z178" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z178" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110) разрабатывает и утверждает Инструкцию по организации деятельности подразделений вооружения органов внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z179" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z179" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111) осуществляет внутренний государственный аудит и финансовый контроль в государственном органе, его ведомствах, территориальных подразделениях, подведомственных организациях по всем направлениям их деятельности, находящихся в ведении Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z180" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z180" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112) осуществляет правовое обеспечение системы органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z181" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z181" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113) обеспечивает защиту интересов Министерства в судах, иных государственных органах и координацию этой работы на местах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z984" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z984" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114) осуществляет прием граждан и представителей юридических лиц, своевременное и полное рассмотрение, анализ, мониторинг и выявление системных проблем, поднимаемых физическими и юридическими лицами в обращениях, запросах, откликах и сообщениях, принятие по ним решений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z979" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z979" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114-1) рассматривает петиции граждан Республики Казахстан в пределах своей компетенции в соответствии с Административным процедурно-процессуальным кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z183" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z183" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115) осуществляет внутренний контроль за деятельностью подчиненных органов и подразделений внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z184" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z184" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116) обеспечивает собственную безопасность системы Министерства, противодействие коррупции в органах внутренних дел, а также соблюдение законности в их деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z185" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z185" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117) обеспечивает персональную ответственность руководителей всех уровней за состояние работы по противодействию коррупции и совершение коррупционных преступлений и правонарушений подчиненными;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z186" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z186" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118) осуществляет прием, сохранность, учет и использование документов специального государственного архива Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z927" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z927" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118-1) проставляет апостиль на официальных документах, исходящих из структурных подразделений миграционной полиции, на архивных справках и копиях архивных документов, исходящих из специального государственного архива Министерства и его территориальных подразделений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z187" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z187" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119) создает, использует и совершенствует ведомственные и оперативные учеты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z188" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z188" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120) разрабатывает и утверждает инструкцию о порядке формирования и использования ведомственных учетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z189" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z189" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121) создает, использует и совершенствует информационные и информационно-аналитические системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z903" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z903" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121-1) осуществляет мероприятия по организации и обеспечению интеграции информационных систем в сфере дорожного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z190" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z190" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122) осуществляет информационное обеспечение подразделений органов внутренних дел, специальных, правоохранительных и государственных органов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z191" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z191" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123) обеспечивает доступ подразделениям органов внутренних дел к информационным ресурсам Министерства с соблюдением требований законодательства и информационной безопасности при обработке персональных данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z192" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z192" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124) осуществляет сбор, накопление, обработку ведомственной статистической, архивной и иной информации, представление ее в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z193" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z193" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125) участвует в формировании Национального архивного фонда Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z194" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z194" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126) оказывает государственные услуги в соответствии с подзаконными нормативными правовыми актами, определяющими порядок оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z195" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z195" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127) осуществляет информационно-аналитическую деятельность в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z196" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z196" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128) вносит предложения по совершенствованию системы национальной безопасности в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z197" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z197" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129) разрабатывает и утверждает совместно с уполномоченным органом по предпринимательству критерии оценки степени риска для отбора субъектов (объектов) контроля и надзора, проверочные листы, а также утверждает полугодовые списки проведения профилактического контроля с посещением субъекта (объекта) контроля в соответствии с Предпринимательским кодексом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z926" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z926" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129-1) определяет критерии оценки наличия жестокого обращения, приведшего к социальной дезадаптации и социальной депривации, совместно с уполномоченными органами в сферах социальной защиты населения, здравоохранения и образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z198" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z198" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130) разрабатывает и утверждает правила организации деятельности кинологической службы органов внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131) разрабатывает и утверждает типовое положение о консультативно-совещательных органах при территориальных органах внутренних дел;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132) разрабатывает и утверждает правила конвоирования подозреваемых, обвиняемых и осужденных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z201" w:id="197"/>
+    <w:bookmarkStart w:name="z201" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133) разрабатывает и утверждает порядок организации несения службы по обеспечению охраны подозреваемых и обвиняемых, содержащихся в изоляторах временного содержания органов внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z202" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z202" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134) разрабатывает и утверждает правила ведения учета лиц, содержащихся в учреждениях уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z203" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z203" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135) утверждает перечень измерений, относящихся к государственному регулированию, совместно с уполномоченным органом в области технического регулирования и метрологии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z204" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z204" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136) осуществляет подготовку и внесение предложений о разработке, внесении изменений, пересмотре и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации, рекомендаций по стандартизации в уполномоченный орган в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z205" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z205" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137) осуществляет разработку национальных стандартов и национальных классификаторов технико-экономической информации по согласованию с уполномоченным органом в сфере стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z206" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z206" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138) рассматривает проекты документов по стандартизации и национальный план стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z207" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z207" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139) осуществляет подготовку предложений по созданию технических комитетов по стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z208" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z208" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140) участвует в работе технических комитетов по стандартизации и национального органа по стандартизации, международных организаций по стандартизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z209" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z209" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141) участвует в реализации единой государственной политики в области обеспечения единства измерений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z210" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z210" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142) разрабатывает и утверждает правила применения авиации Национальной гвардии Республики Казахстан в охране общественного порядка и обеспечении общественной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z211" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z211" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143) разрабатывает и утверждает правила воздушно-десантной подготовки Национальной гвардии Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z212" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z212" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144) разрабатывает и утверждает инструкцию по организации воинских и специальных перевозок органов внутренних дел Республики Казахстан железнодорожным транспортом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z213" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z213" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145) разрабатывает и утверждает инструкцию по служебно-боевому применению воинских частей (подразделений) специального назначения Национальной гвардии Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z214" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z214" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146) разрабатывает и утверждает инструкцию по проведению квалификационных испытаний на право ношения крапового берета и тельняшки краповой расцветки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z215" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z215" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147) разрабатывает и утверждает правила по организации службы штабов Национальной гвардии Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z907" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z907" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147-1) утверждает порядок и условия прохождения стажировки (испытательного срока) гражданами, впервые поступающими на службу в органы военной полиции Национальной гвардии Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z908" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z908" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147-2) утверждает перечень специальных транспортных средств органов военной полиции Национальной гвардии Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z909" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z909" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147-3) утверждает правила государственной регистрации механических транспортных средств и прицепов к ним Национальной гвардии Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z910" w:id="215"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z910" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147-4) утверждает правила проведения обязательного технического осмотра механических транспортных средств и прицепов к ним, зарегистрированных в органах военной полиции Национальной гвардии Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z940" w:id="216"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z940" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147-5) утверждает правила конкурсного отбора военнослужащих срочной службы для получения образовательных льгот на поступление в высшие военные, специальные учебные заведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z941" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z941" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147-6) утверждает правила конкурсного отбора военнослужащих срочной службы для получения образовательных льгот на поступление в организации высшего и (или) послевузовского образования по образовательным программам высшего образования в пределах квот, установленных законодательством Республики Казахстан, за исключением образовательных программ медицинского, фармацевтического и педагогического образования, по согласованию с уполномоченным органом в области науки и высшего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z983" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z983" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148) разрабатывает и утверждает правила организации психологической работы в органах внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z980" w:id="219"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z980" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148-1) разрабатывает и утверждает совместно с правоохранительными органами и руководителем уполномоченного органа в сфере гражданской защиты Республики Казахстан порядок и методы проведения психолого-социологического исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z217" w:id="220"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z217" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149) содействует органам здравоохранения в регулировании деятельности в сфере оборота наркотических средств, психотропных веществ, прекурсоров и злоупотребления ими в организации медико-социальной помощи лицам с психическими поведенческими расстройствами (заболеваниями), связанными с употреблением психоактивных веществ, и обеспечении гарантии прав и свобод граждан при ее оказании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z218" w:id="221"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z218" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       150) разрабатывает и реализует совместно с уполномоченными органами государственную политику в сфере оборота наркотических средств, психотропных веществ, прекурсоров и противодействия их незаконному обороту и злоупотреблению ими;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z219" w:id="222"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z219" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151) в пределах своей компетенции организует и осуществляет выявление, пресечение, предупреждение и раскрытие уголовных правонарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z220" w:id="223"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z220" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152) осуществляет оперативно-розыскную деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z221" w:id="224"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z221" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153) осуществляет предварительное следствие и дознание по уголовным правонарушениям, отнесенным к компетенции органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z222" w:id="225"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z222" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154) проводит в установленном законодательством порядке оперативно-розыскные и заградительные мероприятия, операции по задержанию лиц, совершивших уголовные или административные правонарушения, а также оказание содействия в их проведении и осуществлении иным правоохранительным и специальным государственным органам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z223" w:id="226"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z223" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155) использует информационно-аналитические системы для раскрытия преступлений, установления преступников и их связей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z224" w:id="227"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z224" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156) осуществляет розыск должников, лиц, совершивших уголовные правонарушения, скрывшихся от органов дознания, следствия или суда, уклоняющихся от отбывания уголовных наказаний, призыва на воинскую службу, без вести пропавших и иных лиц, идентификацию неопознанных трупов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z225" w:id="228"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z225" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157) участвует совместно со специальными, правоохранительными и государственными органами в антитеррористических и специальных операциях по пресечению актов терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z226" w:id="229"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z226" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158) организует прием-передачу экстрадируемых и осужденных с иностранными государствами в соответствии с международными договорами, участниками которых является Республика Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z227" w:id="230"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z227" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159) анализирует и обобщает международную практику борьбы с наркоманией и наркобизнесом, осуществляет государственный контроль за оборотом наркотических средств, психотропных веществ и прекурсоров, а также применением законодательства в этой сфере и меры противодействия их незаконному обороту и злоупотреблению ими;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z228" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z228" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160) контролирует процесс разработки и внедрения наркотических средств, психотропных веществ и прекурсоров, обладающих меньшим наркотическим воздействием, более эффективных, менее опасных по сравнению с существующими;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z229" w:id="232"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z229" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161) в соответствии с международными договорами Республики Казахстан в установленном законодательством порядке исполняет запросы компетентных органов зарубежных государств об оказании правовой помощи по уголовным делам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z230" w:id="233"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z230" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162) осуществляет контроль за проведением оперативно-розыскных мероприятий и специальных операций, а также подразделениями и сотрудниками органов внутренних дел, имеющими право проведения оперативно-розыскных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z231" w:id="234"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z231" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163) осуществляет контроль за деятельностью военно-следственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z232" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z232" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164) организует и осуществляет розыск лиц, совершивших воинские уголовные правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z233" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z233" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165) организует и осуществляет оперативно-розыскную деятельность по воинским уголовным правонарушениям, расследует уголовные правонарушения, совершенные военнослужащими, относящиеся к подследственности органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z234" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z234" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166) осуществляет государственную защиту лиц, участвующих в уголовном процессе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z235" w:id="238"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z235" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167) обеспечивает проведение мероприятия по выявлению и уничтожению зарослей наркосодержащих растений, а также перекрытию каналов незаконной транспортировки наркотических средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z236" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z236" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168) осуществляет формирование, ведение оперативных учетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z237" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z237" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169) разрабатывает и утверждает подзаконные нормативные правовые акты, определяющие порядок оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z238" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z238" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170) разрабатывает и утверждает совместно с уполномоченным органом в области здравоохранения правила охраны государственной психиатрической организации специализированного типа с интенсивным наблюдением;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z239" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z239" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171) разрабатывает и утверждает совместно с уполномоченным органом в области здравоохранения правила оборудования государственной психиатрической организации специализированного типа с интенсивным наблюдением инженерно-техническими средствами охраны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z240" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z240" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172) согласовывает проекты нормативных правовых актов в пределах компетенции Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z241" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z241" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173) разрабатывает и утверждает правила военно-медицинского (медицинского) обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z242" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z242" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       174) устанавливает порядок и периодичность проведения медицинских осмотров соответствующего контингента в военно-медицинских (медицинских) подразделениях (организациях);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z982" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z982" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175) разрабатывает и утверждает формы ведомственной военно-медицинской (медицинской) статистической отчетности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z981" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z981" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175-1) устанавливает порядок направления сотрудников правоохранительных органов, органов гражданской защиты и государственной фельдъегерской службы, членов их семей, проживающих совместно с ними, пенсионеров и детей сотрудников указанных органов, погибших при исполнении служебных обязанностей, до достижения ими совершеннолетия в медицинские организации органов внутренних дел, дислоцированные в городах Астане и Алматы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z244" w:id="248"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z244" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176) разрабатывает и утверждает по согласованию с уполномоченным органом в области здравоохранения правила проведения военно-врачебной экспертизы в правоохранительных органах, органах гражданской защиты и государственной фельдъегерской службе Республики Казахстан и положение о комиссиях военно-врачебной экспертизы в органах внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z245" w:id="249"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z245" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177) разрабатывает и утверждает по согласованию с правоохранительными органами Республики Казахстан и уполномоченным органом в сфере гражданской защиты требования, предъявляемые к состоянию здоровья лиц для прохождения службы в правоохранительных органах, органах гражданской защиты и государственной фельдъегерской службе Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z246" w:id="250"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z246" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178) разрабатывает и утверждает по согласованию с уполномоченным органом в области здравоохранения правила проведения военно-врачебной экспертизы, положение о комиссиях военно-врачебной экспертизы в Национальной гвардии Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z247" w:id="251"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z247" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       179) разрабатывает, утверждает, отменяет, приостанавливает технические регламенты, а также вносит изменения и (или) дополнения в технические регламенты по вопросам, входящим в компетенцию, по согласованию с уполномоченным органом в области технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z248" w:id="252"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z248" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180) создает экспертные советы в области технического регулирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z249" w:id="253"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z249" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181) утверждает состав экспертных советов в области технического регулирования и положение о них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z250" w:id="254"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z250" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182) разрабатывает и исполняет планы мероприятий по реализации технических регламентов, в том числе Евразийского экономического союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z251" w:id="255"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z251" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183) разрабатывает и утверждает правила обеспечения бесплатным проездом, а также продуктами питания или деньгами на путь следования лиц, освобождаемых от отбывания наказания в виде ареста или лишения свободы, к избранному ими месту жительства или работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z252" w:id="256"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z252" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184) разрабатывает и утверждает правила ведения учета лиц, содержащихся в следственных изоляторах уголовно-исполнительной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z253" w:id="257"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z253" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185) разрабатывает и утверждает правила организации питания для подозреваемых, обвиняемых, осужденных и детей, находящихся в домах ребенка учреждений уголовно-исполнительной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z254" w:id="258"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z254" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186) разрабатывает и утверждает по согласованию с уполномоченным органом в области здравоохранения правила оказания медицинской помощи лицам, задержанным, заключенным под стражу и помещенным в специальные учреждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z255" w:id="259"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z255" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187) разрабатывает и утверждает виды, типы, модели и количество оружия для использования работниками частных охранных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z256" w:id="260"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z256" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188) разрабатывает и утверждает перечень специальных средств для использования работниками частных охранных организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z257" w:id="261"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z257" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189) обеспечивает профилактическую деятельность по предупреждению правонарушений и преступлений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z258" w:id="262"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z258" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190) осуществляет в соответствии с законодательством выдачу лицензий и разрешений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z259" w:id="263"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z259" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       191) осуществляет государственный контроль за соблюдением законодательства Республики Казахстан в области лицензирования и выдачи разрешений по вопросам, относящимся к компетенции органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z260" w:id="264"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z260" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192) осуществляет контроль за деятельностью лицензиатов, в том числе их соответствием предъявляемым квалификационным требованиям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z261" w:id="265"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z261" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193) организует контроль за поведением лиц, состоящих на учете в органах внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z262" w:id="266"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z262" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194) организует контроль за охраной и конвоированием арестованных и осужденных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z263" w:id="267"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z263" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195) организует обеспечение охраны режимных и особо охраняемых объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z264" w:id="268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z264" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196) осуществляет государственный контроль за деятельностью физических и юридических лиц, занятых в сфере оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z265" w:id="269"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z265" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197) осуществляет выдачу разрешения на хранение и ношение наградного оружия гражданам Республики Казахстан на основании Указа Президента Республики Казахстан, постановления Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z266" w:id="270"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z266" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198) согласовывает юридическим лицам заявление для получения лицензии на экспорт и импорт специфических товаров (гражданских пиротехнических веществ и изделий с их применением);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z904" w:id="271"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z904" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198-1) участвует в реализации государственной политики в сфере контроля специфических товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z905" w:id="272"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z905" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       198-2) осуществляет контроль специфических товаров в пределах компетенции, установленной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О контроле специфических товаров" и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z267" w:id="273"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z267" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199) обеспечивает профилактическую деятельность по предупреждению правонарушений в отношении женщин;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z268" w:id="274"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z268" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200) обеспечивает взаимодействие с гражданами и организациями, участвующими в охране общественного порядка и профилактике правонарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z269" w:id="275"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z269" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       201) реализует государственную молодежную политику;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z270" w:id="276"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z270" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202) принимает меры по военно-патриотическому воспитанию молодежи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z271" w:id="277"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z271" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       203) осуществляет формирование, мониторинг реализации и оценку результатов государственного социального заказа по вопросам профилактики правонарушений среди молодежи в порядке, определяемом уполномоченным органом в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z272" w:id="278"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z272" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204) в пределах своей компетенции реализует государственную политику в сфере защиты детей от информации, причиняющей вред их здоровью и развитию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z273" w:id="279"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z273" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205) организует государственный контроль за соблюдением законодательства Республики Казахстан о защите детей от информации, причиняющей вред их здоровью и развитию, при распространении несовершеннолетним информационной продукции, содержащей информацию, запрещенную для детей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z274" w:id="280"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z274" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206) организует в установленном порядке сопровождение транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z275" w:id="281"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z275" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       207) организует выдачу водительских удостоверений, государственную регистрацию транспортных средств по идентификационному номеру и их учет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z276" w:id="282"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z276" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208) организует научные исследования и научно-технические разработки в сфере дорожного движения и обеспечения его безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z277" w:id="283"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z277" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209) участвует в рабочих и государственных комиссиях по приемке в эксплуатацию автомобильных дорог, дорожных сооружений, железнодорожных переездов, линий городского электрического транспорта, жилых комплексов и отдельных зданий и сооружений, а также образцов новых транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z278" w:id="284"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z278" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210) организует регулирование дорожного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z279" w:id="285"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z279" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       211) согласует нормативную, проектную и техническую документацию на проектирование, строительство, ремонт, содержание и управление дорог в части обеспечения безопасности дорожного движения с учетом потребностей лиц с инвалидностью в целях обеспечения им равного доступа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z280" w:id="286"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z280" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212) организует контроль за обеспечением безопасности дорожного движения и выдачей обязательных для исполнения предписаний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z281" w:id="287"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z281" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213) согласует в установленном порядке документацию по территориально-транспортному планированию и организации дорожного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z282" w:id="288"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z282" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214) создает и эксплуатирует государственные информационные системы в сфере дорожного движения и обеспечения его безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z283" w:id="289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z283" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       215) согласует производство работ по реконструкции и ремонту автомобильных дорог общего пользования областного или районного значения при наличии разрешения, выданного местным исполнительным органом области или района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z284" w:id="290"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z284" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216) принимает участие в правовом воспитании граждан, изучает общественное мнение о состоянии правопорядка и мерах по повышению эффективности деятельности органов внутренних дел по профилактике правонарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z285" w:id="291"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z285" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217) организует выявление лиц, вовлекающих несовершеннолетних в совершение правонарушений, антиобщественных действий либо совершающих в отношении детей другие противоправные деяния, а также родителей и законных представителей несовершеннолетних, педагогов, воспитателей, других работников учебного, воспитательного и иного учреждения, обязанных осуществлять надзор за несовершеннолетними, не исполняющих или ненадлежащим образом исполняющих свои обязанности по воспитанию, обучению и (или) содержанию несовершеннолетних либо отрицательно влияющих на их поведение, принимает меры по привлечению их к ответственности, предусмотренной законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z286" w:id="292"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z286" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218) рассматривает в установленном порядке заявления и сообщения об административных правонарушениях и преступлениях, совершенных несовершеннолетними или с их участием, выносит представления о принятии мер по устранению причин и условий, им способствующих, обеспечивает контроль за их исполнением;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z287" w:id="293"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z287" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219) оказывает содействие в направлении детей, оставшихся без попечения родителей, в государственные учреждения или оформлении опеки или попечительства над несовершеннолетними;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z288" w:id="294"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z288" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220) участвует в подготовке материалов в отношении несовершеннолетних, направляемых в специальные организации образования и организации образования с особым режимом содержания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z289" w:id="295"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z289" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221) информирует заинтересованные органы и учреждения о безнадзорности, беспризорности, правонарушениях и антиобщественных действиях несовершеннолетних, причинах и условиях, им способствующих;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z290" w:id="296"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z290" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222) оказывает содействие органам образования в правовом воспитании несовершеннолетних, их родителей и других законных представителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z291" w:id="297"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z291" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223) осуществляет охрану органов и учреждений уголовно-исполнительной системы, контроль за оперативной обстановкой в них, обеспечивает безопасность персонала, подозреваемых, обвиняемых и осужденных, их конвоирование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z920" w:id="298"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z920" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223-1) утверждает перечень электронных средств слежения, используемых службой пробации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z921" w:id="299"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z921" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223-2) утверждает перечень инженерных и технических средств надзора, контроля и охраны учреждений уголовно-исполнительной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z922" w:id="300"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z922" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223-3) утверждает по согласованию с уполномоченным органом в сфере социальной защиты населения правила оказания социально-правовой помощи лицам, в отношении которых применяется пробация;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z923" w:id="301"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z923" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223-4) утверждает по согласованию с уполномоченным органом в сфере государственных закупок и уполномоченным органом в сфере защиты конкуренции и ограничения монополистической деятельности перечень и объемы товаров, работ, услуг, производимых, выполняемых, оказываемых государственными предприятиями учреждений уголовно-исполнительной (пенитенциарной) системы, которые приобретаются способом из одного источника путем прямого заключения договора о государственных закупках, а также перечень государственных предприятий учреждений уголовно-исполнительной (пенитенциарной) системы, у которых приобретаются такие товары, работы, услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z924" w:id="302"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z924" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223-5) утверждает правила взаимодействия операторов связи с учреждениями уголовно-исполнительной (пенитенциарной) системы при эксплуатации специального технического оборудования на территории учреждений уголовно-исполнительной (пенитенциарной) системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z925" w:id="303"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z925" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223-6) утверждает образцы формы одежды осужденных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z989" w:id="304"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z989" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223-7) разрабатывает и утверждает правила организации пропускного режима в учреждениях уголовно-исполнительной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z292" w:id="305"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z292" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224) обеспечивает охрану государственной психиатрической организации специализированного типа с интенсивным наблюдением;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z293" w:id="306"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z293" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225) рассматривает обращения о нарушениях прав и законных интересов граждан Республики Казахстан, иностранцев и лиц без гражданства в учреждениях и органах уголовно-исполнительной системы, осуществляет их учет и регистрацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z294" w:id="307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z294" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226) организует содержание в специальных учреждениях органов внутренних дел подозреваемых и обвиняемых в совершении преступлений, лиц без определенного места жительства и документов, административно-арестованных, конвоирование подозреваемых и обвиняемых, исполнение в отношении них постановлений, определений и приговоров органов, ведущих уголовный (административный) процесс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z295" w:id="308"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z295" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227) принимает меры в пресечении массовых беспорядков, в том числе в исправительных учреждениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z296" w:id="309"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z296" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       228) обеспечивает в пределах компетенции производство по делам об административных правонарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z297" w:id="310"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z297" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229) организует соблюдение режимных требований в специальных учреждениях органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z298" w:id="311"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z298" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230) организует деятельность по содержанию в специальных учреждениях лиц, не достигших восемнадцатилетнего возраста и совершивших преступления, если необходима их изоляция (несовершеннолетние, не достигшие возраста, с которого наступает уголовная ответственность, и совершившие преступления, а также направляемые в организации образования с особым режимом содержания, до вступления решения суда в законную силу передаются родителям, опекунам, попечителям и иным лицам, на которых законом возложены обязанности по их воспитанию);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z299" w:id="312"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z299" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231) исполняет приговоры, постановления и определения судов в отношении осужденных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z300" w:id="313"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z300" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232) организует размещение осужденных в учреждениях уголовно-исполнительной системы в соответствии с приговорами, постановлениями и определениями судов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z301" w:id="314"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z301" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233) контролирует состояние индивидуальной профилактики в отношении несовершеннолетних, а также их родителей или законных представителей, не исполняющих свои обязанности по воспитанию, обучению, содержанию несовершеннолетних и (или) отрицательно влияющих на их поведение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z302" w:id="315"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z302" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234) организует доставление несовершеннолетних в организации образования с особым режимом содержания, а также центры адаптации несовершеннолетних безнадзорных и беспризорных детей в возрасте от трех до восемнадцати лет, а также детей, оставшихся без попечения родителей, или лиц, их заменяющих, в случае невозможности своевременного устройства, задержанных в ходе деятельности органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z303" w:id="316"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z303" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235) организует доставление в медицинские организации на освидетельствование лиц, содержащихся в учреждениях уголовно-исполнительной (пенитенциарной) системы, на предмет установления факта употребления психоактивного вещества и состояния опьянения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z304" w:id="317"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z304" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236) осуществляет контроль за соблюдением иммигрантами установленных правил въезда в Республику Казахстан, выезда из Республики Казахстан, пребывания в Республике Казахстан и транзитного проезда через территорию Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z963" w:id="318"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z963" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236-1) осуществляет в пределах компетенции государственный контроль в области миграции населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z305" w:id="319"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z305" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237) организует и обеспечивает выполнение обязательств, вытекающих из международных договоров о реадмиссии, ратифицированных Республикой Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z306" w:id="320"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z306" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238) исполняет судебные акты, требования судей, постановления, предписания и требования прокурора, письменные поручения следователя, дознавателя в ходе досудебного производства по уголовным делам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z307" w:id="321"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z307" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239) организует исправительное воздействие на осужденных, в том числе с использованием психолого-педагогических методов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z308" w:id="322"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z308" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       240) организует трудовую занятость осужденных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z309" w:id="323"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z309" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       241) обеспечивает санитарно-эпидемиологическое благополучие и охрану здоровья лиц, содержащихся в учреждениях уголовно-исполнительной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z310" w:id="324"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z310" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       242) осуществляет содержание подозреваемых и обвиняемых;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z311" w:id="325"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z311" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243) организует получение общеобразовательного и профессионального обучения осужденных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z312" w:id="326"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z312" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       244) осуществляет привлечение общественных и религиозных объединений к деятельности уголовно-исполнительной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z313" w:id="327"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z313" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       245) обеспечивает организацию работы по подготовке осужденных к освобождению, исполнение актов амнистии и помилования, взаимодействие учреждений и органов уголовно-исполнительной системы с другими правоохранительными органами, органами государственного управления и общественными объединениями по закреплению результатов исправления осужденных, их трудовому и бытовому устройству;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z314" w:id="328"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z314" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       246) координирует деятельность служб пробации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z315" w:id="329"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z315" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247) обеспечивает взаимодействие субъектов, осуществляющих пробацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z316" w:id="330"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z316" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       248) планирует и организует комплектование штата Национальной гвардии Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z317" w:id="331"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z317" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       249) исполняет решения о привлечении сотрудников Национальной гвардии Республики Казахстан для обеспечения правового режима чрезвычайного положения и ликвидации последствий чрезвычайных ситуаций, а также борьбы с незаконными вооруженными формированиями, локализации и блокирования района конфликта, пресечения особо опасных правонарушений, диверсий, террористических актов, вооруженных столкновений, разъединения противоборствующих сторон, проведения мероприятий по разоружению и ликвидации незаконных вооруженных формирований, изъятию оружия у населения в районе конфликта, усилению охраны общественного порядка и безопасности в районах, примыкающих к району конфликта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z318" w:id="332"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z318" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       250) осуществляет подбор, распределение кадров Национальной гвардии Республики Казахстан, их обучение в высших учебных заведениях, дислоцированных на территории республики, а также в военных учебных заведениях других государств на договорных условиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z319" w:id="333"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z319" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       251) организует медицинское обеспечение и осуществление надзора за санитарно-эпидемиологическим благополучием в местах дислокации региональных командований, соединений, воинских частей и военно-учебных заведений Национальной гвардии Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z320" w:id="334"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z320" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       252) участвует в проведении карантинных, санитарно-противоэпидемических и природоохранных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z321" w:id="335"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z321" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       253) организует специальные и военные перевозки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z322" w:id="336"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z322" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       254) самостоятельно или совместно с Пограничной службой Комитета национальной безопасности Республики Казахстан осуществляет контроль за въездом, временным пребыванием, проживанием и передвижением лиц в пограничной зоне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z323" w:id="337"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z323" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       255) совместно с Пограничной службой Комитета национальной безопасности Республики Казахстан обеспечивает соблюдение правил пограничного режима;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z324" w:id="338"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z324" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       256) оказывает содействие Комитету национальной безопасности Республики Казахстан в розыске лиц, нарушивших Государственную границу, и иных правонарушителей, а также выяснении и проверке обстоятельств правонарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z325" w:id="339"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z325" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       257) информирует Пограничную службу Комитета национальной безопасности Республики Казахстан о состоянии правопорядка в пограничном пространстве, лицах, покинувших место жительства при неизвестных обстоятельствах, преступных группах и лицах, имеющих противоправные устремления в отношении Государственной границы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z326" w:id="340"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z326" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       258) по представлению Пограничной службы Комитета национальной безопасности Республики Казахстан временно ограничивает или запрещает доступ граждан Республики Казахстан, иностранцев и лиц без гражданства, в том числе беженцев, на отдельные участки местности или объекты, расположенные в пограничном пространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z327" w:id="341"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z327" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       259) по представлению органов национальной безопасности ограничивает или запрещает доступ лиц, ищущих убежище, и беженцев на отдельные участки местности или объекты, расположенные в пограничной зоне (полосе), во время возникших чрезвычайных ситуаций природного и техногенного характера, пограничного поиска нарушителей Государственной границы Республики Казахстан, отражения вооруженного вторжения или массовых переходов граждан сопредельного государства на территорию Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z328" w:id="342"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z328" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       260) обеспечивает общественный порядок при проведении в пограничной зоне и пограничной полосе общественно-политических, культурных и иных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z329" w:id="343"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z329" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       261) обеспечивает участие сил и средств органов внутренних дел в защите Государственной границы Республики Казахстан в случаях и порядке, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О Государственной границе Республики Казахстан" и иными законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z330" w:id="344"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z330" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       262) самостоятельно или совместно с Комитетом национальной безопасности Республики Казахстан участвует в правовом воспитании населения Республики Казахстан, осуществляет профилактику правонарушений в пограничном пространстве;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z331" w:id="345"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z331" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       263) обеспечивает реализацию государственной политики в области гражданства, а также в рамках компетенции миграции населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z332" w:id="346"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z332" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       264) осуществляет мониторинг миграционных процессов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z333" w:id="347"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z333" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       265) формирует единую базу данных учета въезда и выезда иностранцев и лиц без гражданства, обеспечивает системное обновление сведений, а также осуществляет своевременный информационный обмен с уполномоченным органом по вопросам миграции населения, Министерством иностранных дел Республики Казахстан и органом национальной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z334" w:id="348"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z334" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       266) обеспечивает выдачу, аннулирование, восстановление виз Республики Казахстан, а также продление и сокращение сроков их действия либо в соответствии с законодательством Республики Казахстан принятие решения об отказе в выдаче виз Республики Казахстан иностранцам и лицам без гражданства, въезжающим и находящимся на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z335" w:id="349"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z335" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       267) обеспечивает оформление приглашения на въезд иностранцев в Республику Казахстан по частным делам, принятие и согласование приглашения принимающих лиц по выдаче виз Республики Казахстан, а также отказывает в выдаче приглашений на въезд иностранцам в Республику Казахстан при наличии оснований для отказа, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О миграции населения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z336" w:id="350"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z336" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268) обеспечивает учет иностранцев и лиц без гражданства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z964" w:id="351"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z964" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268-1) выдает иностранцам и лицам без гражданства визы на въезд в Республику Казахстан и выезд из Республики Казахстан, разрешения на временное пребывание и постоянное проживание в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z965" w:id="352"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z965" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       268-2) выдает разрешения на временное проживание в Республике Казахстан бизнес-иммигрантам, прибывшим из государств, заключивших с Республикой Казахстан международные договоры, ратифицированные Республикой Казахстан, о безвизовом порядке въезда и пребывания, а также членам их семей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z337" w:id="353"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z337" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       269) контролирует своевременный выезд за пределы Республики Казахстан иммигрантов, в отношении которых вынесен судебный акт о выдворении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z338" w:id="354"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z338" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       270) принимает меры по пресечению незаконной иммиграции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z339" w:id="355"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z339" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       271) принимает решение о сокращении срока пребывания иммигрантов в Республике Казахстан в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z340" w:id="356"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z340" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       272) принимает решение по определению правового статуса лиц, находящихся на территории Республики Казахстан, не являющихся гражданами Республики Казахстан и не имеющих доказательства своей принадлежности к гражданству иного государства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z341" w:id="357"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z341" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       273) обеспечивает оформление документов на выезд за пределы Республики Казахстан на постоянное место жительства либо принятие в соответствии с законодательством Республики Казахстан решения об отказе в предоставлении разрешений гражданам Республики Казахстан на выезд из Республики Казахстан на постоянное место жительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z342" w:id="358"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z342" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274) обеспечивает учет и регистрацию граждан Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z990" w:id="359"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z990" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       274-1) обеспечивает регистрацию по месту жительства и снятие с регистрации граждан Республики Казахстан, в том числе регистрацию по месту жительства, а также постановку на учет граждан Республики Казахстан, прибывающих на место временного пребывания (проживания) в столице, с учетом нормативов регистрации по месту жительства и месту временного пребывания (проживания) на территории столицы, утверждаемых местным представительным органом столицы в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О статусе столицы Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z991" w:id="360"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z991" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       274-2) обеспечивает постановку на учет граждан Республики Казахстан, прибывающих на место временного пребывания (проживания);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z343" w:id="361"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z343" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       275) осуществляет принудительное выдворение незаконных иммигрантов, лиц, ищущих убежище, и беженцев во исполнение вступивших в законную силу решений суда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z344" w:id="362"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z344" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       276) обеспечивает учет по месту пребывания на территории Республики Казахстан лиц, ищущих убежище, и беженцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z345" w:id="363"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z345" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       277) осуществляет ведение национальных реестров идентификационных номеров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z346" w:id="364"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z346" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       278) централизованно осуществляет формирование идентификационного номера и представляет информацию регистрирующим и другим государственным органам и иным государственным учреждениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z347" w:id="365"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z347" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       279) осуществляет организацию изготовления документов с идентификационным номером;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z348" w:id="366"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z348" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       280) обеспечивает прием от лиц, постоянно проживающих в Республике Казахстан, заявления по вопросам гражданства Республики Казахстан и вместе с необходимыми документами направляет их на рассмотрение Президента Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z349" w:id="367"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z349" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       281) обеспечивает регистрацию приобретения гражданства Республики Казахстан и выхода из гражданства Республики Казахстан, предусмотренную международными договорами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z350" w:id="368"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z350" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       282) определяет принадлежность (непринадлежность) к гражданству Республики Казахстан лиц, постоянно проживающих на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z992" w:id="369"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z992" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       282-1) обеспечивает регистрацию утраты гражданства Республики Казахстан лицами, постоянно проживающими и временно пребывающими на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z993" w:id="370"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z993" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       282-2) обеспечивает регистрацию лишения гражданства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z351" w:id="371"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z351" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       283) обеспечивает оформление приема в гражданство Республики Казахстан в упрощенном (регистрационном) порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z994" w:id="372"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z994" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       283-1) разрабатывает и утверждает правила приема, оформления и рассмотрения органами внутренних дел ходатайств (заявлений) по вопросам приема в гражданство Республики Казахстан и восстановления в гражданстве Республики Казахстан, в том числе в упрощенном (регистрационном) порядке, выхода из гражданства, утраты и лишения гражданства и определения принадлежности к гражданству Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z352" w:id="373"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z352" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       284) подготавливает предложения по созданию, модернизации и оснащению органов по подтверждению соответствия и лабораторий по продукции, подлежащей обязательному подтверждению соответствия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z353" w:id="374"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z353" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       285) участвует в работе по включению или исключению органов по оценке соответствия в национальную часть (из национальной части) единого реестра органов по оценке соответствия Евразийского экономического союза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z354" w:id="375"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z354" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       286) осуществляет государственный контроль и надзор в порядке, определенном Предпринимательским кодексом Республики Казахстан, за соблюдением требований соответствующих технических регламентов в рамках установленной компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z355" w:id="376"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z355" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287) подготавливает и вносит в уполномоченный орган в области технического регулирования в порядке, установленном законодательством Республики Казахстан, предложения о разработке технических регламентов или изменений и (или) дополнений в технические регламенты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z892" w:id="377"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z892" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-1) создает совет по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z893" w:id="378"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z893" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-2) представляет информацию по реализации государственного социального заказа в уполномоченный орган в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z894" w:id="379"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z894" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-3) размещает на своем интернет-ресурсе планируемые темы и информацию по реализации государственного социального заказа, а также оценку результатов государственного социального заказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z895" w:id="380"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z895" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-4) оказывает информационную, консультативную, методическую поддержку неправительственным организациям, осуществляющим государственный социальный заказ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z896" w:id="381"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z896" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-5) предоставляет государственные гранты в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассматривает отчет оператора о результатах реализации государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z897" w:id="382"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z897" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-6) осуществляет оценку эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z898" w:id="383"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z898" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-7) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирует государственные гранты по направлениям и объемам финансирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z899" w:id="384"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z899" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-8) проводит конкурсный отбор стратегических партнеров и заключает с ними договоры в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z900" w:id="385"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z900" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-9) осуществляет оценку исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z901" w:id="386"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z901" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-10) ежегодно до 1 декабря представляет в уполномоченный орган в сфере взаимодействия с неправительственными организациями информацию о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z942" w:id="387"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z942" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-11) формирует и реализует государственную политику в сфере противодействия торговле людьми, координирует деятельность субъектов противодействия торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z943" w:id="388"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z943" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-12) взаимодействует с иными субъектами противодействия торговле людьми, Уполномоченным по правам человека в Республике Казахстан, Уполномоченным по правам ребенка в Республике Казахстан и Уполномоченным по правам социально уязвимых категорий населения при Президенте Республики Казахстан в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z944" w:id="389"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z944" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-13) координирует и осуществляет работу по планированию, организации и реализации мер по противодействию торговле людьми, в том числе по предупреждению, оценке рисков в сфере противодействия торговле людьми, перенаправлению жертв торговли людьми для оказания им помощи и предоставления специальных социальных услуг, в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z945" w:id="390"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z945" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-14) обобщает практику применения законодательства Республики Казахстан в сфере выявления, предотвращения, пресечения и раскрытия преступлений, связанных с торговлей людьми, а также разрабатывает и вносит предложения по еҰ совершенствованию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z946" w:id="391"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z946" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-15) организует подготовку, переподготовку и повышение квалификации сотрудников субъектов противодействия торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z947" w:id="392"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z947" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-16) обеспечивает защиту жизни, здоровья, прав и свобод человека и гражданина, интересов общества и государства в процессе осуществления противодействия торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z948" w:id="393"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z948" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-17) информирует общественность о результатах деятельности в сфере противодействия торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z949" w:id="394"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z949" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-18) разрабатывает и утверждает совместно с центральным исполнительным органом, осуществляющим руководство и межотраслевую координацию в сфере социальной защиты населения, положение о межведомственной комиссии по противодействию торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z950" w:id="395"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z950" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-19) разрабатывает и утверждает совместно с центральным исполнительным органом, осуществляющим руководство и межотраслевую координацию в сфере социальной защиты населения, типовое положение о региональной комиссии по противодействию торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z951" w:id="396"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z951" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-20) разрабатывает и утверждает совместно с центральным исполнительным органом, осуществляющим руководство и межотраслевую координацию в сфере социальной защиты населения, правила перенаправления жертв торговли людьми для оказания им помощи и предоставления специальных социальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z952" w:id="397"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z952" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-21) разрабатывает и утверждает совместно с центральным исполнительным органом, осуществляющим руководство и межотраслевую координацию в сфере социальной защиты населения, правила проведения оценки рисков в сфере противодействия торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z953" w:id="398"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z953" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       287-22) осуществляет оценку рисков в сфере противодействия торговле людьми;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z356" w:id="399"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z356" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       288) осуществляет оформление, выдачу, замену, изъятие и уничтожение документов, удостоверяющих личность: паспорт гражданина Республики Казахстан, удостоверение личности гражданина Республики Казахстан, вид на жительство иностранца в Республике Казахстан, удостоверение лица без гражданства, проездной документ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z995" w:id="400"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z995" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       289) разрабатывает и утверждает правила приема в высшее военное учебное заведение, осуществляющее подготовку кадров Национальной гвардии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z996" w:id="401"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z996" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       290) разрабатывает и утверждает правила возмещения государству бюджетных средств, затраченных на обучение военнослужащих Национальной гвардии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z997" w:id="402"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z997" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       291) разрабатывает и утверждает инструкцию по выполнению задач Национальной гвардии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z998" w:id="403"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z998" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       292) разрабатывает и утверждает инструкцию прохождения воинской службы в Национальной гвардии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z999" w:id="404"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z999" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       293) организует развитие кинологической службы в системе органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z1000" w:id="405"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z1000" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       294) обеспечивает функционирование единой государственной системы делопроизводства и организацию архивного дела в органах внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z1001" w:id="406"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z1001" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       295) разрабатывает и утверждает положение о структурных подразделениях Министерства внутренних дел, ведомствах, территориальных органах и организациях, подведомственных Министерству внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z1002" w:id="407"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z1002" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       296) разрабатывает порядок формирования Государственной пулегильзотеки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z1003" w:id="408"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z1003" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       297) разрабатывает правила использования документов других государственных органов и организаций для зашифровки конспиративных организаций, помещений, транспортных средств, личности сотрудников и их ведомственной принадлежности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z1004" w:id="409"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z1004" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       298) разрабатывает правила ввоза, вывоза, транзита наркотических средств, психотропных веществ и прекурсоров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z1005" w:id="410"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z1005" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       299) разрабатывает и утверждает правила приобретения, хранения, учета, использования, перевозки, уничтожения, ввоза, вывоза гражданских пиротехнических веществ и изделий с их применением;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z1006" w:id="411"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z1006" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       300) разрабатывает и утверждает правила открытия и функционирования стрелковых тиров (стрельбищ) и стендов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z1007" w:id="412"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z1007" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       301) разрабатывает и утверждает правила использования объектов и помещений в сфере оборота наркотических средств, психотропных веществ и прекурсоров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z1008" w:id="413"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z1008" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       302) разрабатывает и утверждает типовое положение о консультативно-совещательном органе при местных исполнительных органах по содействию деятельности органов и учреждений, исполняющих уголовные наказания и меры уголовно-правового воздействия, а также организации социальной и иной помощи лицам, отбывшим уголовные наказания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z1009" w:id="414"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z1009" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       303) разрабатывает и утверждает правила деятельности организаций образования органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z1010" w:id="415"/>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z1010" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       304) разрабатывает и утверждает правила приема на обучение в организации образования Министерства внутренних дел, реализующие профессиональные программы высшего образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z1011" w:id="416"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z1011" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       305) разрабатывает и утверждает правила приема на обучение в организации образования Министерства внутренних дел, реализующие профессиональные программы послевузовского образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z1012" w:id="417"/>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z1012" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       306) разрабатывает и утверждает правила распределения выпускников организаций образования органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z1013" w:id="418"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z1013" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       307) разрабатывает и утверждает правила проведения организационно-штатных мероприятий в системе органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z1014" w:id="419"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z1014" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       308) разрабатывает и утверждает правила осуществления профилактического контроля за лицами, состоящими на профилактическом учете в органах внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z1015" w:id="420"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z1015" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       309) разрабатывает и утверждает правила приема, учета, хранения и обеспечения сохранности в органах внутренних дел изъятого, добровольно сданного, найденного оружия, боеприпасов, взрывчатых материалов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z1016" w:id="421"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z1016" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       310) разрабатывает и утверждает правила организации деятельности центров оперативного управления и дежурных частей органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z1017" w:id="422"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z1017" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       311) разрабатывает и утверждает правила создания, использования и совершенствования ведомственных и оперативных учетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z1018" w:id="423"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z1018" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       312) разрабатывает и утверждает правила организации и тактики проведения общих и специальных оперативно-розыскных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z1019" w:id="424"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z1019" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       313) разрабатывает и утверждает правила создания, использования и совершенствования информационных систем, информационно-коммуникационных и телекоммуникационных сетей, сетей связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z1020" w:id="425"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z1020" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       314) вносит в Правительство Республики Казахстан государственный доклад о состоянии безопасности дорожного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z1021" w:id="426"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z1021" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       315) запрашивает и получает от центральных и местных исполнительных органов, организаций сведения о соблюдении ими законодательства Республики Казахстан о дорожном движении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z1022" w:id="427"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z1022" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       316) утверждает порядок организации и проведения оценки степени рисков эксплуатируемых дорог на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z1023" w:id="428"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z1023" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       317) устанавливает порядок ведения классификаторов и справочников идентификационных данных, их структуру, состав и формат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z1024" w:id="429"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z1024" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       318) определяет перечень должностей сотрудников органов внутренних дел, имеющих право при перемещениях и продвижениях по службе на подъемное пособие, возмещение затрат за проезд на транспорте и перевозку собственного имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z1025" w:id="430"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z1025" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       319) организует научно-исследовательскую деятельность в системе органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z1026" w:id="431"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z1026" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       320) разрабатывает и утверждает правила деятельности жилищных комиссий и работы информационной системы органов внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z1027" w:id="432"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z1027" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       321) разрабатывает и утверждает правила ведения учҰта лиц, содержащихся в следственных изоляторах уголовно-исполнительной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z1028" w:id="433"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z1028" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       322) разрабатывает и утверждает правила организации деятельности специальных приемников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z1029" w:id="434"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z1029" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       323) разрабатывает и утверждает правила организации деятельности приемников-распределителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z1030" w:id="435"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z1030" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       324) разрабатывает и утверждает правила организации деятельности специальных помещений и типовые правила внутреннего распорядка специального помещения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z1031" w:id="436"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z1031" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       325) разрабатывает и утверждает правила осуществления жилищных выплат сотруднику и военнослужащему действующего резерва, штатному негласному сотруднику органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z1032" w:id="437"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z1032" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       326) реализует в пределах своей компетенции государственную политику в сфере документов, удостоверяющих личность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z1033" w:id="438"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z1033" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       327) совместно с Министерством иностранных дел Республики Казахстан определяет порядок выдачи визы на въезд в Республику Казахстан с целью воссоединения семьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z1034" w:id="439"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z1034" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       328) проводит мониторинг законодательства Республики Казахстан по обеспечению безопасности дорожного движения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z1035" w:id="440"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z1035" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       329) создает, реорганизует и ликвидирует изоляторы временного содержания, приемники-распределители, специальные приемники и специальные помещения органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z1036" w:id="441"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z1036" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       330) участвует в планировании территориальной обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z1037" w:id="442"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z1037" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       331) осуществляет всестороннюю подготовку и обеспечивает постоянную готовность органов внутренних дел Республики Казахстан к выполнению задач территориальной обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z1038" w:id="443"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z1038" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       332) определяет состав структурных подразделений Министерства внутренних дел Республики Казахстан, ведомств, территориальных органов и организаций, подведомственных Министерству внутренних дел Республики Казахстан, выделяемых для выполнения задач территориальной обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z1039" w:id="444"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z1039" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       333) осуществляет охрану и оборону объектов территориальной обороны в соответствии с планами территориальной обороны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z1040" w:id="445"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z1040" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       334) осуществляет охрану общественного порядка и обеспечивает общественную безопасность; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z1041" w:id="446"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z1041" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       335) планирует и участвует в проведении эвакуационных мероприятий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z1042" w:id="447"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z1042" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       336) обеспечивает при введении военного положения и в военное время подчинение органов внутренних дел Республики Казахстан соответствующим органам военного управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z1043" w:id="448"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z1043" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       337) определяет порядок регистрации иммигрантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z1044" w:id="449"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z1044" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       338) разрабатывает и утверждает перечень закрытых и обособленных военных городков, иных закрытых объектов, содержание служебных жилищ и централизованное отопление в которых обеспечиваются за счет бюджетных средств, а также в которых служебное жилище не подлежит приватизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z1045" w:id="450"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z1045" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       339) участвует в формировании государственной политики и принимает меры по противодействию теневой экономике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z1046" w:id="451"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z1046" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       340) осуществляет иные функции, предусмотренные законодательными актами, актами Президента и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkEnd w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11085,388 +11105,388 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z357" w:id="452"/>
+    <w:bookmarkStart w:name="z357" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия Министра внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z358" w:id="453"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z358" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Министерством осуществляется Министром внутренних дел Республики Казахстан, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z359" w:id="454"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z359" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Министр внутренних дел Республики Казахстан назначается на должность и освобождается от должности Президентом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z360" w:id="455"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z360" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Министр внутренних дел Республики Казахстан имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z361" w:id="456"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z361" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия Министра внутренних дел Республики Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z362" w:id="457"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z362" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществляет руководство единой системой органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z363" w:id="458"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z363" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) устанавливает структуру и штатную численность органов внутренних дел в пределах лимита штатной численности, утвержденного Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z364" w:id="459"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z364" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) вносит на рассмотрение Правительства Республики Казахстан предложения об изменении лимита штатной численности органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z365" w:id="460"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z365" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) определяет обязанности и круг полномочий, устанавливает степень ответственности своих заместителей, а также председателей комитетов и иных структурных подразделений Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z366" w:id="461"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z366" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) от имени Министерства издает правовые акты, обязательные к исполнению органами внутренних дел, в пределах своей компетенции – нормативные правовые акты, обязательные к исполнению и иными государственными органами, физическими и юридическими лицами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z367" w:id="462"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z367" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) назначает на должность начальника департамента полиции области, города республиканского значения, столицы в соответствии с законодательством Республики Казахстан о правоохранительной службе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z368" w:id="463"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z368" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) назначает, налагает дисциплинарные взыскания и увольняет сотрудников, военнослужащих и работников органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z369" w:id="464"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z369" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) зачисляет граждан в кадры Министерства, присваивает им первые и очередные специальные звания до полковника полиции (юстиции) включительно, а также воинские звания до полковника включительно – военнослужащим Министерства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z370" w:id="465"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z370" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) вносит Президенту Республики Казахстан представления о награждении государственными наградами и присвоении высших воинских и специальных званий сотрудникам и военнослужащим органов внутренних дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z371" w:id="466"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z371" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) в установленном законодательством порядке налагает дисциплинарные взыскания и применяет меры поощрения на сотрудников, военнослужащих и работников, вопросы трудовых отношений которых отнесены к его компетенции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z372" w:id="467"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z372" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) в пределах своей компетенции в соответствии с законодательством создает, реорганизует и ликвидирует структурные подразделения Министерства, ведомств, территориальных органов и организаций, подведомственных Министерству;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z373" w:id="468"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z373" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) представляет Министерство в государственных органах и международных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkEnd w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11495,110 +11515,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z375" w:id="469"/>
+    <w:bookmarkStart w:name="z375" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) распределяет финансовые средства на содержание органов внутренних дел и Национальной гвардии Республики Казахстан в пределах ассигнований, выделенных из республиканского бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z376" w:id="470"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z376" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z377" w:id="471"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z377" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий Министра внутренних дел в период его отсутствия осуществляется лицом, его замещающим, в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkEnd w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11617,444 +11637,444 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z378" w:id="472"/>
+    <w:bookmarkStart w:name="z378" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Министр внутренних дел Республики Казахстан определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z379" w:id="473"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z379" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Аппарат Министерства возглавляется руководителем аппарата или должностным лицом Министерства, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z380" w:id="474"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z380" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z381" w:id="475"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z381" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z382" w:id="476"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z382" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z383" w:id="477"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z383" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z384" w:id="478"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z384" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z385" w:id="479"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z385" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-    <w:bookmarkStart w:name="z386" w:id="480"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z386" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
-    <w:bookmarkStart w:name="z387" w:id="481"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z387" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства, и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
-    <w:bookmarkStart w:name="z388" w:id="482"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z388" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Министерство внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-    <w:bookmarkStart w:name="z389" w:id="483"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z389" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственные предприятия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="483"/>
-    <w:bookmarkStart w:name="z390" w:id="484"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z390" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное предприятие на праве хозяйственного ведения "Алатау" Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-    <w:bookmarkStart w:name="z391" w:id="485"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z391" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное предприятие на праве хозяйственного ведения "Информационно-производственный центр" Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
-    <w:bookmarkStart w:name="z392" w:id="486"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z392" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерные общества</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z393" w:id="487"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z393" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Акционерное общество "Санаторий "Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z394" w:id="488"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z394" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Акционерное общество "Санаторий "Арман".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-    <w:bookmarkStart w:name="z395" w:id="489"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z395" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Товарищества с ограниченной ответственностью</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="489"/>
-    <w:bookmarkStart w:name="z396" w:id="490"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z396" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Товарищество с ограниченной ответственностью "Медиа-центр органов внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z397" w:id="491"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z397" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитет уголовно-исполнительной системы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkEnd w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12073,70 +12093,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z398" w:id="492"/>
+    <w:bookmarkStart w:name="z398" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное предприятие на праве хозяйственного ведения "Еңбек" учреждений уголовно-исполнительной (пенитенциарной) системы Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkEnd w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12165,86 +12185,86 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z400" w:id="493"/>
+    <w:bookmarkStart w:name="z400" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень территориальных органов, находящихся в ведении Министерства, и территориальных подразделений его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z401" w:id="494"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z401" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Министерство внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkEnd w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Раздел 1 с изменениями, внесенными постановлениями Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12336,2063 +12356,2755 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 18.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1066</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">; от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 959</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z402" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Департамент полиции города Астаны Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z403" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департамент полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z404" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Департамент полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z405" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Департамент полиции города Алматы Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z406" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Департамент полиции Алматинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z859" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. Департамент полиции области Жетісу Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z407" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Департамент полиции Атырауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z408" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Департамент полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z860" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. Департамент полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z409" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Департамент полиции Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z410" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Департамент полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z411" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Департамент полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z861" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1. Департамент полиции области Ұлытау Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z412" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Департамент полиции Кызылординской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z413" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Департамент полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z414" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Департамент полиции Мангистауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z415" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Департамент полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z416" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Департамент полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z417" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Департамент полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z418" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Департамент полиции города Шымкента Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z419" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Департамент полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z420" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Управление полиции района "Алматы" Департамента полиции города Астаны Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z421" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Управление полиции района "Байқоңыр" Департамента полиции города Астаны Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z422" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Управление полиции района "Есиль" Департамента полиции города Астаны Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z906" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-1. Управление полиции района "Нұра" Департамента полиции города Астаны Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z967" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-2. Управление полиции района "Сарайшық" Департамента полиции города Астаны Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z423" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Управление полиции района "Сарыарка" Департамента полиции города Астаны Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z424" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Управление полиции города Кокшетау Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z425" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Управление полиции города Степногорска Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z426" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Отдел полиции Аккольского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z427" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Отдел полиции Аршалынского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z428" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Отдел полиции Астраханского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z429" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Отдел полиции Атбасарского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z430" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Отдел полиции Буландынского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z431" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Отдел полиции Егиндыкольского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z432" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Отдел полиции района Биржан сал Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z433" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Отдел полиции Ерейментауского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z434" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Отдел полиции Есильского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z435" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Отдел полиции Жаксынского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z436" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Отдел полиции Жаркаинского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z437" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Отдел полиции Зерендинского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z438" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Отдел полиции Коргалжынского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z439" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Отдел полиции Сандыктауского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z440" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Отдел полиции Целиноградского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z441" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Отдел полиции города Косшы Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z442" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Отдел полиции Шортандинского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z443" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Отдел полиции Бурабайского района Департамента полиции Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z444" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Управление полиции города Актобе Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z445" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Отдел полиции Айтекебийского района Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z446" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Отдел полиции Алгинского района Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z447" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Отдел полиции Байганинского района Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z448" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Отдел полиции Иргизского района Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z449" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Отдел полиции Каргалинского района Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z450" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Отдел полиции Мартукского района Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z451" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Отдел полиции Мугалжарского района Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z452" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Отдел полиции Темирского района Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z453" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Отдел полиции Уилского района Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z454" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Отдел полиции Хобдинского района Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z455" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Отдел полиции Хромтауского района Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z456" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Отдел полиции Шалкарского района Департамента полиции Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z457" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Управление полиции Алатауского района Департамента полиции города Алматы Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z458" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Управление полиции Алмалинского района Департамента полиции города Алматы Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z459" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Управление полиции Ауэзовского района Департамента полиции города Алматы Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z460" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Управление полиции Бостандыкского района Департамента полиции города Алматы Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z461" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Управление полиции Жетысуского района Департамента полиции города Алматы Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z462" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Управление полиции Медеуского района Департамента полиции города Алматы Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z463" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Управление полиции Турксибского района Департамента полиции города Алматы Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z464" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Управление полиции Наурызбайского района Департамента полиции города Алматы Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z465" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Управление полиции на метрополитене города Алматы Департамента полиции города Алматы Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">65. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 471</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...1379 lines deleted...]
-    <w:bookmarkEnd w:id="563"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z467" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Управление полиции Енбекшиказахского района Департамента полиции Алматинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z468" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Управление полиции Илийского района Департамента полиции Алматинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z469" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Управление полиции Карасайского района Департамента полиции Алматинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z470" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Управление полиции Талгарского района Департамента полиции Алматинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z471" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Управление полиции города Қонаев Департамента полиции Алматинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">65. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">71. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z467" w:id="564"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z932" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Отдел полиции города Алатау Департамента полиции Алматинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">71. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">72. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="569"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">73. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 471</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z475" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Отдел полиции Балхашского района Департамента полиции Алматинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">72. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">75. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z477" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Управление полиции Жамбылского района Департамента полиции Алматинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">73. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">77. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z475" w:id="570"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z479" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Отдел полиции Кегенского района Департамента полиции Алматинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">75. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">79. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="571"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">80. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 471</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">81. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 471</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z483" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Отдел полиции Райымбекского района Департамента полиции Алматинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">77. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">83. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z479" w:id="572"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z485" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Отдел полиции Уйгурского района Департамента полиции Алматинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z862" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-1. Управление полиции города Талдыкоргана Департамента полиции области Жетісу Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z863" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-2. Отдел полиции города Текели Департамента полиции области Жетісу Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z864" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-3. Отдел полиции Аксуского района Департамента полиции области Жетісу Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z865" w:id="579"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-4. Отдел полиции Алакольского района Департамента полиции области Жетісу Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z866" w:id="580"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-5. Отдел полиции Ескельдинского района Департамента полиции области Жетісу Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z867" w:id="581"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-6. Отдел полиции Каратальского района Департамента полиции области Жетісу Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z868" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-7. Отдел полиции Кербулакского района Департамента полиции области Жетісу Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z869" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-8. Отдел полиции Коксуского района Департамента полиции области Жетісу Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z870" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-9. Отдел полиции Панфиловского района Департамента полиции области Жетісу Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z871" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84-10. Отдел полиции Сарканского района Департамента полиции области Жетісу Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z486" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Управление полиции города Атырау Департамента полиции Атырауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z487" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Управление полиции Жылыойского района Департамента полиции Атырауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z488" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Отдел полиции Индерского района Департамента полиции Атырауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z489" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Отдел полиции Исатайского района Департамента полиции Атырауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z490" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Отдел полиции Кызылкогинского района Департамента полиции Атырауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z491" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Отдел полиции Курмангазинского района Департамента полиции Атырауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z492" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Отдел полиции Макатского района Департамента полиции Атырауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z493" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Отдел полиции Махамбетского района Департамента полиции Атырауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z494" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Управление полиции города Усть-Каменогорска Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">79. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">94. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -14402,5245 +15114,4573 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">80. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">95. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z497" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Отдел полиции района Алтай Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z498" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Отдел полиции города Риддера Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">81. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">98. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="573"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">99. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 471</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 471</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z502" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Отдел полиции Глубоковского района Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">83. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">102. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z485" w:id="574"/>
-[...398 lines deleted...]
-    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z504" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Отдел полиции Зайсанского района Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z505" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Отдел полиции Катон-Карагайского района Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z933" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104-1. Отдел полиции района Үлкен Нарын Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">94. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">105. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z872" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105-1. Отдел полиции района Самар Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z507" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Отдел полиции Курчумского района Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z934" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106-1. Отдел полиции района Марқакөл Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z508" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Отдел полиции Тарбагатайского района Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z509" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Отдел полиции Уланского района Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">95. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">109. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z497" w:id="594"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z511" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. Отдел полиции Шемонаихинского района Департамента полиции Восточно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">98. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">111. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z873" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-1. Управление полиции города Семей Департамента полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z874" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-2. Отдел полиции Аягозского района Департамента полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z875" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-3. Отдел полиции Абайского района Департамента полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z876" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-4. Отдел полиции Бескарагайского района Департамента полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z877" w:id="611"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-5. Отдел полиции Бородулихинского района Департамента полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z878" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-6. Отдел полиции Жарминского района Департамента полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z879" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-7. Отдел полиции Кокпектинского района Департамента полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z880" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-8. Отдел полиции Урджарского района Департамента полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z881" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-9. Отдел полиции города Курчатова Департамента полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z882" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-10. Отдел полиции Аксуатского района Департамента полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z935" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-11. Отдел полиции района Мақаншы Департамента полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z936" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111-12. Отдел полиции района Жаңасемей Департамента полиции области Абай Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z513" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. Управление полиции города Тараза Департамента полиции Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z514" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. Отдел полиции Байзакского района Департамента полиции Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z515" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. Отдел полиции Жамбылского района Департамента полиции Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z516" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115. Отдел полиции Жуалынского района Департамента полиции Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z517" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116. Отдел полиции Кордайского района Департамента полиции Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z518" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117. Отдел полиции Меркенского района Департамента полиции Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z519" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. Отдел полиции Мойынкумского района Департамента полиции Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z520" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119. Отдел полиции Сарысуского района Департамента полиции Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z521" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120. Отдел полиции Таласского района Департамента полиции Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z522" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. Отдел полиции района Турара Рыскулова Департамента полиции Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z523" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Отдел полиции Шуского района Департамента полиции Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z524" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123. Управление полиции города Уральска Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z525" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124. Отдел полиции Акжаикского района Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z526" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. Отдел полиции Бокейординского района Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z527" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. Отдел полиции Бурлинского района Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z528" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127. Отдел полиции Жангалинского района Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z529" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128. Отдел полиции Жанибекского района Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z530" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129. Отдел полиции района Бәйтерек Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z531" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. Отдел полиции Казталовского района Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z532" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131. Отдел полиции Каратобинского района Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z533" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. Отдел полиции Сырымского района Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z534" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133. Отдел полиции Таскалинского района Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z535" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134. Отдел полиции Теректинского района Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z536" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135. Отдел полиции Чингирлауского района Департамента полиции Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z537" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136. Управление полиции города Караганды Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">99. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">137. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z539" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138. Управление полиции города Темиртау Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z540" w:id="645"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139. Управление полиции Абайского района Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z541" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140. Управление полиции Бухар-Жырауского района Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z542" w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141. Отдел полиции города Балхаша Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">100. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">142. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z502" w:id="596"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z544" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143. Отдел полиции города Сарани Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">102. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">144. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z504" w:id="597"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z546" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145. Отдел полиции города Шахтинска Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z547" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146. Отдел полиции города Приозерска Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z548" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147. Отдел полиции Актогайского района Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">105. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">148. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z872" w:id="600"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z550" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149. Отдел полиции Каркаралинского района Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z551" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150. Отдел полиции Нуринского района Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z552" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151. Отдел полиции Осакаровского района Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">109. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
+        <w:t xml:space="preserve">152. Исключена постановлением Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 471</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z511" w:id="605"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z554" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153. Отдел полиции Шетского района Департамента полиции Карагандинской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z883" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153-1. Управление полиции города Жезказган Департамента полиции области Ұлытау Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z884" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153-2. Отдел полиции города Каражала Департамента полиции области Ұлытау Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z885" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153-3. Отдел полиции города Сатпаева Департамента полиции области Ұлытау Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z886" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153-4. Отдел полиции Жанааркинского района Департамента полиции области Ұлытау Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z887" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153-5. Отдел полиции Улытауского района Департамента полиции области Ұлытау Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z555" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154. Управление полиции города Кызылорды Департамента полиции Кызылординской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z556" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155. Отдел полиции Аральского района Департамента полиции Кызылординской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z557" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156. Отдел полиции Жалагашского района Департамента полиции Кызылординской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z558" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157. Отдел полиции Жанакорганского района Департамента полиции Кызылординской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z559" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158. Отдел полиции Казалинского района Департамента полиции Кызылординской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z560" w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159. Отдел полиции Кармакшинского района Департамента полиции Кызылординской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z561" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160. Отдел полиции Сырдарьинского района Департамента полиции Кызылординской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z562" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161. Отдел полиции Шиелийского района Департамента полиции Кызылординской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z563" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162. Управление полиции города Аркалыка Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z564" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163. Отдел полиции города Житикара и Житикаринского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z565" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164. Управление полиции города Костаная Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z566" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165. Отдел полиции города Лисаковска Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z567" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166. Управление полиции города Рудного Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z568" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167. Отдел полиции Алтынсаринского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z569" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168. Отдел полиции Амангельдинского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z570" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169. Отдел полиции Аулиекольского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z571" w:id="677"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170. Отдел полиции Денисовского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z572" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171. Отдел полиции Джангельдинского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z573" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172. Отдел полиции Камыстинского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z574" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173. Отдел полиции Карабалыкского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z575" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174. Отдел полиции Карасуского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z576" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175. Отдел полиции Костанайского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z577" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176. Отдел полиции Мендыкаринского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z578" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177. Отдел полиции Наурзумского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z579" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178. Отдел полиции Сарыкольского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z580" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179. Отдел полиции района Беимбета Майлина Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z581" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180. Отдел полиции Узункольского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z582" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181. Отдел полиции Федоровского района Департамента полиции Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z583" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182. Управление полиции города Актау Департамента полиции Мангистауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z584" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183. Управление полиции города Жанаозен Департамента полиции Мангистауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z585" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184. Отдел полиции Бейнеуского района Департамента полиции Мангистауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z586" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185. Отдел полиции Каракиянского района Департамента полиции Мангистауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z587" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186. Отдел полиции Мангистауского района Департамента полиции Мангистауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z588" w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187. Отдел полиции Мунайлинского района Департамента полиции Мангистауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z589" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188. Отдел полиции Тупкараганского района Департамента полиции Мангистауской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z590" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189. Управление полиции города Павлодара Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z591" w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190. Отдел полиции города Аксу Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z592" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191. Управление полиции города Экибастуза Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z593" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192. Отдел полиции Актогайского района Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z594" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193. Отдел полиции Баянаульского района Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z595" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194. Отдел полиции Железинского района Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z596" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195. Отдел полиции Иртышского района Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z597" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      196. Отдел полиции района Тереңкөл Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z598" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197. Отдел полиции района Аққулы Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z599" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198. Отдел полиции Майского района Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z600" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199. Отдел полиции Павлодарского района Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z601" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200. Отдел полиции Успенского района Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z602" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201. Отдел полиции Щербактинского района Департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z603" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      202. Управление полиции города Петропавловска Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z604" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203. Отдел полиции Айыртауского района Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z605" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204. Отдел полиции Акжарского района Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z606" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205. Отдел полиции Аккайынского района Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z607" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206. Отдел полиции района имени Габита Мусрепова Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z608" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207. Отдел полиции Есильского района Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z609" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      208. Отдел полиции Жамбылского района Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z610" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      209. Отдел полиции Кызылжарского района Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z611" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210. Отдел полиции района Магжана Жумабаева Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z612" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211. Отдел полиции Мамлютского района Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z613" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      212. Отдел полиции Тайыншинского района Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z614" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213. Отдел полиции Тимирязевского района Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z615" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214. Отдел полиции Уалихановского района Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z616" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      215. Отдел полиции района Шал акына Департамента полиции Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z617" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216. Управление полиции города Туркестана Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z618" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217. Управление полиции Сайрамского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z619" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      218. Отдел полиции города Кентау Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z620" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      219. Отдел полиции Арысского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z621" w:id="727"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220. Отдел полиции Байдибекского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z622" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      221. Отдел полиции Жетысайского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z623" w:id="729"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      222. Отдел полиции Казыгуртского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z624" w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      223. Отдел полиции Келесского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z625" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      224. Отдел полиции Мактааральского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z626" w:id="732"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      225. Отдел полиции Ордабасынского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z627" w:id="733"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      226. Отдел полиции Отрарского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z628" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      227. Управление полиции Сарыагашского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z629" w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      228. Отдел полиции района Сауран Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z630" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      229. Отдел полиции Сузакского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z631" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      230. Отдел полиции Толебийского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z632" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      231. Отдел полиции Тюлькубасского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z633" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      232. Отдел полиции Шардаринского района Департамента полиции Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z634" w:id="740"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      233. Управление полиции Абайского района Департамента полиции города Шымкента Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z635" w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      234. Управление полиции аль-Фарабийского района Департамента полиции города Шымкента Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z636" w:id="742"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      235. Управление полиции Енбекшинского района Департамента полиции города Шымкента Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z637" w:id="743"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      236. Управление полиции района "Каратау" Департамента полиции города Шымкента Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z902" w:id="744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      236-1. Управление полиции района "Тұран" Департамента полиции города Шымкента Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z638" w:id="745"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      237. Линейный отдел полиции на станции Мангистау Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z639" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      238. Линейный отдел полиции на станции Актобе Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z640" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      239. Линейный отдел полиции на станции Атырау Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z641" w:id="748"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      240. Линейный отдел полиции на станции Кызылорда Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z642" w:id="749"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      241. Линейный отдел полиции на станции Уральск Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z643" w:id="750"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      242. Линейное Управление полиции на станции Астана Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z644" w:id="751"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      243. Линейный отдел полиции на станции Караганда – Сортировочная Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z888" w:id="752"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      243-1. Линейный отдел полиции на станции Жезказган Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z645" w:id="753"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      244. Линейный отдел полиции на станции Кокшетау Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z646" w:id="754"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      245. Линейный отдел полиции на станции Костанай Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z647" w:id="755"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      246. Линейный отдел полиции на станции Павлодар Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z648" w:id="756"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      247. Линейный отдел полиции на станции Петропавловск Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z649" w:id="757"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      248. Линейное Управление полиции на станции Алматы 1 Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z889" w:id="758"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      248-1. Линейный отдел полиции на станции Конаев Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z650" w:id="759"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      249. Линейный отдел полиции на станции Тараз Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z651" w:id="760"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      250. Линейный отдел полиции на станции Оскемен-1 Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z652" w:id="761"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      251. Линейный отдел полиции на станции Семей Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z653" w:id="762"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      252. Линейный отдел полиции на станции Шымкент Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z654" w:id="763"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      253. Линейный отдел полиции на станции Кандыагаш Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z655" w:id="764"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      254. Линейный отдел полиции в аэропорту города Астаны Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z656" w:id="765"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      255. Линейный отдел полиции в аэропорту города Алматы Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z657" w:id="766"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      256. Линейный отдел полиции на станции Уштобе Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z658" w:id="767"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      257. Линейный отдел полиции на станции Достык Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z659" w:id="768"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      258. Линейный отдел полиции на станции Арыс 1 Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z660" w:id="769"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      259. Линейный отдел полиции на станции Туркестан Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z661" w:id="770"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      260. Линейный отдел полиции на станции Түрксіб Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z662" w:id="771"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      261. Линейный отдел полиции на станции Шу Департамента полиции на транспорте Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z663" w:id="772"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      262. Представительство Министерства внутренних дел Республики Казахстан в городе Байконыре.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z664" w:id="773"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      263. Центральное региональное военно-следственное управление Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z665" w:id="774"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      264. Южное региональное военно-следственное управление Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z666" w:id="775"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      265. Восточное региональное военно-следственное управление Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z667" w:id="776"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      266. Западное региональное военно-следственное управление Министерства внутренних дел Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z668" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...3831 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Комитет уголовно-исполнительной системы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkEnd w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Раздел 2 с изменениями, внесенными постановлениями Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19695,370 +19735,370 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 21.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 492</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z669" w:id="777"/>
+    <w:bookmarkStart w:name="z669" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Департамент уголовно-исполнительной системы по Акмолинской области Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z670" w:id="778"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z670" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департамент уголовно-исполнительной системы по Актюбинской области Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z671" w:id="779"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z671" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департамент уголовно-исполнительной системы по городу Алматы Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z939" w:id="780"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z939" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1. Департамент уголовно-исполнительной системы по Алматинской области и области Жетісу Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z672" w:id="781"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z672" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Департамент уголовно-исполнительной системы по Атырауской области Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z673" w:id="782"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z673" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Департамент уголовно-исполнительной системы по Восточно-Казахстанской области Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z890" w:id="783"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z890" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-1. Департамент уголовно-исполнительной системы по области Абай Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z674" w:id="784"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z674" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Департамент уголовно-исполнительной системы по Жамбылской области Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z675" w:id="785"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z675" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Департамент уголовно-исполнительной системы по Западно-Казахстанской области Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z676" w:id="786"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z676" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Департамент уголовно-исполнительной системы по Карагандинской области и области Ұлытау Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z677" w:id="787"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z677" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Департамент уголовно-исполнительной системы по Кызылординской области Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z678" w:id="788"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z678" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Департамент уголовно-исполнительной системы по Костанайской области Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z679" w:id="789"/>
+    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:name="z679" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Департамент уголовно-исполнительной системы по Мангистауской области Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z680" w:id="790"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z680" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Департамент уголовно-исполнительной системы по Павлодарской области Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z681" w:id="791"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z681" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Департамент уголовно-исполнительной системы по Северо-Казахстанской области Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z682" w:id="792"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z682" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Департамент уголовно-исполнительной системы по городу Астане Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkEnd w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20087,106 +20127,106 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z684" w:id="793"/>
+    <w:bookmarkStart w:name="z684" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Департамент уголовно-исполнительной системы по городу Шымкенту и Туркестанской области Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z685" w:id="794"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z685" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень государственных учреждений, находящихся в ведении Министерства и его ведомств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z686" w:id="795"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z686" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Министерство внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkEnd w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Раздел 1 с изменениями, внесенными постановлениями Правительства РК от 11.07.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20281,90 +20321,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; от 13.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 615</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z687" w:id="796"/>
+    <w:bookmarkStart w:name="z687" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Центральный госпиталь с поликлиникой Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z688" w:id="797"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z688" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Кинологический центр Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkEnd w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20393,2628 +20433,2628 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z690" w:id="798"/>
+    <w:bookmarkStart w:name="z690" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. База военного и специального снабжения Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z691" w:id="799"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z691" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Учреждение автотранспортного обслуживания Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z692" w:id="800"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z692" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Отряд специального назначения "Сункар" Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z693" w:id="801"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z693" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Управление специализированной службы охраны Министерства внутренних дел Республики Казахстан (город Астана).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z694" w:id="802"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z694" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Управление специализированной службы охраны по охране дипломатических представительств Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z695" w:id="803"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z695" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Управление специализированной службы охраны по охране правительственных учреждений Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z966" w:id="804"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z966" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1. Академия управления Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z696" w:id="805"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z696" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Алматинская академия Министерства внутренних дел Республики Казахстан имени Макана Есбулатова.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z697" w:id="806"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z697" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Карагандинская академия Министерства внутренних дел Республики Казахстан имени Баримбека Бейсенова.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z698" w:id="807"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z698" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Костанайская академия Министерства внутренних дел Республики Казахстан имени Шракбека Кабылбаева.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z699" w:id="808"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z699" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Актюбинский юридический институт Министерства внутренних дел Республики Казахстан имени Малкеджара Букенбаева.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z700" w:id="809"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z700" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Учебный центр Министерства внутренних дел Республики Казахстан имени Бауржана Момышулы (город Шымкент).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z937" w:id="810"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z937" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14-1. Учебный центр Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z701" w:id="811"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z701" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Поликлиника Департамента полиции города Астаны Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z702" w:id="812"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z702" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Госпиталь с поликлиникой Департамента полиции Акмолинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z703" w:id="813"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z703" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Госпиталь с поликлиникой Департамента полиции Актюбинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z704" w:id="814"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z704" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Поликлиника Департамента полиции города Алматы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z705" w:id="815"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z705" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Госпиталь с поликлиникой Департамента полиции области Жетісу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z706" w:id="816"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z706" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Госпиталь с поликлиникой Департамента полиции Атырауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z707" w:id="817"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z707" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Госпиталь с поликлиникой Департамента полиции Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z938" w:id="818"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z938" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-1. Госпиталь с поликлиникой Департамента полиции области Абай.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z708" w:id="819"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z708" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Госпиталь с поликлиникой Департамента полиции Жамбылской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z709" w:id="820"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z709" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Госпиталь с поликлиникой Департамента полиции Западно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z710" w:id="821"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z710" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Госпиталь с поликлиникой Департамента полиции Карагандинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z711" w:id="822"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z711" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Поликлиника Департамента полиции Кызылординской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z712" w:id="823"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z712" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Госпиталь с поликлиникой Департамента полиции Костанайской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z713" w:id="824"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z713" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Поликлиника Департамента полиции Мангистауской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z714" w:id="825"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z714" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Госпиталь с поликлиникой Департамента полиции Павлодарской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z715" w:id="826"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z715" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Госпиталь с поликлиникой Департамента полиции Северо-Казахстанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z716" w:id="827"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z716" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Госпиталь с поликлиникой Департамента полиции Туркестанской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z717" w:id="828"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z717" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Поликлиника Департамента полиции города Шымкента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z718" w:id="829"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z718" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Управление специализированной службы охраны города Астаны Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z719" w:id="830"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z719" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Управление специализированной службы охраны Акмолинской области Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z720" w:id="831"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z720" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Управление специализированной службы охраны Актюбинской области Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z721" w:id="832"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z721" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Управление специализированной службы охраны города Алматы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z722" w:id="833"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z722" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Управление специализированной службы охраны Алматинской области и области Жетісу Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z723" w:id="834"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z723" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Управление специализированной службы охраны Атырауской области Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z724" w:id="835"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z724" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Управление специализированной службы охраны Восточно-Казахстанской области и области Абай Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z725" w:id="836"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z725" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Управление специализированной службы охраны Жамбылской области Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z726" w:id="837"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z726" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Управление специализированной службы охраны Западно-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z727" w:id="838"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z727" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Управление специализированной службы охраны Карагандинской области и области Ұлытау Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z728" w:id="839"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z728" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Управление специализированной службы охраны города Жезказгана Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z729" w:id="840"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z729" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Управление специализированной службы охраны Костанайской области Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z730" w:id="841"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z730" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Управление специализированной службы охраны Кызылординской области Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z731" w:id="842"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z731" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Управление специализированной службы охраны Мангистауской области Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z732" w:id="843"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z732" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Управление специализированной службы охраны Павлодарской области Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z733" w:id="844"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z733" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Управление специализированной службы охраны Северо-Казахстанской области Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z734" w:id="845"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z734" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Управление специализированной службы охраны города Шымкента и Туркестанской области Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z735" w:id="846"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z735" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Комитет уголовно-исполнительной системы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z736" w:id="847"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z736" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Учреждение № 1" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z737" w:id="848"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z737" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Учреждение № 2" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z738" w:id="849"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z738" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Учреждение № 3" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z739" w:id="850"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z739" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Учреждение № 4" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z740" w:id="851"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z740" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Учреждение № 5" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z741" w:id="852"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z741" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Учреждение № 6" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z742" w:id="853"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z742" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Учреждение № 7" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z743" w:id="854"/>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z743" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Учреждение № 8" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z744" w:id="855"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z744" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Учреждение № 9" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z745" w:id="856"/>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z745" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Учреждение № 10" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
-    <w:bookmarkStart w:name="z746" w:id="857"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z746" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Учреждение № 11" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z747" w:id="858"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z747" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Учреждение № 12" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z748" w:id="859"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z748" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Учреждение № 13" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z749" w:id="860"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z749" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Учреждение № 14" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z750" w:id="861"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z750" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. "Учреждение № 15" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z751" w:id="862"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z751" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Учреждение № 16" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z752" w:id="863"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z752" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. "Учреждение № 17" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z753" w:id="864"/>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z753" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. "Учреждение № 18" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z754" w:id="865"/>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z754" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. "Учреждение № 19" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z755" w:id="866"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z755" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. "Учреждение № 20" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z756" w:id="867"/>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z756" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. "Учреждение № 21" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z757" w:id="868"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z757" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. "Учреждение № 22" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z758" w:id="869"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z758" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. "Учреждение № 23" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z759" w:id="870"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z759" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. "Учреждение № 24" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z760" w:id="871"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z760" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. "Учреждение № 25" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z761" w:id="872"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z761" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. "Учреждение № 26" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z762" w:id="873"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z762" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. "Учреждение № 27" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z763" w:id="874"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z763" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. "Учреждение № 28" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z764" w:id="875"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z764" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. "Учреждение № 29" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z765" w:id="876"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z765" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. "Учреждение № 30" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z766" w:id="877"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z766" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. "Учреждение № 31" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z767" w:id="878"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z767" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. "Учреждение № 32" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z768" w:id="879"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z768" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. "Учреждение № 33" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z769" w:id="880"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z769" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. "Учреждение № 34" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z770" w:id="881"/>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z770" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. "Учреждение № 35" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z771" w:id="882"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z771" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. "Учреждение № 36" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z772" w:id="883"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z772" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. "Учреждение № 37" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z773" w:id="884"/>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z773" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. "Учреждение № 38" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z774" w:id="885"/>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z774" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. "Учреждение № 39" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z775" w:id="886"/>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z775" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. "Учреждение № 40" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z776" w:id="887"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z776" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. "Учреждение № 41" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z777" w:id="888"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z777" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. "Учреждение № 42" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z778" w:id="889"/>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z778" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. "Учреждение № 43" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z779" w:id="890"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z779" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. "Учреждение № 44" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z780" w:id="891"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z780" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. "Учреждение № 45" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z781" w:id="892"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z781" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. "Учреждение № 46" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z782" w:id="893"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z782" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. "Учреждение № 47" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z783" w:id="894"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z783" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. "Учреждение № 48" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z784" w:id="895"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z784" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. "Учреждение № 49" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z785" w:id="896"/>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z785" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. "Учреждение № 50" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z786" w:id="897"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z786" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. "Учреждение № 51" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z787" w:id="898"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z787" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. "Учреждение № 52" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z788" w:id="899"/>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z788" w:id="900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. "Учреждение № 53" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z789" w:id="900"/>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z789" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. "Учреждение № 54" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z790" w:id="901"/>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z790" w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. "Учреждение № 55" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z791" w:id="902"/>
+    <w:bookmarkEnd w:id="902"/>
+    <w:bookmarkStart w:name="z791" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. "Учреждение № 56" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z792" w:id="903"/>
+    <w:bookmarkEnd w:id="903"/>
+    <w:bookmarkStart w:name="z792" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. "Учреждение № 57" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z793" w:id="904"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z793" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. "Учреждение № 58" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z794" w:id="905"/>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z794" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. "Учреждение № 59" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z795" w:id="906"/>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z795" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. "Учреждение № 60" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z796" w:id="907"/>
+    <w:bookmarkEnd w:id="907"/>
+    <w:bookmarkStart w:name="z796" w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. "Учреждение № 61" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z797" w:id="908"/>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z797" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. "Учреждение № 62" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z798" w:id="909"/>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z798" w:id="910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. "Учреждение № 63" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z799" w:id="910"/>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z799" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. "Учреждение № 64" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z800" w:id="911"/>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z800" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. "Учреждение № 65" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z801" w:id="912"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z801" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. "Учреждение № 66" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z802" w:id="913"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z802" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. "Учреждение № 67" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z803" w:id="914"/>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z803" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. "Учреждение № 68" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z804" w:id="915"/>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z804" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. "Учреждение № 69" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z805" w:id="916"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z805" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. "Учреждение № 70" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z806" w:id="917"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z806" w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. "Учреждение № 71" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z807" w:id="918"/>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z807" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. "Учреждение № 72" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z808" w:id="919"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z808" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. "Учреждение № 73" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z809" w:id="920"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z809" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. "Учреждение № 74" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z810" w:id="921"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z810" w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. "Учреждение № 75" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z811" w:id="922"/>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z811" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. "Учреждение № 76" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z812" w:id="923"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z812" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. "Учреждение № 77" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z813" w:id="924"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z813" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. "Учреждение № 78" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z814" w:id="925"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z814" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. "Учреждение № 79" Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z815" w:id="926"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z815" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Отдел охраны Департамента уголовно-исполнительной системы по городу Алматы Комитета уголовно-исполнительной системы Министерства внутренних дел Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkEnd w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23043,68 +23083,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z817" w:id="927"/>
+    <w:bookmarkStart w:name="z817" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Перечень республиканских государственных учреждений, находящихся в ведении Национальной гвардии Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkEnd w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень с изменениями, внесенными постановлениями Правительства РК от 22.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23119,890 +23159,890 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 25.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z818" w:id="928"/>
+    <w:bookmarkStart w:name="z818" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Республиканское государственное учреждение "Академия Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z819" w:id="929"/>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z819" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Республиканское государственное учреждение "Воинская часть 3477 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z820" w:id="930"/>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z820" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Республиканское государственное учреждение "Воинская часть 3502 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z821" w:id="931"/>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z821" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Республиканское государственное учреждение "Воинская часть 3514 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z822" w:id="932"/>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z822" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Республиканское государственное учреждение "Воинская часть 3517 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z823" w:id="933"/>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z823" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республиканское государственное учреждение "Воинская часть 3650 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z824" w:id="934"/>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z824" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Республиканское государственное учреждение "Воинская часть 3656 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z825" w:id="935"/>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z825" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Республиканское государственное учреждение "Воинская часть 3660 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z826" w:id="936"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z826" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Республиканское государственное учреждение "Воинская часть 5449 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z827" w:id="937"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z827" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Республиканское государственное учреждение "Воинская часть 5451 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z828" w:id="938"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z828" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Республиканское государственное учреждение "Воинская часть 5510 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z829" w:id="939"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z829" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Республиканское государственное учреждение "Воинская часть 5511 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z830" w:id="940"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z830" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Республиканское государственное учреждение "Воинская часть 5512 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z831" w:id="941"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z831" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Республиканское государственное учреждение "Воинская часть 5513 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
-    <w:bookmarkStart w:name="z832" w:id="942"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z832" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Республиканское государственное учреждение "Воинская часть 5514 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z833" w:id="943"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z833" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Республиканское государственное учреждение "Воинская часть 5515 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z834" w:id="944"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z834" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Республиканское государственное учреждение "Воинская часть 5516 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z835" w:id="945"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z835" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Республиканское государственное учреждение "Воинская часть 5517 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z836" w:id="946"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z836" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Республиканское государственное учреждение "Воинская часть 5518 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z837" w:id="947"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z837" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Республиканское государственное учреждение "Воинская часть 5546 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
-    <w:bookmarkStart w:name="z838" w:id="948"/>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z838" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Республиканское государственное учреждение "Воинская часть 5547 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z839" w:id="949"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z839" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Республиканское государственное учреждение "Воинская часть 5548 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z840" w:id="950"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z840" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Республиканское государственное учреждение "Воинская часть 5570 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z841" w:id="951"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z841" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Республиканское государственное учреждение "Воинская часть 5571 Национальной гвардии Республики Казахстан имени Героя Советского Союза, гвардии полковника Бауыржан Момышұлы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z842" w:id="952"/>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z842" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Республиканское государственное учреждение "Воинская часть 5572 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z843" w:id="953"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z843" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Республиканское государственное учреждение "Воинская часть 5573 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z844" w:id="954"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z844" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Республиканское государственное учреждение "Воинская часть 6505 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z845" w:id="955"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z845" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Республиканское государственное учреждение "Воинская часть 6506 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z846" w:id="956"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z846" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Республиканское государственное учреждение "Воинская часть 6636 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z847" w:id="957"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z847" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Республиканское государственное учреждение "Воинская часть 6637 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z848" w:id="958"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z848" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Республиканское государственное учреждение "Воинская часть 6638 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="958"/>
-    <w:bookmarkStart w:name="z849" w:id="959"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z849" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Республиканское государственное учреждение "Воинская часть 6654 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
-    <w:bookmarkStart w:name="z850" w:id="960"/>
+    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:name="z850" w:id="961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Республиканское государственное учреждение "Воинская часть 6655 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="960"/>
-    <w:bookmarkStart w:name="z851" w:id="961"/>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z851" w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Республиканское государственное учреждение "Воинская часть 6656 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="961"/>
-    <w:bookmarkStart w:name="z852" w:id="962"/>
+    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkStart w:name="z852" w:id="963"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Республиканское государственное учреждение "Воинская часть 6679 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="962"/>
-    <w:bookmarkStart w:name="z853" w:id="963"/>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z853" w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Республиканское государственное учреждение "Воинская часть 6697 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="963"/>
-    <w:bookmarkStart w:name="z854" w:id="964"/>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z854" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Республиканское государственное учреждение "Воинская часть 6698 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="964"/>
-    <w:bookmarkStart w:name="z855" w:id="965"/>
+    <w:bookmarkEnd w:id="965"/>
+    <w:bookmarkStart w:name="z855" w:id="966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Республиканское государственное учреждение "Воинская часть 6699 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="965"/>
-    <w:bookmarkStart w:name="z856" w:id="966"/>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z856" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Республиканское государственное учреждение "Воинская часть 6800 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="966"/>
-    <w:bookmarkStart w:name="z857" w:id="967"/>
+    <w:bookmarkEnd w:id="967"/>
+    <w:bookmarkStart w:name="z857" w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Республиканское государственное учреждение "Воинская часть 7552 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="967"/>
-    <w:bookmarkStart w:name="z858" w:id="968"/>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z858" w:id="969"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Республиканское государственное учреждение "Воинская часть 5574 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="968"/>
-    <w:bookmarkStart w:name="z988" w:id="969"/>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z988" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Республиканское государственное учреждение "Воинская часть 5575 Национальной гвардии Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkEnd w:id="970"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24081,92 +24121,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июня 2005 года N 607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="970"/>
+    <w:bookmarkStart w:name="z14" w:id="971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>организаций, находящихся в ведении</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkEnd w:id="971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень исключен постановлением Правительства РК от 05.08.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24283,150 +24323,150 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июня 2005 года N 607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="971"/>
+    <w:bookmarkStart w:name="z19" w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>государственных учреждений - территориальных органов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkEnd w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Перечень исключен постановлением Правительства РК от 05.08.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 881</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z199" w:id="972"/>
+      <w:bookmarkStart w:name="z199" w:id="973"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Утвержден</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="972"/>
+    <w:bookmarkEnd w:id="973"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением Правительства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -24440,74 +24480,74 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от 22 июня 2005 года № 607</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z200" w:id="973"/>
+      <w:bookmarkStart w:name="z200" w:id="974"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечень</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkEnd w:id="974"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственных учреждений - территориальных подразделений</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -24685,92 +24725,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июня 2005 года N 607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="974"/>
+    <w:bookmarkStart w:name="z20" w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о Комитете внутренних войск</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkEnd w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Положение исключено постановлением Правительства РК от 29 октября 2007 г. N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24887,92 +24927,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июня 2005 года N 607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="975"/>
+    <w:bookmarkStart w:name="z26" w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Структура</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Комитета внутренних войск</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkEnd w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Структура исключена постановлением Правительства РК от 29 октября 2007 г. N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25089,51 +25129,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июня 2005 года N 607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="976"/>
+    <w:bookmarkStart w:name="z27" w:id="977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -25142,51 +25182,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>и контролю за оборотом наркотиков</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="976"/>
+    <w:bookmarkEnd w:id="977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Положение исключено постановлением Правительства РК от 29 октября 2007 г. N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25355,51 +25395,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июня 2005 года N 607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="977"/>
+    <w:bookmarkStart w:name="z33" w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Структура</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -25408,51 +25448,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>и контролю за оборотом наркотиков</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Министерства внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="977"/>
+    <w:bookmarkEnd w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Структура исключена постановлением Правительства РК от 29 октября 2007 г. N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25569,92 +25609,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июня 2005 года N 607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="978"/>
+    <w:bookmarkStart w:name="z34" w:id="979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>утративших силу некоторых решений</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkEnd w:id="979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Пункты 1 и 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>