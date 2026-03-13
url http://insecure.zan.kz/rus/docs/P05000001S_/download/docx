--- v0 (2025-10-05)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6e7567f" w14:textId="6e7567f">
+    <w:p w14:paraId="eaac31d" w14:textId="eaac31d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -111,68 +111,144 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Нормативное постановление Верховного Суда Республики Казахстан от 20 июня 2005 года N 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
+      Сноска. В заголовок внесены изменения на казахском языке, текст на русском языке не меняется в соответствии с нормативным постановлением Верховного Суда РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
       Сноска. По всему тексту слова "преступлением", "преступлении", "запрещенным уголовным законом" заменены соответственно словами "уголовным правонарушением", "уголовном правонарушении", "общественно опасным" в соответствии с нормативным постановлением Верховного Суда РК от 20.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. по всему тексту слова "Исковое заявление должно", "исковое заявление", "искового заявления", "исковых заявлений" заменить соответственно словами "Иск должен", "иск", "иска", "исков" в соответствии с нормативным постановлением Верховного Суда РК от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В целях правильного и единообразного применения уголовно-процессуального законодательства, регулирующего рассмотрение гражданских исков в уголовном процессе, пленарное заседание Верховного Суда Республики Казахстан </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -690,51 +766,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Гражданские иски могут быть предъявлены в письменной форме либо в форме электронного документа в соответствии с требованиями, предъявляемыми к искам, рассматриваемым в порядке гражданского судопроизводства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Исковое заявление должно представляться с приложением копий по числу лиц, указанных в нем в качестве гражданских ответчиков. </w:t>
+      Иск должен представляться с приложением копий по числу лиц, указанных в нем в качестве гражданских ответчиков. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Просьба о рассмотрении гражданского иска может быть изложена также в жалобе о возбуждении частного обвинения в порядке </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -872,51 +948,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Решение о признании лица гражданским истцом, об отказе в признании гражданским истцом либо о прекращении участия лица в уголовном процессе в качестве гражданского истца принимается органом, ведущим уголовный процесс, путем вынесения мотивированного постановления. Постановление должно быть вынесено сразу же соответственно после поступления искового заявления либо непосредственно после установления обстоятельств, указывающих об отсутствии оснований для пребывания лица в указанном процессуальном положении. </w:t>
+      5. Решение о признании лица гражданским истцом, об отказе в признании гражданским истцом либо о прекращении участия лица в уголовном процессе в качестве гражданского истца принимается органом, ведущим уголовный процесс, путем вынесения мотивированного постановления. Постановление должно быть вынесено сразу же соответственно после поступления иска либо непосредственно после установления обстоятельств, указывающих об отсутствии оснований для пребывания лица в указанном процессуальном положении. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       О принятом решении уведомляются лицо, предъявившее гражданский иск, а также участники процесса, интересы которых затрагиваются в гражданском иске. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
@@ -1074,51 +1150,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Дознаватель, следователь, прокурор или суд не вправе при производстве по уголовному делу отказать в приеме исковых заявлений, поданных указанными в </w:t>
+      6. Дознаватель, следователь, прокурор или суд не вправе при производстве по уголовному делу отказать в приеме исков, поданных указанными в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьях 58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1173,51 +1249,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> УПК.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      На основании поданного гражданским истцом заявления о возвращении искового заявления орган, ведущий уголовный процесс, выносит постановление о возвращении иска на любой стадии уголовного процесса. В случае, если такое заявление поступит во время проведения судебных прений, судья возобновляет судебное следствие для его рассмотрения и принятия процессуального решения.</w:t>
+      На основании поданного гражданским истцом заявления о возвращении иска орган, ведущий уголовный процесс, выносит постановление о возвращении иска на любой стадии уголовного процесса. В случае, если такое заявление поступит во время проведения судебных прений, судья возобновляет судебное следствие для его рассмотрения и принятия процессуального решения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -1576,51 +1652,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Постановление о привлечении к участию в деле в качестве гражданского ответчика незамедлительно объявляется лицу, в отношении которого оно вынесено, или его представителю с одновременным разъяснением их процессуальных прав, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> УПК, и вручением копии искового заявления.</w:t>
+        <w:t xml:space="preserve"> УПК, и вручением копии иска.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В тех случаях, когда вред причинен работником при исполнении трудовых (служебных, должностных) обязанностей, то гражданским ответчиком в соответствии со статьей 921 Гражданского кодекса Республики Казахстан (далее – ГК) может быть признано юридическое лицо либо гражданин, у которого виновное лицо выполняло работу на основании трудового либо гражданско-правового договора.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3181,51 +3257,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. При главном судебном разбирательстве уголовного дела председательствующий обязан обеспечить гражданскому истцу, гражданскому ответчику и их представителям возможность реализации ими своих процессуальных прав, в том числе право участвовать в исследовании по уголовному делу всех обстоятельств, касающихся гражданского иска и в судебных прениях. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z58" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В судебном заседании гражданским истцом должно быть оглашено исковое заявление. Суд обязан выяснить, поддерживают ли гражданский истец, его представители гражданский иск, в каком объеме, а если иск предъявлен прокурором, то выяснить, поддерживает ли гражданский иск государственный обвинитель. Необходимо также выяснять у гражданского ответчика и его представителей, признают ли они предъявленный гражданский иск, в каком объеме. </w:t>
+      В судебном заседании гражданским истцом должно быть оглашено иск. Суд обязан выяснить, поддерживают ли гражданский истец, его представители гражданский иск, в каком объеме, а если иск предъявлен прокурором, то выяснить, поддерживает ли гражданский иск государственный обвинитель. Необходимо также выяснять у гражданского ответчика и его представителей, признают ли они предъявленный гражданский иск, в каком объеме. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z59" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Гражданскому истцу, гражданскому ответчику и их представителям в судебном заседании гражданским должна быть представлена возможность дать объяснения по предъявленному гражданскому иску, представлять материалы для приобщения к уголовному делу, касающиеся гражданского иска. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z60" w:id="56"/>
     <w:p>
@@ -5085,51 +5161,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Суд апелляционной инстанции, проверяя законность приговора в части гражданского иска, с учетом требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 432</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> УПК вправе изменить приговор в части гражданского иска. В случаях, когда решение по гражданскому иску не указано в резолютивной части приговора, когда суд не исследовал исковое заявление, не опрашивал истца и ответчика по заявленному гражданскому иску, не привел в приговоре никаких суждений по поводу гражданского иска и в резолютивной части вообще не сформулировал решение по гражданскому иску, суд апелляционной инстанции проводит судебное следствие, выполняя требования закона к участию гражданского истца и гражданского ответчика в судебном разбирательстве и к рассмотрению гражданского иска по существу. По итогам судебного рассмотрения суд апелляционной инстанции в соответствии с требованиями статьи 432 УПК изменяет приговор в части гражданского иска, приняв мотивированное решение по иску.</w:t>
+        <w:t xml:space="preserve"> УПК вправе изменить приговор в части гражданского иска. В случаях, когда решение по гражданскому иску не указано в резолютивной части приговора, когда суд не исследовал иск, не опрашивал истца и ответчика по заявленному гражданскому иску, не привел в приговоре никаких суждений по поводу гражданского иска и в резолютивной части вообще не сформулировал решение по гражданскому иску, суд апелляционной инстанции проводит судебное следствие, выполняя требования закона к участию гражданского истца и гражданского ответчика в судебном разбирательстве и к рассмотрению гражданского иска по существу. По итогам судебного рассмотрения суд апелляционной инстанции в соответствии с требованиями статьи 432 УПК изменяет приговор в части гражданского иска, приняв мотивированное решение по иску.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z110" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Отмена приговора по основаниям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -5948,55 +6024,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>