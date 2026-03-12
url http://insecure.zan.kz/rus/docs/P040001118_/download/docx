--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="330c712" w14:textId="330c712">
+    <w:p w14:paraId="6d9549a" w14:textId="6d9549a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4145,4048 +4145,4240 @@
         <w:t>
       98) осуществление координации и мониторинга деятельности по сопровождению инвесторов по принципу "одного окна" для инвесторов, осуществляемой национальной компанией в области привлечения инвестиций и ее региональными представителями и представительствами, региональными организациями в области привлечения инвестиций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
     <w:bookmarkStart w:name="z188" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99) определение совместно с государственными органами, ответственными за оказание государственных и других услуг, ответственных лиц для взаимодействия в рамках оказания данных услуг инвесторам и сопровождения их в государственных органах и иных организациях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z189" w:id="161"/>
-[...15 lines deleted...]
-      100) утверждение перечня сырья и (или) материалов, импорт которых освобождается от налога на добавленную стоимость, в рамках инвестиционного контракта, по согласованию с центральным уполномоченным органом по государственному планированию и центральным уполномоченным органом по бюджетному планированию;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100) исключен постановлением Правительства РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">101) исключен постановлением Правительства РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z191" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102) осуществление подготовки и внесение предложений о разработке, внесении изменений, пересмотре и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации, рекомендаций по стандартизации в уполномоченный орган в сфере стандартизации в порядке, установленном законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z190" w:id="162"/>
-[...15 lines deleted...]
-      101) утверждение по согласованию с уполномоченным государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, и центральным уполномоченным органом по государственному планированию порядка заключения соглашения об инвестиционном налоговом кредите для получения инвестиционного налогового кредита;</w:t>
+    <w:bookmarkStart w:name="z192" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103) осуществление разработки национальных стандартов и национальных классификаторов технико-экономической информации по согласованию с уполномоченным органом в сфере стандартизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z191" w:id="163"/>
-[...15 lines deleted...]
-      102) осуществление подготовки и внесение предложений о разработке, внесении изменений, пересмотре и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации, рекомендаций по стандартизации в уполномоченный орган в сфере стандартизации в порядке, установленном законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z193" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104) рассмотрение проектов документов по стандартизации и национального плана стандартизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z192" w:id="164"/>
-[...15 lines deleted...]
-      103) осуществление разработки национальных стандартов и национальных классификаторов технико-экономической информации по согласованию с уполномоченным органом в сфере стандартизации;</w:t>
+    <w:bookmarkStart w:name="z194" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105) осуществление подготовки предложений по созданию технических комитетов по стандартизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z193" w:id="165"/>
-[...15 lines deleted...]
-      104) рассмотрение проектов документов по стандартизации и национального плана стандартизации;</w:t>
+    <w:bookmarkStart w:name="z195" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106) участие в работе технических комитетов по стандартизации и национального органа по стандартизации, международных организаций по стандартизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z194" w:id="166"/>
-[...15 lines deleted...]
-      105) осуществление подготовки предложений по созданию технических комитетов по стандартизации;</w:t>
+    <w:bookmarkStart w:name="z196" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107) участие в реализации единой государственной политики в области обеспечения единства измерений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z195" w:id="167"/>
-[...15 lines deleted...]
-      106) участие в работе технических комитетов по стандартизации и национального органа по стандартизации, международных организаций по стандартизации;</w:t>
+    <w:bookmarkStart w:name="z197" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108) разработка и утверждение плана мероприятий официальной помощи развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z196" w:id="168"/>
-[...15 lines deleted...]
-      107) участие в реализации единой государственной политики в области обеспечения единства измерений;</w:t>
+    <w:bookmarkStart w:name="z198" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109) утверждение порядка взаимодействия государственных органов и организаций в сфере официальной помощи развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z197" w:id="169"/>
-[...15 lines deleted...]
-      108) разработка и утверждение плана мероприятий официальной помощи развитию;</w:t>
+    <w:bookmarkStart w:name="z199" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110) обеспечение информационного сопровождения деятельности Республики Казахстан в сфере официальной помощи развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z198" w:id="170"/>
-[...15 lines deleted...]
-      109) утверждение порядка взаимодействия государственных органов и организаций в сфере официальной помощи развитию;</w:t>
+    <w:bookmarkStart w:name="z200" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111) разработка и утверждение формы проектного предложения официальной помощи развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z199" w:id="171"/>
-[...15 lines deleted...]
-      110) обеспечение информационного сопровождения деятельности Республики Казахстан в сфере официальной помощи развитию;</w:t>
+    <w:bookmarkStart w:name="z201" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112) координация деятельности государственных органов, оператора и иных организаций в сфере официальной помощи развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z200" w:id="172"/>
-[...15 lines deleted...]
-      111) разработка и утверждение формы проектного предложения официальной помощи развитию;</w:t>
+    <w:bookmarkStart w:name="z202" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113) осуществление учета и анализа официальной помощи развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z201" w:id="173"/>
-[...15 lines deleted...]
-      112) координация деятельности государственных органов, оператора и иных организаций в сфере официальной помощи развитию;</w:t>
+    <w:bookmarkStart w:name="z203" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114) утверждение плана выплат добровольных взносов в международные организации на официальную помощь развитию и осуществление его реализации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z202" w:id="174"/>
-[...15 lines deleted...]
-      113) осуществление учета и анализа официальной помощи развитию;</w:t>
+    <w:bookmarkStart w:name="z204" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115) представление Правительству Республики Казахстан ежегодного отчета о ходе реализации официальной помощи развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z203" w:id="175"/>
-[...15 lines deleted...]
-      114) утверждение плана выплат добровольных взносов в международные организации на официальную помощь развитию и осуществление его реализации;</w:t>
+    <w:bookmarkStart w:name="z205" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116) осуществление мониторинга деятельности оператора в сфере использования бюджетных средств, выделенных для официальной помощи развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z204" w:id="176"/>
-[...15 lines deleted...]
-      115) представление Правительству Республики Казахстан ежегодного отчета о ходе реализации официальной помощи развитию;</w:t>
+    <w:bookmarkStart w:name="z206" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117) определение порядка проведения мониторинга проекта официальной помощи развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z205" w:id="177"/>
-[...15 lines deleted...]
-      116) осуществление мониторинга деятельности оператора в сфере использования бюджетных средств, выделенных для официальной помощи развитию;</w:t>
+    <w:bookmarkStart w:name="z207" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118) осуществление оценки эффективности реализации проектов официальной помощи развитию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z206" w:id="178"/>
-[...15 lines deleted...]
-      117) определение порядка проведения мониторинга проекта официальной помощи развитию;</w:t>
+    <w:bookmarkStart w:name="z208" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119) осуществление:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z207" w:id="179"/>
-[...15 lines deleted...]
-      118) осуществление оценки эффективности реализации проектов официальной помощи развитию;</w:t>
+    <w:bookmarkStart w:name="z373" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регистрации дипломатических и приравненных к ним представительств иностранных государств, международных организаций и (или) их представительств, а также консульских учреждений иностранных государств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z208" w:id="180"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z374" w:id="182"/>
+    <w:bookmarkStart w:name="z374" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       аккредитации глав, членов персонала дипломатических и приравненных к ним представительств иностранных государств, международных организаций и (или) их представительств, работников консульских учреждений иностранных государств в Республике Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z211" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120) разработка и утверждение порядка:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z375" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регистрации дипломатических и приравненных к ним представительств иностранных государств, международных организаций и (или) их представительств, а также консульских учреждений иностранных государств;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z211" w:id="183"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z376" w:id="185"/>
+    <w:bookmarkStart w:name="z376" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       аккредитации глав, членов персонала дипломатических и приравненных к ним представительств иностранных государств, международных организаций и (или) их представительств, работников консульских учреждений иностранных государств в Республике Казахстан; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z214" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121) координация деятельности государственных органов Республики Казахстан по вопросам, связанным с делимитацией, демаркацией и редемаркацией, участие в переговорах по заключению договоров о режиме Государственной границы Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z215" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122) осуществление внешнеполитического, международно-правового обеспечения защиты Государственной границы Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z214" w:id="186"/>
-[...15 lines deleted...]
-      121) координация деятельности государственных органов Республики Казахстан по вопросам, связанным с делимитацией, демаркацией и редемаркацией, участие в переговорах по заключению договоров о режиме Государственной границы Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z216" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123) информирование Пограничной службы Комитета национальной безопасности Республики Казахстан об изменениях в пограничной и визовой политике иностранных государств в отношении Республики Казахстан, порядке пропуска через государственные границы в других государствах, проведении делимитации, демаркации или редемаркации Государственной границы Республики Казахстан с сопредельными государствами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z215" w:id="187"/>
-[...15 lines deleted...]
-      122) осуществление внешнеполитического, международно-правового обеспечения защиты Государственной границы Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z217" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124) разрешение дипломатическими средствами и методами вопросов соблюдения режима Государственной границы Республики Казахстан и пограничных инцидентов, не урегулированных пограничными представителями Пограничной службы Комитета национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z216" w:id="188"/>
-[...15 lines deleted...]
-      123) информирование Пограничной службы Комитета национальной безопасности Республики Казахстан об изменениях в пограничной и визовой политике иностранных государств в отношении Республики Казахстан, порядке пропуска через государственные границы в других государствах, проведении делимитации, демаркации или редемаркации Государственной границы Республики Казахстан с сопредельными государствами;</w:t>
+    <w:bookmarkStart w:name="z218" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125) принятие решений по использованию средств на командирование за границу должностных лиц уполномоченных органов при проведении международных мероприятий по вопросам защиты Государственной границы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z217" w:id="189"/>
-[...15 lines deleted...]
-      124) разрешение дипломатическими средствами и методами вопросов соблюдения режима Государственной границы Республики Казахстан и пограничных инцидентов, не урегулированных пограничными представителями Пограничной службы Комитета национальной безопасности Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z219" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126) осуществление обмена списками пограничных представителей с сопредельными государствами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z218" w:id="190"/>
-[...15 lines deleted...]
-      125) принятие решений по использованию средств на командирование за границу должностных лиц уполномоченных органов при проведении международных мероприятий по вопросам защиты Государственной границы Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z220" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127) осуществление контроля за соблюдением дипломатических и консульских привилегий и иммунитетов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z219" w:id="191"/>
-[...15 lines deleted...]
-      126) осуществление обмена списками пограничных представителей с сопредельными государствами;</w:t>
+    <w:bookmarkStart w:name="z221" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128) содействие функционированию дипломатических представительств и консульских учреждений на территории Республики Казахстан, осуществление в пределах своей компетенции контроля за деятельностью обслуживающих их организаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z220" w:id="192"/>
-[...15 lines deleted...]
-      127) осуществление контроля за соблюдением дипломатических и консульских привилегий и иммунитетов;</w:t>
+    <w:bookmarkStart w:name="z222" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129) определение функций и полномочий почетных (нештатных) консулов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z221" w:id="193"/>
-[...15 lines deleted...]
-      128) содействие функционированию дипломатических представительств и консульских учреждений на территории Республики Казахстан, осуществление в пределах своей компетенции контроля за деятельностью обслуживающих их организаций;</w:t>
+    <w:bookmarkStart w:name="z223" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130) осуществление выдачи пропусков сотрудникам дипломатических представительств и консульских учреждений, а также приравненных к ним представительств международных организаций, аккредитованных в Республике Казахстан, для допуска в помещения и иные места в пунктах пропуска, где осуществляются пограничный и иные виды контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z222" w:id="194"/>
-[...15 lines deleted...]
-      129) определение функций и полномочий почетных (нештатных) консулов Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z224" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131) прием и согласование приглашений внешнеполитических ведомств, дипломатических и приравненных к ним представительств, консульских учреждений иностранных государств, международных организаций и их представительств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z223" w:id="195"/>
-[...15 lines deleted...]
-      130) осуществление выдачи пропусков сотрудникам дипломатических представительств и консульских учреждений, а также приравненных к ним представительств международных организаций, аккредитованных в Республике Казахстан, для допуска в помещения и иные места в пунктах пропуска, где осуществляются пограничный и иные виды контроля;</w:t>
+    <w:bookmarkStart w:name="z225" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132) утверждение перечня дипломатических и приравненных к ним представительств иностранных государств, консульских учреждений иностранного государства, аккредитованных в Республике Казахстан, в отношении которых осуществляется возврат налога на добавленную стоимость;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z224" w:id="196"/>
-[...15 lines deleted...]
-      131) прием и согласование приглашений внешнеполитических ведомств, дипломатических и приравненных к ним представительств, консульских учреждений иностранных государств, международных организаций и их представительств;</w:t>
+    <w:bookmarkStart w:name="z226" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133) утверждение перечня дипломатических и приравненных к ним представительств иностранных государств, консульских учреждений иностранного государства, аккредитованных в Республике Казахстан, в отношении которых устанавливаются ограничения по возврату налога на добавленную стоимость по согласованию с государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z225" w:id="197"/>
-[...15 lines deleted...]
-      132) утверждение перечня дипломатических и приравненных к ним представительств иностранных государств, консульских учреждений иностранного государства, аккредитованных в Республике Казахстан, в отношении которых осуществляется возврат налога на добавленную стоимость;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134) представление в налоговый орган по месту нахождения дипломатического или приравненного к нему представительства иностранного государства, аккредитованного в Республике Казахстан, документов, подтверждающих аккредитацию и местонахождение такого дипломатического и приравненного к нему представительства, в течение десяти рабочих дней с даты аккредитации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z226" w:id="198"/>
-[...15 lines deleted...]
-      133) утверждение перечня дипломатических и приравненных к ним представительств иностранных государств, консульских учреждений иностранного государства, аккредитованных в Республике Казахстан, в отношении которых устанавливаются ограничения по возврату налога на добавленную стоимость по согласованию с государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135) организация материально-технического обеспечения и сервисного обслуживания органов дипломатической службы, в том числе находящихся за границей в государственной собственности и аренде административных зданий, жилых и нежилых зданий и помещений, а также резиденций загранучреждений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z227" w:id="199"/>
-[...15 lines deleted...]
-      134) представление в налоговый орган по месту нахождения дипломатического или приравненного к нему представительства иностранного государства, аккредитованного в Республике Казахстан, документов, подтверждающих аккредитацию и местонахождение такого дипломатического и приравненного к нему представительства, в течение десяти рабочих дней с даты аккредитации;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136) осуществление в пределах своей компетенции международного сотрудничества в области миграции населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z228" w:id="200"/>
-[...15 lines deleted...]
-      135) организация материально-технического обеспечения и сервисного обслуживания органов дипломатической службы, в том числе находящихся за границей в государственной собственности и аренде административных зданий, жилых и нежилых зданий и помещений, а также резиденций загранучреждений;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137) реализация в пределах своей компетенции государственной политики в области миграции населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z229" w:id="201"/>
-[...15 lines deleted...]
-      136) осуществление в пределах своей компетенции международного сотрудничества в области миграции населения;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138) содействие распространению за границей информации о государственной политике Республики Казахстан в области миграции населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z230" w:id="202"/>
-[...15 lines deleted...]
-      137) реализация в пределах своей компетенции государственной политики в области миграции населения;</w:t>
+    <w:bookmarkStart w:name="z232" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139) выдача, аннулирование, восстановление виз Республики Казахстан, а также продление и сокращение сроков их действия либо в соответствии с законодательством Республики Казахстан принятие решения об отказе в выдаче виз Республики Казахстан иностранцам и лицам без гражданства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z231" w:id="203"/>
-[...15 lines deleted...]
-      138) содействие распространению за границей информации о государственной политике Республики Казахстан в области миграции населения;</w:t>
+    <w:bookmarkStart w:name="z233" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140) формирование единой базы данных учета выдачи виз на въезд иностранцам и лицам без гражданства, обеспечение систематического обновления сведений, а также осуществление своевременного информационного обмена с органами внутренних дел и национальной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z232" w:id="204"/>
-[...15 lines deleted...]
-      139) выдача, аннулирование, восстановление виз Республики Казахстан, а также продление и сокращение сроков их действия либо в соответствии с законодательством Республики Казахстан принятие решения об отказе в выдаче виз Республики Казахстан иностранцам и лицам без гражданства;</w:t>
+    <w:bookmarkStart w:name="z234" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141) оформление в пределах своей компетенции документов на право въезда в Республику Казахстан и выезда из Республики Казахстан гражданам Республики Казахстан, иностранцам и лицам без гражданства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z233" w:id="205"/>
-[...15 lines deleted...]
-      140) формирование единой базы данных учета выдачи виз на въезд иностранцам и лицам без гражданства, обеспечение систематического обновления сведений, а также осуществление своевременного информационного обмена с органами внутренних дел и национальной безопасности;</w:t>
+    <w:bookmarkStart w:name="z235" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142) определение совместно с Министерством внутренних дел Республики Казахстан по согласованию с Комитетом национальной безопасности Республики Казахстан порядка оформления приглашений, согласования приглашений на въезд иностранцев и лиц без гражданства в Республику Казахстан, выдачи, аннулирования, восстановления виз Республики Казахстан, а также продления и сокращения сроков их действия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z234" w:id="206"/>
-[...15 lines deleted...]
-      141) оформление в пределах своей компетенции документов на право въезда в Республику Казахстан и выезда из Республики Казахстан гражданам Республики Казахстан, иностранцам и лицам без гражданства;</w:t>
+    <w:bookmarkStart w:name="z236" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143) осуществление на территории Республики Казахстан и за границей консульских функций, регламентированных международно-правовыми нормами и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z235" w:id="207"/>
-[...15 lines deleted...]
-      142) определение совместно с Министерством внутренних дел Республики Казахстан по согласованию с Комитетом национальной безопасности Республики Казахстан порядка оформления приглашений, согласования приглашений на въезд иностранцев и лиц без гражданства в Республику Казахстан, выдачи, аннулирования, восстановления виз Республики Казахстан, а также продления и сокращения сроков их действия;</w:t>
+    <w:bookmarkStart w:name="z237" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144) разработка и утверждение по согласованию с уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, и уполномоченным органом в области налоговой политики ставок консульского сбора за совершение консульских действий на территории иностранного государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z236" w:id="208"/>
-[...15 lines deleted...]
-      143) осуществление на территории Республики Казахстан и за границей консульских функций, регламентированных международно-правовыми нормами и законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z361" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144-1) разработка и утверждение по согласованию с уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, и уполномоченным органом в области налоговой политики ставок консульского сбора, взимаемого на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z237" w:id="209"/>
-[...15 lines deleted...]
-      144) разработка и утверждение по согласованию с уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, и уполномоченным органом в области налоговой политики ставок консульского сбора за совершение консульских действий на территории иностранного государства;</w:t>
+    <w:bookmarkStart w:name="z238" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145) разработка и утверждение форм бланков строгой отчетности для приема консульскими учреждениями консульского сбора наличными деньгами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z361" w:id="210"/>
-[...15 lines deleted...]
-      144-1) разработка и утверждение по согласованию с уполномоченным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, и уполномоченным органом в области налоговой политики ставок консульского сбора, взимаемого на территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z239" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146) утверждение перечня персональных данных, необходимого и достаточного для выполнения осуществляемых задач;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z238" w:id="211"/>
-[...15 lines deleted...]
-      145) разработка и утверждение форм бланков строгой отчетности для приема консульскими учреждениями консульского сбора наличными деньгами;</w:t>
+    <w:bookmarkStart w:name="z240" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147) содействие развитию связей и контактов с соотечественниками, проживающими за границей, а также взаимодействие с организациями соотечественников, проживающих за границей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z239" w:id="212"/>
-[...15 lines deleted...]
-      146) утверждение перечня персональных данных, необходимого и достаточного для выполнения осуществляемых задач;</w:t>
+    <w:bookmarkStart w:name="z241" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148) содействие развитию связей и контактов с бывшими соотечественниками и этническими казахами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z240" w:id="213"/>
-[...15 lines deleted...]
-      147) содействие развитию связей и контактов с соотечественниками, проживающими за границей, а также взаимодействие с организациями соотечественников, проживающих за границей;</w:t>
+    <w:bookmarkStart w:name="z242" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149) информирование этнических казахов, вдов кандасов и их общих детей, изъявивших желание добровольно переселиться в Республику Казахстан, об условиях въезда, в том числе в регионы, определенные Правительством Республики Казахстан, в рамках региональных квот приема кандасов, условиях приема и мерах социальной поддержки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z241" w:id="214"/>
-[...15 lines deleted...]
-      148) содействие развитию связей и контактов с бывшими соотечественниками и этническими казахами;</w:t>
+    <w:bookmarkStart w:name="z243" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150) прием, регистрация документов иммигрантов, в том числе этнических казахов, обратившихся с заявлениями о въезде в Республику Казахстан, направление их в уполномоченный орган по вопросам миграции населения, оформление виз на въезд в Республику Казахстан на постоянное проживание;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z242" w:id="215"/>
-[...15 lines deleted...]
-      149) информирование этнических казахов, вдов кандасов и их общих детей, изъявивших желание добровольно переселиться в Республику Казахстан, об условиях въезда, в том числе в регионы, определенные Правительством Республики Казахстан, в рамках региональных квот приема кандасов, условиях приема и мерах социальной поддержки;</w:t>
+    <w:bookmarkStart w:name="z244" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151) содействие в пределах своей компетенции лицу, признанному беженцем, в получении информации о родственниках, проживающих в стране происхождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z243" w:id="216"/>
-[...15 lines deleted...]
-      150) прием, регистрация документов иммигрантов, в том числе этнических казахов, обратившихся с заявлениями о въезде в Республику Казахстан, направление их в уполномоченный орган по вопросам миграции населения, оформление виз на въезд в Республику Казахстан на постоянное проживание;</w:t>
+    <w:bookmarkStart w:name="z245" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152) представление Президенту Республики Казахстан мотивированного заключения о целесообразности приема в гражданство Республики Казахстан или восстановления в нем каждого заявителя, постоянно проживающего вне пределов территории Республики Казахстан, в том числе возможности его трудового, жилищного и иного устройства в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z244" w:id="217"/>
-[...15 lines deleted...]
-      151) содействие в пределах своей компетенции лицу, признанному беженцем, в получении информации о родственниках, проживающих в стране происхождения;</w:t>
+    <w:bookmarkStart w:name="z246" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153) разработка и утверждение правил приема и рассмотрения загранучреждениями Республики Казахстан заявлений по вопросам гражданства Республики Казахстан, регистрации утраты гражданства Республики Казахстан и определения принадлежности (непринадлежности) к гражданству Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z245" w:id="218"/>
-[...15 lines deleted...]
-      152) представление Президенту Республики Казахстан мотивированного заключения о целесообразности приема в гражданство Республики Казахстан или восстановления в нем каждого заявителя, постоянно проживающего вне пределов территории Республики Казахстан, в том числе возможности его трудового, жилищного и иного устройства в Республике Казахстан;</w:t>
+    <w:bookmarkStart w:name="z247" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154) разработка и утверждение методики оценки деятельности административных государственных служащих корпуса "Б" Министерства и методики оценки деятельности административных государственных служащих корпуса "Б" загранучреждений Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z246" w:id="219"/>
-[...15 lines deleted...]
-      153) разработка и утверждение правил приема и рассмотрения загранучреждениями Республики Казахстан заявлений по вопросам гражданства Республики Казахстан, регистрации утраты гражданства Республики Казахстан и определения принадлежности (непринадлежности) к гражданству Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z248" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155) утверждение правил включения в кадровый резерв Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z247" w:id="220"/>
-[...15 lines deleted...]
-      154) разработка и утверждение методики оценки деятельности административных государственных служащих корпуса "Б" Министерства и методики оценки деятельности административных государственных служащих корпуса "Б" загранучреждений Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z249" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156) разработка и утверждение правил ротации персонала дипломатической службы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z248" w:id="221"/>
-[...15 lines deleted...]
-      155) утверждение правил включения в кадровый резерв Министерства;</w:t>
+    <w:bookmarkStart w:name="z250" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157) установление перечня причин, признаваемых уважительными для отказа от выезда на работу в загранучреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z249" w:id="222"/>
-[...15 lines deleted...]
-      156) разработка и утверждение правил ротации персонала дипломатической службы Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z251" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158) установление перечня редких иностранных языков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z250" w:id="223"/>
-[...15 lines deleted...]
-      157) установление перечня причин, признаваемых уважительными для отказа от выезда на работу в загранучреждения;</w:t>
+    <w:bookmarkStart w:name="z252" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159) определение нормативов обеспечения персонала дипломатической службы жильем за границей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z251" w:id="224"/>
-[...15 lines deleted...]
-      158) установление перечня редких иностранных языков;</w:t>
+    <w:bookmarkStart w:name="z253" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160) утверждение правил легализации документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z252" w:id="225"/>
-[...15 lines deleted...]
-      159) определение нормативов обеспечения персонала дипломатической службы жильем за границей;</w:t>
+    <w:bookmarkStart w:name="z254" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161) утверждение правил приема и направления документов граждан Республики Казахстан, выехавших за пределы Республики Казахстан по временным делам и изъявивших желание остаться там на постоянное место жительства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z253" w:id="226"/>
-[...15 lines deleted...]
-      160) утверждение правил легализации документов;</w:t>
+    <w:bookmarkStart w:name="z255" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162) утверждение совместно с Генеральной прокуратурой Республики Казахстан правил производства дознания главами консульских учреждений по делам об уголовных правонарушениях, совершенных их работниками в стране пребывания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z254" w:id="227"/>
-[...15 lines deleted...]
-      161) утверждение правил приема и направления документов граждан Республики Казахстан, выехавших за пределы Республики Казахстан по временным делам и изъявивших желание остаться там на постоянное место жительства;</w:t>
+    <w:bookmarkStart w:name="z256" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163) утверждение порядка постановки на учет в Министерстве и осуществления загранучреждениями Республики Казахстан контроля за детьми, являющимися гражданами Республики Казахстан, переданными на усыновление иностранцам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z255" w:id="228"/>
-[...15 lines deleted...]
-      162) утверждение совместно с Генеральной прокуратурой Республики Казахстан правил производства дознания главами консульских учреждений по делам об уголовных правонарушениях, совершенных их работниками в стране пребывания;</w:t>
+    <w:bookmarkStart w:name="z257" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164) определение порядка учета граждан Республики Казахстан, постоянно и временно проживающих за пределами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z256" w:id="229"/>
-[...15 lines deleted...]
-      163) утверждение порядка постановки на учет в Министерстве и осуществления загранучреждениями Республики Казахстан контроля за детьми, являющимися гражданами Республики Казахстан, переданными на усыновление иностранцам;</w:t>
+    <w:bookmarkStart w:name="z258" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165) представление заключения о возможности аккредитации агентства по усыновлению и организаций по оказанию содействия в устройстве детей-сирот, детей, оставшихся без попечения родителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z257" w:id="230"/>
-[...15 lines deleted...]
-      164) определение порядка учета граждан Республики Казахстан, постоянно и временно проживающих за пределами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z259" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166) определение порядка учета лиц, являющихся гражданами Республики Казахстан, постоянно проживающих за пределами Республики Казахстан, иностранцев, желающих усыновить детей-сирот, детей, оставшихся без попечения родителей, являющихся гражданами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z258" w:id="231"/>
-[...15 lines deleted...]
-      165) представление заключения о возможности аккредитации агентства по усыновлению и организаций по оказанию содействия в устройстве детей-сирот, детей, оставшихся без попечения родителей;</w:t>
+    <w:bookmarkStart w:name="z260" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167) разработка и утверждение правил сбора и обработки дактилоскопической информации у граждан Республики Казахстан, претендующих на получение паспорта гражданина Республики Казахстан за границей, иностранцев и лиц без гражданства при получении виз Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z259" w:id="232"/>
-[...15 lines deleted...]
-      166) определение порядка учета лиц, являющихся гражданами Республики Казахстан, постоянно проживающих за пределами Республики Казахстан, иностранцев, желающих усыновить детей-сирот, детей, оставшихся без попечения родителей, являющихся гражданами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z389" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167-1) осуществление дактилоскопической регистрации в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z260" w:id="233"/>
-[...15 lines deleted...]
-      167) разработка и утверждение правил сбора и обработки дактилоскопической информации у граждан Республики Казахстан, претендующих на получение паспорта гражданина Республики Казахстан за границей, иностранцев и лиц без гражданства при получении виз Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z261" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168) определение магазинов беспошлинной торговли, в которых товары, помещенные под таможенную процедуру беспошлинной торговли, реализуются дипломатическим представительствам, консульским учреждениям, представительствам государств при международных организациях, международным организациям или их представительствам, расположенным на таможенной территории Евразийского экономического союза, а также членам дипломатического персонала дипломатического представительства, консульским должностным лицам и членам их семей, которые проживают вместе с ними, персоналу (сотрудникам, должностным лицам) представительств государств при международных организациях, международных организаций или их представительств по согласованию с уполномоченным органом в сфере таможенного дела;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z389" w:id="234"/>
-[...15 lines deleted...]
-      167-1) осуществление дактилоскопической регистрации в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z262" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169) содействие распространению за границей информации о внешней и внутренней политике Республики Казахстан, социально-экономической, культурной и духовной жизни страны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z261" w:id="235"/>
-[...15 lines deleted...]
-      168) определение магазинов беспошлинной торговли, в которых товары, помещенные под таможенную процедуру беспошлинной торговли, реализуются дипломатическим представительствам, консульским учреждениям, представительствам государств при международных организациях, международным организациям или их представительствам, расположенным на таможенной территории Евразийского экономического союза, а также членам дипломатического персонала дипломатического представительства, консульским должностным лицам и членам их семей, которые проживают вместе с ними, персоналу (сотрудникам, должностным лицам) представительств государств при международных организациях, международных организаций или их представительств по согласованию с уполномоченным органом в сфере таможенного дела;</w:t>
+    <w:bookmarkStart w:name="z263" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170) информирование государственных органов Республики Казахстан, СМИ о международном положении и внешней политике Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z262" w:id="236"/>
-[...15 lines deleted...]
-      169) содействие распространению за границей информации о внешней и внутренней политике Республики Казахстан, социально-экономической, культурной и духовной жизни страны;</w:t>
+    <w:bookmarkStart w:name="z264" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171) реализация документов Системы государственного планирования, направленных на формирование, повышение и укрепление положительного имиджа Республики Казахстан на международной арене;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z263" w:id="237"/>
-[...15 lines deleted...]
-      170) информирование государственных органов Республики Казахстан, СМИ о международном положении и внешней политике Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z265" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172) осуществление в пределах своей компетенции международного сотрудничества в области распространения информации о внешней и внутренней политике Республики Казахстан, достижениях в политической, экономической, социальной, гуманитарной, а также иных сферах деятельности в целях формирования положительного имиджа Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z264" w:id="238"/>
-[...15 lines deleted...]
-      171) реализация документов Системы государственного планирования, направленных на формирование, повышение и укрепление положительного имиджа Республики Казахстан на международной арене;</w:t>
+    <w:bookmarkStart w:name="z266" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173) организация информационных кампаний по разъяснению за границей программных документов (Послания Президента народу Казахстана и другие);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z265" w:id="239"/>
-[...15 lines deleted...]
-      172) осуществление в пределах своей компетенции международного сотрудничества в области распространения информации о внешней и внутренней политике Республики Казахстан, достижениях в политической, экономической, социальной, гуманитарной, а также иных сферах деятельности в целях формирования положительного имиджа Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z267" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174) подготовка информационно-аналитических материалов, оказание научно-методической помощи государственным органам и организациям в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z266" w:id="240"/>
-[...15 lines deleted...]
-      173) организация информационных кампаний по разъяснению за границей программных документов (Послания Президента народу Казахстана и другие);</w:t>
+    <w:bookmarkStart w:name="z268" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175) взаимодействие с министерствами и ведомствами Республики Казахстан, неправительственными организациями, отечественными и зарубежными СМИ, аналитическими центрами, рейтинговыми агентствами мира по вопросам распространения информации о внешней и внутренней политике Республики Казахстан, достижениях в политической, экономической, социальной, гуманитарной, а также иных сферах деятельности в целях формирования положительного имиджа государства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z267" w:id="241"/>
-[...15 lines deleted...]
-      174) подготовка информационно-аналитических материалов, оказание научно-методической помощи государственным органам и организациям в пределах своей компетенции;</w:t>
+    <w:bookmarkStart w:name="z269" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176) мониторинг и анализ материалов зарубежных СМИ, поступающих от загранучреждений, иностранных контрпартнеров, и соответствующее информирование руководства, структурных подразделений Министерства, а также государственных органов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z268" w:id="242"/>
-[...15 lines deleted...]
-      175) взаимодействие с министерствами и ведомствами Республики Казахстан, неправительственными организациями, отечественными и зарубежными СМИ, аналитическими центрами, рейтинговыми агентствами мира по вопросам распространения информации о внешней и внутренней политике Республики Казахстан, достижениях в политической, экономической, социальной, гуманитарной, а также иных сферах деятельности в целях формирования положительного имиджа государства;</w:t>
+    <w:bookmarkStart w:name="z270" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177) мониторинг и анализ материалов отечественных СМИ, организация информирования руководства, структурных подразделений Министерства и загранучреждений, выпуск дайджеста;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z269" w:id="243"/>
-[...15 lines deleted...]
-      176) мониторинг и анализ материалов зарубежных СМИ, поступающих от загранучреждений, иностранных контрпартнеров, и соответствующее информирование руководства, структурных подразделений Министерства, а также государственных органов Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z271" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178) осуществление информационно-пропагандистских мероприятий по вопросам, относящимся к его компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z270" w:id="244"/>
-[...15 lines deleted...]
-      177) мониторинг и анализ материалов отечественных СМИ, организация информирования руководства, структурных подразделений Министерства и загранучреждений, выпуск дайджеста;</w:t>
+    <w:bookmarkStart w:name="z272" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179) разработка имиджевых материалов и продуктов в целях укрепления положительного имиджа Республики Казахстан за рубежом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z271" w:id="245"/>
-[...15 lines deleted...]
-      178) осуществление информационно-пропагандистских мероприятий по вопросам, относящимся к его компетенции;</w:t>
+    <w:bookmarkStart w:name="z273" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180) взаимодействие с контрпартнерами, государственными органами, национальными компаниями по реализации информационно-имиджевых проектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z272" w:id="246"/>
-[...15 lines deleted...]
-      179) разработка имиджевых материалов и продуктов в целях укрепления положительного имиджа Республики Казахстан за рубежом;</w:t>
+    <w:bookmarkStart w:name="z274" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181) разработка проектов по продвижению имиджа экономического, культурно-исторического, территориально-географического, интеллектуального потенциала Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z273" w:id="247"/>
-[...15 lines deleted...]
-      180) взаимодействие с контрпартнерами, государственными органами, национальными компаниями по реализации информационно-имиджевых проектов;</w:t>
+    <w:bookmarkStart w:name="z275" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182) взаимодействие с зарубежными СМИ, консалтинговыми компаниями, пиар-агентствами по реализации отдельных направлений информационно-имиджевой политики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z274" w:id="248"/>
-[...15 lines deleted...]
-      181) разработка проектов по продвижению имиджа экономического, культурно-исторического, территориально-географического, интеллектуального потенциала Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z276" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183) подготовка предложений по распределению финансовых средств загранучреждений Республики Казахстан для осуществления информационно-имиджевой работы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z275" w:id="249"/>
-[...15 lines deleted...]
-      182) взаимодействие с зарубежными СМИ, консалтинговыми компаниями, пиар-агентствами по реализации отдельных направлений информационно-имиджевой политики;</w:t>
+    <w:bookmarkStart w:name="z277" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184) выработка рекомендаций руководству Министерства по улучшению имиджа Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z276" w:id="250"/>
-[...15 lines deleted...]
-      183) подготовка предложений по распределению финансовых средств загранучреждений Республики Казахстан для осуществления информационно-имиджевой работы;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185) обеспечение информационного сопровождения международных мероприятий за границей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z277" w:id="251"/>
-[...15 lines deleted...]
-      184) выработка рекомендаций руководству Министерства по улучшению имиджа Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z279" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186) обеспечение освещения деятельности Министерства в СМИ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z278" w:id="252"/>
-[...15 lines deleted...]
-      185) обеспечение информационного сопровождения международных мероприятий за границей;</w:t>
+    <w:bookmarkStart w:name="z280" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187) обеспечение текущего взаимодействия со СМИ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z279" w:id="253"/>
-[...15 lines deleted...]
-      186) обеспечение освещения деятельности Министерства в СМИ;</w:t>
+    <w:bookmarkStart w:name="z281" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188) регулярное размещение в отечественных СМИ позитивных материалов о Казахстане, публикуемых за рубежом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z280" w:id="254"/>
-[...15 lines deleted...]
-      187) обеспечение текущего взаимодействия со СМИ;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189) обеспечение функционирования веб-сайта Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z281" w:id="255"/>
-[...15 lines deleted...]
-      188) регулярное размещение в отечественных СМИ позитивных материалов о Казахстане, публикуемых за рубежом;</w:t>
+    <w:bookmarkStart w:name="z283" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190) аккредитация представительств иностранных СМИ и их журналистов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z282" w:id="256"/>
-[...15 lines deleted...]
-      189) обеспечение функционирования веб-сайта Министерства;</w:t>
+    <w:bookmarkStart w:name="z284" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191) работа с делегациями журналистов в рамках официальных международных мероприятий согласно программе мероприятия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z283" w:id="257"/>
-[...15 lines deleted...]
-      190) аккредитация представительств иностранных СМИ и их журналистов;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192) формирование видео- и фотоархива Министерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z284" w:id="258"/>
-[...15 lines deleted...]
-      191) работа с делегациями журналистов в рамках официальных международных мероприятий согласно программе мероприятия;</w:t>
+    <w:bookmarkStart w:name="z286" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193) осуществление государственной поддержки инвестиций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z285" w:id="259"/>
-[...15 lines deleted...]
-      192) формирование видео- и фотоархива Министерства;</w:t>
+    <w:bookmarkStart w:name="z287" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194) распространение информации о промышленно-инновационных проектах в СМИ, в том числе иностранных, посредством загранучреждений, а также через иностранные дипломатические и приравненные к ним представительства и консульские учреждения на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z286" w:id="260"/>
-[...15 lines deleted...]
-      193) осуществление государственной поддержки инвестиций;</w:t>
+    <w:bookmarkStart w:name="z288" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195) привлечение инвесторов, в том числе иностранных, для создания совместных производств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z287" w:id="261"/>
-[...15 lines deleted...]
-      194) распространение информации о промышленно-инновационных проектах в СМИ, в том числе иностранных, посредством загранучреждений, а также через иностранные дипломатические и приравненные к ним представительства и консульские учреждения на территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z289" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      196) привлечение транснациональных корпораций для вхождения в глобальные цепочки добавленной стоимости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z288" w:id="262"/>
-[...15 lines deleted...]
-      195) привлечение инвесторов, в том числе иностранных, для создания совместных производств;</w:t>
+    <w:bookmarkStart w:name="z290" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197) осуществление регистрации инвестиционного контракта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z289" w:id="263"/>
-[...15 lines deleted...]
-      196) привлечение транснациональных корпораций для вхождения в глобальные цепочки добавленной стоимости;</w:t>
+    <w:bookmarkStart w:name="z291" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198) направление в таможенный орган уведомления об освобождении от обложения таможенными пошлинами при импорте технологического оборудования и комплектующих к нему, предоставляемого на срок действия инвестиционного контракта, но не более пяти лет с момента регистрации инвестиционного контракта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z290" w:id="264"/>
-[...15 lines deleted...]
-      197) осуществление регистрации инвестиционного контракта;</w:t>
+    <w:bookmarkStart w:name="z292" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199) обеспечение деятельности инвестиционного омбудсмена;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z291" w:id="265"/>
-[...15 lines deleted...]
-      198) направление в таможенный орган уведомления об освобождении от обложения таможенными пошлинами при импорте технологического оборудования и комплектующих к нему, предоставляемого на срок действия инвестиционного контракта, но не более пяти лет с момента регистрации инвестиционного контракта;</w:t>
+    <w:bookmarkStart w:name="z293" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200) оказание содействия инвесторам в обеспечении гарантированного заказа со стороны заинтересованных юридических лиц в соответствии с инвестиционным контрактом, заключаемым между уполномоченным органом по инвестициям и инвестором;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z292" w:id="266"/>
-[...15 lines deleted...]
-      199) обеспечение деятельности инвестиционного омбудсмена;</w:t>
+    <w:bookmarkStart w:name="z294" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201) предоставление в порядке, установленном Предпринимательским кодексом Республики Казахстан по согласованию с уполномоченным органом по управлению государственным имуществом и (или) центральным уполномоченным органом по управлению земельными ресурсами, а также местными исполнительными органами государственных натурных грантов во временное безвозмездное пользование либо на праве временного безвозмездного землепользования с последующей безвозмездной передачей в собственность либо землепользование в случае выполнения инвестиционных обязательств в соответствии с инвестиционным контрактом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z293" w:id="267"/>
-[...15 lines deleted...]
-      200) оказание содействия инвесторам в обеспечении гарантированного заказа со стороны заинтересованных юридических лиц в соответствии с инвестиционным контрактом, заключаемым между уполномоченным органом по инвестициям и инвестором;</w:t>
+    <w:bookmarkStart w:name="z295" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      202) принятие решения о предоставлении инвестиционных преференций в соответствии с требованиями, установленными статьей 293 Предпринимательского кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z294" w:id="268"/>
-[...15 lines deleted...]
-      201) предоставление в порядке, установленном Предпринимательским кодексом Республики Казахстан по согласованию с уполномоченным органом по управлению государственным имуществом и (или) центральным уполномоченным органом по управлению земельными ресурсами, а также местными исполнительными органами государственных натурных грантов во временное безвозмездное пользование либо на праве временного безвозмездного землепользования с последующей безвозмездной передачей в собственность либо землепользование в случае выполнения инвестиционных обязательств в соответствии с инвестиционным контрактом;</w:t>
+    <w:bookmarkStart w:name="z296" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203) осуществление контроля за соблюдением условий инвестиционных контрактов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z295" w:id="269"/>
-[...15 lines deleted...]
-      202) принятие решения о предоставлении инвестиционных преференций в соответствии с требованиями, установленными статьей 293 Предпринимательского кодекса Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z297" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204) направление юридическому лицу Республики Казахстан, заключившему инвестиционный контракт, уведомления в письменной форме с указанием нарушений и установление трехмесячного срока для устранения нарушений в случаях неисполнения или ненадлежащего исполнения рабочей программы инвестиционного контракта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z296" w:id="270"/>
-[...15 lines deleted...]
-      203) осуществление контроля за соблюдением условий инвестиционных контрактов;</w:t>
+    <w:bookmarkStart w:name="z298" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205) направление инвестору уведомления о досрочном прекращении действия инвестиционного контракта в одностороннем порядке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z297" w:id="271"/>
-[...15 lines deleted...]
-      204) направление юридическому лицу Республики Казахстан, заключившему инвестиционный контракт, уведомления в письменной форме с указанием нарушений и установление трехмесячного срока для устранения нарушений в случаях неисполнения или ненадлежащего исполнения рабочей программы инвестиционного контракта;</w:t>
+    <w:bookmarkStart w:name="z299" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206) заключение, регистрация и принятие решения о досрочном прекращении инвестиционных контрактов, за исключением специальных инвестиционных контрактов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z298" w:id="272"/>
-[...15 lines deleted...]
-      205) направление инвестору уведомления о досрочном прекращении действия инвестиционного контракта в одностороннем порядке;</w:t>
+    <w:bookmarkStart w:name="z300" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207) заключение соглашения о предоставлении инвестиционного налогового кредита;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z299" w:id="273"/>
-[...15 lines deleted...]
-      206) заключение, регистрация и принятие решения о досрочном прекращении инвестиционных контрактов, за исключением специальных инвестиционных контрактов;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">208) исключен постановлением Правительства РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">209) исключен постановлением Правительства РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z377" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210) разработка и утверждение правил организации "одного окна" для инвесторов, а также порядка взаимодействия при привлечении инвестиций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z300" w:id="274"/>
-[...15 lines deleted...]
-      207) заключение соглашения о предоставлении инвестиционного налогового кредита;</w:t>
+    <w:bookmarkStart w:name="z378" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210-1) разработка и утверждение порядка формирования, ведения и использования реестра инвесторов, организации работы Национальной цифровой инвестиционной платформы, интеграции объектов информатизации государственных органов и местных исполнительных органов, организаций квазигосударственного сектора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z301" w:id="275"/>
-[...15 lines deleted...]
-      208) представление в уполномоченный государственный орган, осуществляющий руководство в сфере обеспечения поступлений налогов и платежей в бюджет, сведений об инвестиционных контрактах, заключенных в соответствии с законодательством Республики Казахстан в сфере предпринимательства и предусматривающих реализацию инвестиционных приоритетных проектов, а также сведений о прекращении действия данных инвестиционных контрактов и иных сведений в порядке, сроки и по формам, которые установлены уполномоченным государственным органом, осуществляющим руководство в сфере обеспечения поступлений налогов и платежей в бюджет, по согласованию с уполномоченным органом по инвестициям;</w:t>
+    <w:bookmarkStart w:name="z304" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211) разработка правил заключения, внесения изменений, прекращения действия соглашения об инвестиционных обязательствах и типовой формы соглашения об инвестиционных обязательствах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z302" w:id="276"/>
-[...15 lines deleted...]
-      209) представление в уполномоченный государственный орган, осуществляющий руководство в сфере обеспечения поступлений налогов и платежей в бюджет, сведений о заключенных соглашениях об инвестициях и расторжении таких соглашений, а также иных сведений в порядке, сроки и по формам, установленным законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z305" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      212) принятие решения о безвозмездной передаче предоставленного государственного натурного гранта в собственность или землепользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z377" w:id="277"/>
-[...15 lines deleted...]
-      210) разработка и утверждение правил организации "одного окна" для инвесторов, а также порядка взаимодействия при привлечении инвестиций;</w:t>
+    <w:bookmarkStart w:name="z306" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213) утверждение порядка определения проекта инвестиционным для предоставления земельных участков из государственной собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z378" w:id="278"/>
-[...15 lines deleted...]
-      210-1) разработка и утверждение порядка формирования, ведения и использования реестра инвесторов, организации работы Национальной цифровой инвестиционной платформы, интеграции объектов информатизации государственных органов и местных исполнительных органов, организаций квазигосударственного сектора;</w:t>
+    <w:bookmarkStart w:name="z307" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214) выдача ходатайства на получение инвесторской визы для лиц, являющихся нерезидентами Республики Казахстан и осуществляющих инвестиционную деятельность на территории Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z304" w:id="279"/>
-[...15 lines deleted...]
-      211) разработка правил заключения, внесения изменений, прекращения действия соглашения об инвестиционных обязательствах и типовой формы соглашения об инвестиционных обязательствах;</w:t>
+    <w:bookmarkStart w:name="z338" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-1) осуществление формирования, мониторинга реализации и оценки результатов государственного социального заказа в порядке, определяемом уполномоченным органом в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z305" w:id="280"/>
-[...15 lines deleted...]
-      212) принятие решения о безвозмездной передаче предоставленного государственного натурного гранта в собственность или землепользование;</w:t>
+    <w:bookmarkStart w:name="z339" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-2) создание совета по взаимодействию и сотрудничеству с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z306" w:id="281"/>
-[...15 lines deleted...]
-      213) утверждение порядка определения проекта инвестиционным для предоставления земельных участков из государственной собственности;</w:t>
+    <w:bookmarkStart w:name="z340" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-3) представление информации по реализации государственного социального заказа в уполномоченный орган в сфере взаимодействия с неправительственными организациями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z307" w:id="282"/>
-[...15 lines deleted...]
-      214) выдача ходатайства на получение инвесторской визы для лиц, являющихся нерезидентами Республики Казахстан и осуществляющих инвестиционную деятельность на территории Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z341" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-4) размещение на своем интернет-ресурсе планируемых тем и информации по реализации государственного социального заказа, а также оценки результатов государственного социального заказа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z338" w:id="283"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z342" w:id="287"/>
+    <w:bookmarkStart w:name="z342" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       214-5) оказание информационной, консультативной, методической поддержки неправительственным организациям, осуществляющим государственный социальный заказ; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z343" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-6) предоставление государственных грантов в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассмотрение отчета оператора о результатах реализации государственных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z344" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-7) осуществление оценки эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z345" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-8) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирование государственных грантов по направлениям и объемам финансирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z346" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-9) проведение конкурсного отбора стратегических партнеров и заключение с ними договоров в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z343" w:id="288"/>
-[...15 lines deleted...]
-      214-6) предоставление государственных грантов в пределах своей компетенции через оператора в сфере грантового финансирования неправительственных организаций и рассмотрение отчета оператора о результатах реализации государственных грантов;</w:t>
+    <w:bookmarkStart w:name="z347" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-10) осуществление оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z344" w:id="289"/>
-[...15 lines deleted...]
-      214-7) осуществление оценки эффективности государственных грантов с привлечением представителей гражданского общества в соответствии с правилами формирования, предоставления, мониторинга и оценки эффективности государственных грантов;</w:t>
+    <w:bookmarkStart w:name="z354" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-11) ежегодно до 1 декабря представление в уполномоченный орган в сфере взаимодействия с неправительственными организациями информации о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z345" w:id="290"/>
-[...15 lines deleted...]
-      214-8) на основе рекомендаций Координационного совета по взаимодействию с неправительственными организациями при уполномоченном органе в сфере взаимодействия с неправительственными организациями формирование государственных грантов по направлениям и объемам финансирования;</w:t>
+    <w:bookmarkStart w:name="z357" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-12) анализ поступающих обращений физических и юридических лиц, выявление системных проблем и выработка рекомендаций по их решению;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z346" w:id="291"/>
-[...15 lines deleted...]
-      214-9) проведение конкурсного отбора стратегических партнеров и заключение с ними договоров в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+    <w:bookmarkStart w:name="z355" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-13) разработка и утверждение положения о представительской экипировке персонала дипломатической службы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z347" w:id="292"/>
-[...15 lines deleted...]
-      214-10) осуществление оценки исполнения стратегическими партнерами обязательств в соответствии с заключенными договорами и правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">214-14) исключен постановлением Правительства РК от 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z358" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-15) самостоятельное проведение функционального анализа деятельности в соответствии с методикой по проведению отраслевых (ведомственных) функциональных обзоров деятельности государственных органов, утверждаемой уполномоченным органом в сфере развития системы государственного управления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z354" w:id="293"/>
-[...15 lines deleted...]
-      214-11) ежегодно до 1 декабря представление в уполномоченный орган в сфере взаимодействия с неправительственными организациями информации о результатах государственного заказа на реализацию стратегического партнерства в соответствии с правилами осуществления государственного заказа на реализацию стратегического партнерства;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">214-16) исключен постановлением Правительства РК от 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z379" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-17) разработка порядка присвоения дипломатических рангов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z357" w:id="294"/>
-[...15 lines deleted...]
-      214-12) анализ поступающих обращений физических и юридических лиц, выявление системных проблем и выработка рекомендаций по их решению;</w:t>
+    <w:bookmarkStart w:name="z380" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-18) разработка порядка выплаты денежной компенсации и возмещения разницы должностным лицам, направленным на работу в международные организации от Республики Казахстан, ранее занимавшим должности персонала дипломатической службы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z355" w:id="295"/>
-[...223 lines deleted...]
-    <w:bookmarkStart w:name="z381" w:id="299"/>
+    <w:bookmarkStart w:name="z381" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       214-19) разработка условий труда персонала дипломатической службы Республики Казахстан за границей; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z382" w:id="300"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z382" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214-20) разработка и утверждение условий труда внештатных работников, принятых на месте на работу в загранучреждения Республики Казахстан, в том числе из числа сопровождающих членов семьи персонала дипломатической службы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z383" w:id="301"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z383" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       214-21) утверждение по согласованию с уполномоченным органом в области государственной статистики формы, предназначенной для сбора административных данных, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z384" w:id="302"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z384" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       214-22) разработка и утверждение технически (научно) обоснованных единых межотраслевых или межотраслевых типовых или типовых норм и нормативов по труду для всех сфер деятельности, или типовых норм и нормативов по труду организаций в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 101 Трудового кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z385" w:id="303"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z385" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       214-23) утверждение по согласованию с уполномоченным государственным органом по труду в установленном им порядке типовых норм и нормативов по труду организаций в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 101 Трудового кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z386" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-24) разработка порядка отчуждения государственного имущества, находящегося за пределами Республики Казахстан и закрепленного за органами дипломатической службы за границей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z387" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214-25) разработка и утверждение перечня, связанного с международными договорами процессов, подлежащих инициированию и выполнению в электронной системе управления международными договорами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z308" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      215) осуществление иных функций, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными постановлениями Правительства РК от 12.09.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 676</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 19.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 834</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 02.12.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 970</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 18.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 27.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 500</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 10.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 992</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 26.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 28.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 135</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 25.03.2024); от 10.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 542</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 10.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 839</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 28.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 28.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 565</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 10.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 737</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z309" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z386" w:id="304"/>
-[...15 lines deleted...]
-      214-24) разработка порядка отчуждения государственного имущества, находящегося за пределами Республики Казахстан и закрепленного за органами дипломатической службы за границей;</w:t>
+    <w:bookmarkStart w:name="z310" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Министерством осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Министерство задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z387" w:id="305"/>
-[...15 lines deleted...]
-      214-25) разработка и утверждение перечня, связанного с международными договорами процессов, подлежащих инициированию и выполнению в электронной системе управления международными договорами;</w:t>
+    <w:bookmarkStart w:name="z311" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Первый руководитель Министерства назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z308" w:id="306"/>
-[...15 lines deleted...]
-      215) осуществление иных функций, предусмотренных законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z312" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Первый руководитель Министерства имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z313" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия первого руководителя Министерства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z314" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представляет Республику Казахстан в отношениях с иностранными государствами и международными организациями в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z315" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представляет Министерство в государственных органах, иных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z316" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определяет обязанности и полномочия своих заместителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z317" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в соответствии с законодательством Республики Казахстан назначает на должности и освобождает от должностей персонал дипломатической службы, вопросы трудовых отношений которого отнесены к компетенции Министра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z318" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в установленном законодательством порядке поощряет и налагает дисциплинарные взыскания на персонал дипломатической службы, за исключением персонала, вопросы трудовых отношений которого отнесены к компетенции вышестоящих государственных органов и должностных лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z319" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) определяет потребность в кадрах органов дипломатической службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z320" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляет иные полномочия в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z321" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий первого руководителя Министерства в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z322" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Первый руководитель Министерства определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z323" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Аппарат Министерства возглавляется руководителем аппарата или должностным лицом Министерства, назначаемым на должность и освобождаемым от должности в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z324" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...312 lines deleted...]
-    <w:bookmarkStart w:name="z309" w:id="307"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z325" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Министерство может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z326" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Министерства формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z327" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z328" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z329" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя Министерства</w:t>
-[...283 lines deleted...]
-    <w:bookmarkStart w:name="z324" w:id="322"/>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z330" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z331" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Имущество Министерства</w:t>
-[...59 lines deleted...]
-      23. Имущество, закрепленное за Министерством, относится к республиканской собственности.</w:t>
+        <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z328" w:id="326"/>
-[...15 lines deleted...]
-      24. Министерство не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
+    <w:bookmarkStart w:name="z332" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Республиканское государственное предприятие на праве хозяйственного ведения "Дипломатический сервис" Министерства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z329" w:id="327"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение Министерства</w:t>
+    <w:bookmarkStart w:name="z333" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Акционерное общество "Институт внешнеполитических исследований".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z330" w:id="328"/>
-[...15 lines deleted...]
-      25. Реорганизация и упразднение Министерства осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z334" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Некоммерческое акционерное общество "Фонд Отандастар".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z331" w:id="329"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Министерства</w:t>
+    <w:bookmarkStart w:name="z335" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Акционерное общество "Национальная компания "KAZAKH INVEST".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z332" w:id="330"/>
-[...15 lines deleted...]
-      1. Республиканское государственное предприятие на праве хозяйственного ведения "Дипломатический сервис" Министерства.</w:t>
+    <w:bookmarkStart w:name="z336" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Некоммерческое акционерное общество "Казахстанское агентство международного развития "KazAID".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z333" w:id="331"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -8297,80 +8489,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 октября 2004 года N 1118</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="335"/>
+    <w:bookmarkStart w:name="z46" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkEnd w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8604,55 +8796,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>